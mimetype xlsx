--- v0 (2025-11-16)
+++ v1 (2026-01-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2cf8f0111ed74b1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b057c1896f4642d3967fa5b112026663.psmdcp" Id="Rdbc5407ad8dd40b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc78f9a72a5ba49d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/42a9530a505a4027b923f8f306c3ab7a.psmdcp" Id="R827d6c0174c846b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Magnet Organizations" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Facility Name 1</x:t>
   </x:si>
   <x:si>
     <x:t>Address 1</x:t>
   </x:si>
   <x:si>
@@ -320,135 +320,123 @@
   <x:si>
     <x:t>2302 College Ave</x:t>
   </x:si>
   <x:si>
     <x:t>Conway</x:t>
   </x:si>
   <x:si>
     <x:t>72034-6297</x:t>
   </x:si>
   <x:si>
     <x:t>2025</x:t>
   </x:si>
   <x:si>
     <x:t>UAMS Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>4301 W Markham St</x:t>
   </x:si>
   <x:si>
     <x:t>72205</x:t>
   </x:si>
   <x:si>
     <x:t>2024</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Providence St. Joseph Hospital Orange</x:t>
-[...2 lines deleted...]
-    <x:t>1100 West Stewart Drive</x:t>
+    <x:t>Adventist Health Glendale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1509 Wilson Terrace</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Glendale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>California</x:t>
+  </x:si>
+  <x:si>
+    <x:t>91206</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cedars-Sinai Medical Center</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8700 Beverly Blvd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90048</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2004, 2008, 2013, 2018, 2023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Children's Hospital Los Angeles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4650 Sunset Blvd.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2013, 2017, 2022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Children's Hospital of Orange County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1201 W. La Veta Avenue</x:t>
   </x:si>
   <x:si>
     <x:t>Orange</x:t>
   </x:si>
   <x:si>
-    <x:t>California</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>92868</x:t>
   </x:si>
   <x:si>
-    <x:t>2007</x:t>
-[...55 lines deleted...]
-  <x:si>
     <x:t>2013, 2018, 2023</x:t>
   </x:si>
   <x:si>
     <x:t>City of Hope National Medical Center</x:t>
   </x:si>
   <x:si>
-    <x:t>1500 East Duarte Road</x:t>
+    <x:t>1500 E. Duarte Road</x:t>
   </x:si>
   <x:si>
     <x:t>Duarte</x:t>
   </x:si>
   <x:si>
-    <x:t>91010</x:t>
+    <x:t>91010-3000</x:t>
   </x:si>
   <x:si>
     <x:t>Eisenhower Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>39000 Bob Hope Dr.</x:t>
   </x:si>
   <x:si>
     <x:t>Rancho Mirage</x:t>
   </x:si>
   <x:si>
     <x:t>92270</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> 2020, 2025</x:t>
   </x:si>
   <x:si>
     <x:t>El Camino Health</x:t>
   </x:si>
   <x:si>
     <x:t>2500 Grant Road</x:t>
   </x:si>
   <x:si>
     <x:t>Mountain View</x:t>
   </x:si>
@@ -471,78 +459,78 @@
     <x:t>92658</x:t>
   </x:si>
   <x:si>
     <x:t>2010, 2015, 2020, 2024</x:t>
   </x:si>
   <x:si>
     <x:t>Huntington Health</x:t>
   </x:si>
   <x:si>
     <x:t>100 W. California Blvd</x:t>
   </x:si>
   <x:si>
     <x:t>Pasadena</x:t>
   </x:si>
   <x:si>
     <x:t>91105</x:t>
   </x:si>
   <x:si>
     <x:t>Previously Huntington Hospital
 Now Huntington Health</x:t>
   </x:si>
   <x:si>
     <x:t>2015, 2021</x:t>
   </x:si>
   <x:si>
+    <x:t>John Muir Health - Concord Medical Center</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2540 East Street</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Concord</x:t>
+  </x:si>
+  <x:si>
+    <x:t>94520-1960</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2015, 2020, 2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>John Muir Health - Walnut Creek Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>1601 Ygnacio Valley Rd</x:t>
   </x:si>
   <x:si>
     <x:t>Walnut Creek</x:t>
   </x:si>
   <x:si>
     <x:t>94598-3122</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>2015, 2020</x:t>
   </x:si>
   <x:si>
     <x:t>Kaiser Foundation Hospital - West Los Angeles</x:t>
   </x:si>
   <x:si>
     <x:t>6041 Cadillac Avenue</x:t>
   </x:si>
   <x:si>
     <x:t>90034</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Kaiser Permanente Baldwin Park Medical Center 
 </x:t>
   </x:si>
   <x:si>
     <x:t>1011 Baldwin Park Blvd</x:t>
   </x:si>
   <x:si>
     <x:t>Baldwin Park</x:t>
   </x:si>
   <x:si>
     <x:t>91706</x:t>
   </x:si>
   <x:si>
     <x:t>Kaiser Permanente Downey Medical Center</x:t>
@@ -811,65 +799,89 @@
   <x:si>
     <x:t>Pomona Valley Hospital Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>1798 North Garey Ave</x:t>
   </x:si>
   <x:si>
     <x:t>Pomona</x:t>
   </x:si>
   <x:si>
     <x:t>91767</x:t>
   </x:si>
   <x:si>
     <x:t>Providence Holy Cross Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>15031 Rinaldi St</x:t>
   </x:si>
   <x:si>
     <x:t>Mission Hills</x:t>
   </x:si>
   <x:si>
     <x:t>91345</x:t>
   </x:si>
   <x:si>
+    <x:t>2007</x:t>
+  </x:si>
+  <x:si>
     <x:t>2013, 2017, 2021, 2022</x:t>
   </x:si>
   <x:si>
     <x:t>Providence Little Company of Mary Medical Center Torrance</x:t>
   </x:si>
   <x:si>
     <x:t>4101 Torrance Blvd</x:t>
   </x:si>
   <x:si>
     <x:t>Torrance</x:t>
   </x:si>
   <x:si>
     <x:t>90503</x:t>
   </x:si>
   <x:si>
+    <x:t>Providence Saint John's Health Center</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2121 Santa Monica Blvd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Monica</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90404</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Providence St. Joseph Hospital Orange</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1100 West Stewart Drive</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> 2011, 2016, 2020, 2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>Providence St. Jude Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>101 E. Valencia Mesa Drive</x:t>
   </x:si>
   <x:si>
     <x:t>Fullerton</x:t>
   </x:si>
   <x:si>
     <x:t>92835</x:t>
   </x:si>
   <x:si>
     <x:t>Rady Children's Hospital-San Diego</x:t>
   </x:si>
   <x:si>
     <x:t>3020 Children's Way</x:t>
   </x:si>
   <x:si>
     <x:t>San Diego</x:t>
   </x:si>
   <x:si>
     <x:t>92123</x:t>
   </x:si>
   <x:si>
     <x:t>Rancho Los Amigos National Rehabilitation Center</x:t>
@@ -919,51 +931,51 @@
   <x:si>
     <x:t>Sharp Chula Vista Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>751 Medical Center Court</x:t>
   </x:si>
   <x:si>
     <x:t>Chula Vista</x:t>
   </x:si>
   <x:si>
     <x:t>91911</x:t>
   </x:si>
   <x:si>
     <x:t>Sharp Grossmont Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>5555 Grossmont Center Drive</x:t>
   </x:si>
   <x:si>
     <x:t>La Mesa</x:t>
   </x:si>
   <x:si>
     <x:t>91942</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Sharp Metropolitan Medical Campus </x:t>
+    <x:t>Sharp Metropolitan Medical Campus</x:t>
   </x:si>
   <x:si>
     <x:t>7901 Frost St</x:t>
   </x:si>
   <x:si>
     <x:t>92123-2701</x:t>
   </x:si>
   <x:si>
     <x:t>2013, 2018, 2022</x:t>
   </x:si>
   <x:si>
     <x:t>Stanford Health Care</x:t>
   </x:si>
   <x:si>
     <x:t>300 Pasteur Drive</x:t>
   </x:si>
   <x:si>
     <x:t>Stanford</x:t>
   </x:si>
   <x:si>
     <x:t>94305</x:t>
   </x:si>
   <x:si>
     <x:t>2012, 2016, 2021, 2025</x:t>
   </x:si>
@@ -1007,53 +1019,50 @@
   <x:si>
     <x:t>200 West Arbor Drive</x:t>
   </x:si>
   <x:si>
     <x:t>92103</x:t>
   </x:si>
   <x:si>
     <x:t>UCI Health</x:t>
   </x:si>
   <x:si>
     <x:t>101 City Drive South</x:t>
   </x:si>
   <x:si>
     <x:t>2003</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> 2008, 2013, 2018, 2023</x:t>
   </x:si>
   <x:si>
     <x:t>UCLA Medical Center, Santa Monica</x:t>
   </x:si>
   <x:si>
     <x:t>1250 16th St</x:t>
   </x:si>
   <x:si>
-    <x:t>Santa Monica</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>90404-1249</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> 2021, 2025</x:t>
   </x:si>
   <x:si>
     <x:t>University of California, San Francisco Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>505 Parnassus Avenue</x:t>
   </x:si>
   <x:si>
     <x:t>Room M-181</x:t>
   </x:si>
   <x:si>
     <x:t>San Francisco</x:t>
   </x:si>
   <x:si>
     <x:t>94143</x:t>
   </x:si>
   <x:si>
     <x:t>Valley Children's Healthcare</x:t>
   </x:si>
   <x:si>
     <x:t>9300 Valley Children's Place</x:t>
@@ -1172,60 +1181,57 @@
   <x:si>
     <x:t>11600 W. 2nd Place</x:t>
   </x:si>
   <x:si>
     <x:t>Lakewood</x:t>
   </x:si>
   <x:si>
     <x:t>80228</x:t>
   </x:si>
   <x:si>
     <x:t>CommonSpirit St. Anthony North Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>14300 Orchard Parkway</x:t>
   </x:si>
   <x:si>
     <x:t>Westminster</x:t>
   </x:si>
   <x:si>
     <x:t>80023</x:t>
   </x:si>
   <x:si>
     <x:t>Craig Hospital</x:t>
   </x:si>
   <x:si>
-    <x:t>3425 S. Clarkson Street</x:t>
+    <x:t>3425 South Clarkson Street</x:t>
   </x:si>
   <x:si>
     <x:t>Englewood</x:t>
   </x:si>
   <x:si>
-    <x:t>80113</x:t>
-[...2 lines deleted...]
-    <x:t>2010, 2015, 2020</x:t>
+    <x:t>80113-2899</x:t>
   </x:si>
   <x:si>
     <x:t>HCA HealthONE Aurora</x:t>
   </x:si>
   <x:si>
     <x:t>1501 S Potomac St</x:t>
   </x:si>
   <x:si>
     <x:t>80012</x:t>
   </x:si>
   <x:si>
     <x:t>2014, 2019, 2024</x:t>
   </x:si>
   <x:si>
     <x:t>HCA HealthONE Rose</x:t>
   </x:si>
   <x:si>
     <x:t>4567 East Ninth Avenue</x:t>
   </x:si>
   <x:si>
     <x:t>80220</x:t>
   </x:si>
   <x:si>
     <x:t>Intermountain Health Lutheran Hospital</x:t>
   </x:si>
@@ -1289,62 +1295,74 @@
   <x:si>
     <x:t>UCHealth Poudre Valley Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>1024 South Lemay Avenue</x:t>
   </x:si>
   <x:si>
     <x:t>Fort Collins</x:t>
   </x:si>
   <x:si>
     <x:t>80524</x:t>
   </x:si>
   <x:si>
     <x:t>2004, 2009, 2014, 2018, 2023</x:t>
   </x:si>
   <x:si>
     <x:t>UCHealth University of Colorado Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>12605 E 16th Ave</x:t>
   </x:si>
   <x:si>
     <x:t>2005, 2010, 2014, 2020, 2025</x:t>
   </x:si>
   <x:si>
+    <x:t>Bridgeport Hospital - Yale New Haven Health</x:t>
+  </x:si>
+  <x:si>
+    <x:t>267 Grant St</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bridgeport</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Connecticut</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06610-2805</x:t>
+  </x:si>
+  <x:si>
     <x:t>Bristol Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>41 Brewster Road</x:t>
   </x:si>
   <x:si>
     <x:t>Bristol</x:t>
   </x:si>
   <x:si>
-    <x:t>Connecticut</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>06011</x:t>
   </x:si>
   <x:si>
     <x:t>Connecticut Children's Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>282 Washington St</x:t>
   </x:si>
   <x:si>
     <x:t>Hartford</x:t>
   </x:si>
   <x:si>
     <x:t>06106</x:t>
   </x:si>
   <x:si>
     <x:t>Greenwich Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>5 Perryridge Road</x:t>
   </x:si>
   <x:si>
     <x:t>Greenwich</x:t>
   </x:si>
   <x:si>
     <x:t>06830</x:t>
@@ -1397,53 +1415,50 @@
   <x:si>
     <x:t>640 S State St</x:t>
   </x:si>
   <x:si>
     <x:t>Dover</x:t>
   </x:si>
   <x:si>
     <x:t>Delaware</x:t>
   </x:si>
   <x:si>
     <x:t>19901-3530</x:t>
   </x:si>
   <x:si>
     <x:t>Christiana Care Health System</x:t>
   </x:si>
   <x:si>
     <x:t>4000 Nexus Drive</x:t>
   </x:si>
   <x:si>
     <x:t>Wilmington</x:t>
   </x:si>
   <x:si>
     <x:t>19803</x:t>
   </x:si>
   <x:si>
-    <x:t>2015, 2020, 2025</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Nemours Children’s Health, Delaware Valley</x:t>
   </x:si>
   <x:si>
     <x:t>1600 Rockland Rd</x:t>
   </x:si>
   <x:si>
     <x:t>19803-3607</x:t>
   </x:si>
   <x:si>
     <x:t>formerly Nemours/Alfred I. duPont Hospital for Children</x:t>
   </x:si>
   <x:si>
     <x:t>Children's National Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>111 Michigan Ave, NW</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Washington </x:t>
   </x:si>
   <x:si>
     <x:t>District of Columbia</x:t>
   </x:si>
   <x:si>
     <x:t>20010</x:t>
@@ -1748,128 +1763,125 @@
   <x:si>
     <x:t>32209</x:t>
   </x:si>
   <x:si>
     <x:t>UF Health Shands</x:t>
   </x:si>
   <x:si>
     <x:t>1600 SW Archer Road</x:t>
   </x:si>
   <x:si>
     <x:t>Gainesville</x:t>
   </x:si>
   <x:si>
     <x:t>32610</x:t>
   </x:si>
   <x:si>
     <x:t>UHealth - University of Miami Health System</x:t>
   </x:si>
   <x:si>
     <x:t>1400 NW 12th Avenue</x:t>
   </x:si>
   <x:si>
     <x:t>33136</x:t>
   </x:si>
   <x:si>
-    <x:t>Wolfson Children's Hosp. at Baptist Health</x:t>
+    <x:t>Wolfson Children's Hospital at Baptist Health</x:t>
   </x:si>
   <x:si>
     <x:t>800 Prudential Dr</x:t>
   </x:si>
   <x:si>
     <x:t>32207-8211</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Arthur M. Blank Hospital </x:t>
+    <x:t>Arthur M. Blank Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>2220 N Druid Hills Rd NE</x:t>
   </x:si>
   <x:si>
     <x:t>Atlanta</x:t>
   </x:si>
   <x:si>
     <x:t>Georgia</x:t>
   </x:si>
   <x:si>
     <x:t>30329-3117</x:t>
   </x:si>
   <x:si>
     <x:t>Atrium Health Navicent The Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>777 Hemlock St</x:t>
   </x:si>
   <x:si>
     <x:t>Macon</x:t>
   </x:si>
   <x:si>
     <x:t>31201-2155</x:t>
   </x:si>
   <x:si>
-    <x:t>2009, 2015, 2020</x:t>
+    <x:t>2009, 2015, 2020, 2025</x:t>
   </x:si>
   <x:si>
     <x:t>Candler Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>5353 Reynolds Street</x:t>
   </x:si>
   <x:si>
     <x:t>Savannah</x:t>
   </x:si>
   <x:si>
     <x:t>31405</x:t>
   </x:si>
   <x:si>
     <x:t>2006, 2010, 2015, 2020, 2025</x:t>
   </x:si>
   <x:si>
     <x:t>Children's Healthcare of Atlanta Scottish Rite Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>1001 Johnson Ferry Road NE</x:t>
   </x:si>
   <x:si>
     <x:t>30342</x:t>
   </x:si>
   <x:si>
     <x:t>City of Hope Atlanta At Southeastern Regional Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>600 Celebrate Life Parkway</x:t>
   </x:si>
   <x:si>
     <x:t>Newnan</x:t>
   </x:si>
   <x:si>
     <x:t>30265</x:t>
   </x:si>
   <x:si>
-    <x:t>2021'</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Emory Decatur Hospital/Emory Long Term Acute Care</x:t>
   </x:si>
   <x:si>
     <x:t>2701 N. Decatur Rd</x:t>
   </x:si>
   <x:si>
     <x:t>Decatur</x:t>
   </x:si>
   <x:si>
     <x:t>30033</x:t>
   </x:si>
   <x:si>
     <x:t>formerly DeKalb Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>Emory Johns Creek Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>6325 Hospital Parkway</x:t>
   </x:si>
   <x:si>
     <x:t>Johns Creek</x:t>
   </x:si>
   <x:si>
     <x:t>30097</x:t>
@@ -2072,51 +2084,51 @@
   <x:si>
     <x:t>Chicago</x:t>
   </x:si>
   <x:si>
     <x:t>60657</x:t>
   </x:si>
   <x:si>
     <x:t>Advocate Lutheran General Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>1775 Dempster Street</x:t>
   </x:si>
   <x:si>
     <x:t>Park Ridge</x:t>
   </x:si>
   <x:si>
     <x:t>60068</x:t>
   </x:si>
   <x:si>
     <x:t>2010, 2014, 2019, 2024</x:t>
   </x:si>
   <x:si>
     <x:t>Advocate Sherman Hospital</x:t>
   </x:si>
   <x:si>
-    <x:t>1425 Randall Road</x:t>
+    <x:t>1425 North Randall Road</x:t>
   </x:si>
   <x:si>
     <x:t>Elgin</x:t>
   </x:si>
   <x:si>
     <x:t>60123</x:t>
   </x:si>
   <x:si>
     <x:t>2018, 2022</x:t>
   </x:si>
   <x:si>
     <x:t>Ann &amp; Robert H. Lurie Children's Hospital of Chicago</x:t>
   </x:si>
   <x:si>
     <x:t>225 E Chicago Ave</x:t>
   </x:si>
   <x:si>
     <x:t>60611</x:t>
   </x:si>
   <x:si>
     <x:t>2005, 2010, 2015, 2020, 2025</x:t>
   </x:si>
   <x:si>
     <x:t>Blessing Hospital</x:t>
   </x:si>
@@ -2135,104 +2147,101 @@
   <x:si>
     <x:t>1304 Franklin Ave</x:t>
   </x:si>
   <x:si>
     <x:t>Normal</x:t>
   </x:si>
   <x:si>
     <x:t>61761</x:t>
   </x:si>
   <x:si>
     <x:t>Carle Foundation Hospital, Carle Physician Group, and Carle Hoopeston Regional Health Center***</x:t>
   </x:si>
   <x:si>
     <x:t>611 W. Park St.</x:t>
   </x:si>
   <x:si>
     <x:t>Urbana</x:t>
   </x:si>
   <x:si>
     <x:t>61801</x:t>
   </x:si>
   <x:si>
     <x:t>2015, 2019, 2024</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Carle Methodist, Carle Proctor, Carle Pekin </x:t>
+    <x:t>Carle Methodist, Carle Proctor, Carle Pekin</x:t>
   </x:si>
   <x:si>
     <x:t>221 NE Glen Oak Ave</x:t>
   </x:si>
   <x:si>
     <x:t>Peoria</x:t>
   </x:si>
   <x:si>
     <x:t>61636</x:t>
   </x:si>
   <x:si>
     <x:t>2009, 2015, 2019, 2024</x:t>
   </x:si>
   <x:si>
     <x:t>City of Hope Chicago (Formerly - Cancer Treatment Centers of America - Chicago)</x:t>
   </x:si>
   <x:si>
     <x:t>2520 Elisha Ave.</x:t>
   </x:si>
   <x:si>
     <x:t>Zion</x:t>
   </x:si>
   <x:si>
     <x:t>60099</x:t>
   </x:si>
   <x:si>
     <x:t>Endeavor Health Edward Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>801 South Washington Street</x:t>
   </x:si>
   <x:si>
     <x:t>Naperville</x:t>
   </x:si>
   <x:si>
     <x:t>60540</x:t>
   </x:si>
   <x:si>
     <x:t>Endeavor Health Elmhurst Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>155 E. Brush Hill Road</x:t>
   </x:si>
   <x:si>
     <x:t>Elmhurst</x:t>
   </x:si>
   <x:si>
     <x:t>60126</x:t>
   </x:si>
   <x:si>
-    <x:t>2020,, 2025</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Endeavor Health Evanston Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>2650 Ridge Avenue</x:t>
   </x:si>
   <x:si>
     <x:t>Evanston</x:t>
   </x:si>
   <x:si>
     <x:t>60201</x:t>
   </x:si>
   <x:si>
     <x:t>Endeavor Health Glenbrook Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>2100 Pfingsten Road</x:t>
   </x:si>
   <x:si>
     <x:t>Glenview</x:t>
   </x:si>
   <x:si>
     <x:t>60026</x:t>
   </x:si>
   <x:si>
     <x:t>Endeavor Health Highland Park Hospital</x:t>
@@ -2252,54 +2261,54 @@
   <x:si>
     <x:t>800 W Central Rd</x:t>
   </x:si>
   <x:si>
     <x:t>Arlington Heights</x:t>
   </x:si>
   <x:si>
     <x:t>60005</x:t>
   </x:si>
   <x:si>
     <x:t>Endeavor Health Skokie Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>9600 Gross Point Road</x:t>
   </x:si>
   <x:si>
     <x:t>Skokie</x:t>
   </x:si>
   <x:si>
     <x:t>60076</x:t>
   </x:si>
   <x:si>
     <x:t>Endeavor Health Swedish Hospital</x:t>
   </x:si>
   <x:si>
-    <x:t>5145 N. California Ave.</x:t>
-[...2 lines deleted...]
-    <x:t>60625</x:t>
+    <x:t>5145 N California Ave</x:t>
+  </x:si>
+  <x:si>
+    <x:t>60625-3661</x:t>
   </x:si>
   <x:si>
     <x:t>Gottlieb Memorial Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>701 W North Ave</x:t>
   </x:si>
   <x:si>
     <x:t>Melrose Park</x:t>
   </x:si>
   <x:si>
     <x:t>60160-1699</x:t>
   </x:si>
   <x:si>
     <x:t>Jacksonville Memorial Hospital  (Former Passavant Area Hospital)</x:t>
   </x:si>
   <x:si>
     <x:t>1600 West Walnut</x:t>
   </x:si>
   <x:si>
     <x:t>62650</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> 2023</x:t>
   </x:si>
@@ -2366,113 +2375,113 @@
   <x:si>
     <x:t>Northwestern Medicine Huntley Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>10400 Haligus Road</x:t>
   </x:si>
   <x:si>
     <x:t>Huntley</x:t>
   </x:si>
   <x:si>
     <x:t>60142</x:t>
   </x:si>
   <x:si>
     <x:t>Northwestern Medicine Kishwaukee Hospital &amp; Valley West Hos</x:t>
   </x:si>
   <x:si>
     <x:t>1 Kish Hospital Dr</x:t>
   </x:si>
   <x:si>
     <x:t>Dekalb</x:t>
   </x:si>
   <x:si>
     <x:t>60115-9602</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Northwestern Medicine Marianjoy Rehabilitation Hospital </x:t>
+    <x:t>Northwestern Medicine Marianjoy Rehabilitation Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>26W171 Roosevelt Road</x:t>
   </x:si>
   <x:si>
     <x:t>Wheaton</x:t>
   </x:si>
   <x:si>
     <x:t>60187</x:t>
   </x:si>
   <x:si>
     <x:t>Northwestern Medicine McHenry Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>4201 Medical Center Drive</x:t>
   </x:si>
   <x:si>
     <x:t>McHenry</x:t>
   </x:si>
   <x:si>
     <x:t>60050</x:t>
   </x:si>
   <x:si>
     <x:t>Northwestern Memorial Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>251 E Huron St</x:t>
   </x:si>
   <x:si>
     <x:t>60611-2908</x:t>
   </x:si>
   <x:si>
+    <x:t>OSF Healthcare Sacred Heart Medical Center Urbana</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1400 W Park St.</x:t>
+  </x:si>
+  <x:si>
     <x:t>OSF HealthCare Saint Francis Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>530 N.E. Glen Oak Ave.</x:t>
   </x:si>
   <x:si>
     <x:t>61637</x:t>
   </x:si>
   <x:si>
     <x:t>OSF Healthcare St Joseph Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>2200 E Washington St</x:t>
   </x:si>
   <x:si>
     <x:t>Bloomington</x:t>
   </x:si>
   <x:si>
     <x:t>61701</x:t>
   </x:si>
   <x:si>
     <x:t>2019, 2014, 2024</x:t>
   </x:si>
   <x:si>
-    <x:t>OSF Heart of Mary Medical Center</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>OSF Saint Anthony Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>5666 East State Street</x:t>
   </x:si>
   <x:si>
     <x:t>Rockford</x:t>
   </x:si>
   <x:si>
     <x:t>61108</x:t>
   </x:si>
   <x:si>
     <x:t>2009, 2014, 2020, 2025</x:t>
   </x:si>
   <x:si>
     <x:t>Protestant Memorial Medical Center, Inc.</x:t>
   </x:si>
   <x:si>
     <x:t>4500 Memorial Drive</x:t>
   </x:si>
   <x:si>
     <x:t>Belleville</x:t>
   </x:si>
   <x:si>
     <x:t>62226</x:t>
@@ -2492,50 +2501,53 @@
   <x:si>
     <x:t>60901</x:t>
   </x:si>
   <x:si>
     <x:t>Rush Copley Medical Center***</x:t>
   </x:si>
   <x:si>
     <x:t>2000 Ogden Ave</x:t>
   </x:si>
   <x:si>
     <x:t>60504</x:t>
   </x:si>
   <x:si>
     <x:t>Rush Oak Park Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>520 S. Maple Ave</x:t>
   </x:si>
   <x:si>
     <x:t>Oak Park</x:t>
   </x:si>
   <x:si>
     <x:t>60304</x:t>
   </x:si>
   <x:si>
+    <x:t>2021 , 2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>Rush University Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>600 S paulina</x:t>
   </x:si>
   <x:si>
     <x:t>753</x:t>
   </x:si>
   <x:si>
     <x:t>60612</x:t>
   </x:si>
   <x:si>
     <x:t>2006, 2010, 2016, 2020, 2025</x:t>
   </x:si>
   <x:si>
     <x:t>Saint Anthony’s Health Center – OSF Healthcare</x:t>
   </x:si>
   <x:si>
     <x:t>1 Saint Anthonys Way</x:t>
   </x:si>
   <x:si>
     <x:t>Alton</x:t>
   </x:si>
   <x:si>
     <x:t>62002-4568</x:t>
@@ -2582,125 +2594,125 @@
   <x:si>
     <x:t>Springfield Memorial Hospital  (Formerly - Memorial Medical Center)</x:t>
   </x:si>
   <x:si>
     <x:t>701 N. First St.</x:t>
   </x:si>
   <x:si>
     <x:t>Springfield</x:t>
   </x:si>
   <x:si>
     <x:t>62781-0001</x:t>
   </x:si>
   <x:si>
     <x:t>2011, 2013, 2021</x:t>
   </x:si>
   <x:si>
     <x:t>The University of Chicago Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>5841 South Maryland</x:t>
   </x:si>
   <x:si>
     <x:t>60637</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">UChicago Medicine|AdventHealth Hinsdale and UChicago Medicine|AdventHealth La Grange (2 campus 1 entity) (Formerly) AdventHealth Hinsdale Hospital and AdventHealth La Grange Hospital (formerly) AMITA Health Adventist Medical Centers Adventist Hinsdale Hospital and Adventist La Grange Hospital    (2 campus 1 entity)  </x:t>
+    <x:t>UChicago Medicine|AdventHealth Hinsdale and UChicago Medicine|AdventHealth La Grange (2 campus 1 entity) (Formerly) AdventHealth Hinsdale Hospital and AdventHealth La Grange Hospital (formerly) AMITA Health Adventist Medical Centers Adventist Hinsdale Hospital and Adventist La Grange Hospital    (2 campus 1 entity)</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">120 North Oak Street </x:t>
   </x:si>
   <x:si>
     <x:t>5101 South Willow Springs Road, La Grange, IL 60525</x:t>
   </x:si>
   <x:si>
     <x:t>Hinsdale</x:t>
   </x:si>
   <x:si>
     <x:t>60521</x:t>
   </x:si>
   <x:si>
     <x:t>University of Illinois Hospital and Health Sciences System</x:t>
   </x:si>
   <x:si>
     <x:t>1740 W. Taylor St.</x:t>
   </x:si>
   <x:si>
     <x:t>(Legal Entity - The Board of Trustees of the University of Illinois)</x:t>
   </x:si>
   <x:si>
     <x:t>UW Health Northern Illinois (Formerly_SwedishAmerican a Division of UW Health)</x:t>
   </x:si>
   <x:si>
     <x:t>1401 E. State Street</x:t>
   </x:si>
   <x:si>
     <x:t>61104</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Deaconess Memorial Medical Center</x:t>
+    <x:t>Ascension St. Vincent Evansville</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3700 Washington Ave.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Evansville</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Indiana</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deaconess Hospital, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">600 Mary Street </x:t>
+  </x:si>
+  <x:si>
+    <x:t>47747</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> 2022, 2018</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deaconess Memorial Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>800 West 9th Street</x:t>
   </x:si>
   <x:si>
     <x:t>Jasper</x:t>
   </x:si>
   <x:si>
-    <x:t>Indiana</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>47546</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> 2024</x:t>
   </x:si>
   <x:si>
-    <x:t>Ascension St. Vincent Evansville</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>Good Samaritan Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>520 South 7th Street</x:t>
   </x:si>
   <x:si>
     <x:t>Vincennes</x:t>
   </x:si>
   <x:si>
     <x:t>47591</x:t>
   </x:si>
   <x:si>
     <x:t>Goshen Hospital***</x:t>
   </x:si>
   <x:si>
     <x:t>PO Box 139</x:t>
   </x:si>
   <x:si>
     <x:t>200 High Park Ave</x:t>
   </x:si>
   <x:si>
     <x:t>Goshen</x:t>
   </x:si>
   <x:si>
     <x:t>46527-0139</x:t>
@@ -2945,114 +2957,120 @@
   <x:si>
     <x:t>Baptist Health Louisville</x:t>
   </x:si>
   <x:si>
     <x:t>4000 Kresge Way</x:t>
   </x:si>
   <x:si>
     <x:t>Louisville</x:t>
   </x:si>
   <x:si>
     <x:t>40207</x:t>
   </x:si>
   <x:si>
     <x:t>Frankfort Regional Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>299 Kings Daughters Drive</x:t>
   </x:si>
   <x:si>
     <x:t>Frankfort</x:t>
   </x:si>
   <x:si>
     <x:t>40601</x:t>
   </x:si>
   <x:si>
+    <x:t>2016, 2022</x:t>
+  </x:si>
+  <x:si>
     <x:t>St. Elizabeth Healthcare</x:t>
   </x:si>
   <x:si>
-    <x:t>1 Medical Village Drive</x:t>
-[...2 lines deleted...]
-    <x:t xml:space="preserve">Edgewood </x:t>
+    <x:t>1 Medical Village</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Edgewood</x:t>
   </x:si>
   <x:si>
     <x:t>41017</x:t>
   </x:si>
   <x:si>
     <x:t>St. Elizabeth Healthcare Florence and Ft. Thomas</x:t>
   </x:si>
   <x:si>
     <x:t>4900 Houston Road</x:t>
   </x:si>
   <x:si>
     <x:t>Florence</x:t>
   </x:si>
   <x:si>
     <x:t>41042</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">UK HealthCare </x:t>
-[...5 lines deleted...]
-    <x:t>40536</x:t>
+    <x:t>UK HealthCare</x:t>
+  </x:si>
+  <x:si>
+    <x:t>800 Rose St</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40536-0001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2021, 2025</x:t>
   </x:si>
   <x:si>
     <x:t>University Medical Center, Inc.</x:t>
   </x:si>
   <x:si>
     <x:t>530 S. Jackson Street</x:t>
   </x:si>
   <x:si>
     <x:t>40202</x:t>
   </x:si>
   <x:si>
     <x:t>East Jefferson General Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>4200 Houma Blvd</x:t>
   </x:si>
   <x:si>
     <x:t>Metairie</x:t>
   </x:si>
   <x:si>
     <x:t>Louisiana</x:t>
   </x:si>
   <x:si>
     <x:t>70006</x:t>
   </x:si>
   <x:si>
     <x:t>2006, 2012, 2016, 2022</x:t>
   </x:si>
   <x:si>
     <x:t>Manning Family Children's (Formerly Children’s Hospital New Orleans)</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">200 Henry Clay Ave. </x:t>
+    <x:t>200 Henry Clay Ave</x:t>
   </x:si>
   <x:si>
     <x:t>New Orleans</x:t>
   </x:si>
   <x:si>
     <x:t>70118</x:t>
   </x:si>
   <x:si>
     <x:t>Ochsner Medical Center - New Orleans</x:t>
   </x:si>
   <x:si>
     <x:t>1514 Jefferson Highway</x:t>
   </x:si>
   <x:si>
     <x:t>70121</x:t>
   </x:si>
   <x:si>
     <x:t>2008, 2013, 2019, 2024</x:t>
   </x:si>
   <x:si>
     <x:t>University Medical Center New Orleans</x:t>
   </x:si>
   <x:si>
     <x:t>2000 Canal St</x:t>
   </x:si>
@@ -3227,98 +3245,98 @@
   <x:si>
     <x:t>21201</x:t>
   </x:si>
   <x:si>
     <x:t>Baystate Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>759 Chestnut St</x:t>
   </x:si>
   <x:si>
     <x:t>Massachusetts</x:t>
   </x:si>
   <x:si>
     <x:t>01199-1001</x:t>
   </x:si>
   <x:si>
     <x:t>Beth Israel Deaconess Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>330 Brookline Ave</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Boston </x:t>
   </x:si>
   <x:si>
+    <x:t>02115</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Boston Children's Hospital</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300 Longwood Avenue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Boston</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20201001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Boston Medical Center</x:t>
+  </x:si>
+  <x:si>
+    <x:t>One Boston Medical Center Place</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02118</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brigham and Women's Faulkner Hospital***</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1153 Centre St</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02130-3446</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brigham and Women's Hospital</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75 Francis Street</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dana-Farber Cancer Institute</x:t>
+  </x:si>
+  <x:si>
+    <x:t>450 Brookline Avenue</x:t>
+  </x:si>
+  <x:si>
     <x:t>02215</x:t>
   </x:si>
   <x:si>
-    <x:t>Boston Children's Hospital</x:t>
-[...43 lines deleted...]
-  <x:si>
     <x:t>Lahey Hospital and Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>41 Mall Road</x:t>
   </x:si>
   <x:si>
     <x:t>Burlington</x:t>
   </x:si>
   <x:si>
     <x:t>01805</x:t>
   </x:si>
   <x:si>
     <x:t>Massachusetts General Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>55 Fruit Street</x:t>
   </x:si>
   <x:si>
     <x:t>Bulfinch 230</x:t>
   </x:si>
   <x:si>
     <x:t>02114</x:t>
   </x:si>
   <x:si>
     <x:t>New England Baptist Hospital</x:t>
@@ -3422,102 +3440,102 @@
   <x:si>
     <x:t>Kalamazoo</x:t>
   </x:si>
   <x:si>
     <x:t>Michigan</x:t>
   </x:si>
   <x:si>
     <x:t>49007</x:t>
   </x:si>
   <x:si>
     <x:t>2014, 2018, 2024</x:t>
   </x:si>
   <x:si>
     <x:t>Corewell Health Beaumont Grosse Pointe Hospital (formerly Beaumont Hospital Grosse Pointe)</x:t>
   </x:si>
   <x:si>
     <x:t>468 Cadieux</x:t>
   </x:si>
   <x:si>
     <x:t>Grosse Pointe</x:t>
   </x:si>
   <x:si>
     <x:t>48230</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Corewell Health Beaumont Troy Hospital </x:t>
+    <x:t>Corewell Health Beaumont Troy Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>44201 Dequindre Rd</x:t>
   </x:si>
   <x:si>
     <x:t>Troy</x:t>
   </x:si>
   <x:si>
     <x:t>48085</x:t>
   </x:si>
   <x:si>
-    <x:t>Corewell Health Farmington Hills Hospital (formerly Beaumont Hospital Farmington Hills)</x:t>
+    <x:t>Corewell Health Farmington Hills Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>28050 Grand River Avenue</x:t>
   </x:si>
   <x:si>
     <x:t>Farmington Hills</x:t>
   </x:si>
   <x:si>
     <x:t>48336</x:t>
   </x:si>
   <x:si>
     <x:t>Corewell Health Grand Rapids (formerly Spectrum Health Grand Rapids)</x:t>
   </x:si>
   <x:si>
     <x:t>100 Michigan St NE</x:t>
   </x:si>
   <x:si>
     <x:t>Grand Rapids</x:t>
   </x:si>
   <x:si>
     <x:t>49503</x:t>
   </x:si>
   <x:si>
     <x:t>2014, 2019, 2023</x:t>
   </x:si>
   <x:si>
     <x:t>Corewell Health Taylor Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>10000 Telegraph Rd</x:t>
   </x:si>
   <x:si>
     <x:t>Taylor</x:t>
   </x:si>
   <x:si>
     <x:t>48180-3330</x:t>
   </x:si>
   <x:si>
-    <x:t>Corewell Health Trenton Hospital (Formerly: Beaumont Hospital, Trenton)</x:t>
+    <x:t>Corewell Health Trenton Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>5450 Fort Street</x:t>
   </x:si>
   <x:si>
     <x:t>Trenton</x:t>
   </x:si>
   <x:si>
     <x:t>48183</x:t>
   </x:si>
   <x:si>
     <x:t>Corewell Health Wayne Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>33155 Annapolis Street</x:t>
   </x:si>
   <x:si>
     <x:t>Wayne</x:t>
   </x:si>
   <x:si>
     <x:t>48184</x:t>
   </x:si>
   <x:si>
     <x:t>Corewell Health William Beaumont University Hospital (formerly Beaumont Hospital, Royal Oak)</x:t>
   </x:si>
@@ -3578,50 +3596,62 @@
   <x:si>
     <x:t>Midland</x:t>
   </x:si>
   <x:si>
     <x:t>48670</x:t>
   </x:si>
   <x:si>
     <x:t>Trinity Health Grand Rapids (Formerly) Mercy Health Saint Mary's</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">200 Jefferson Ave. </x:t>
   </x:si>
   <x:si>
     <x:t>University of Michigan Health (Formerly - The University of Michigan Health System at Michigan Medicine)</x:t>
   </x:si>
   <x:si>
     <x:t>1500 East Medical Center Drive</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Ann Arbor </x:t>
   </x:si>
   <x:si>
     <x:t>48109</x:t>
   </x:si>
   <x:si>
+    <x:t>University of Michigan Health - West</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5900 Byron Center Ave. SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wyoming</x:t>
+  </x:si>
+  <x:si>
+    <x:t>49519</x:t>
+  </x:si>
+  <x:si>
     <x:t>Abbott Northwestern Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>800 E. 28th St</x:t>
   </x:si>
   <x:si>
     <x:t>Minneapolis</x:t>
   </x:si>
   <x:si>
     <x:t>Minnesota</x:t>
   </x:si>
   <x:si>
     <x:t>55317</x:t>
   </x:si>
   <x:si>
     <x:t>Children's Minnesota</x:t>
   </x:si>
   <x:si>
     <x:t>2525 Chicago Avenue</x:t>
   </x:si>
   <x:si>
     <x:t>55404</x:t>
   </x:si>
   <x:si>
     <x:t>Mayo Clinic in Rochester, Minnesota</x:t>
@@ -3740,51 +3770,54 @@
   <x:si>
     <x:t>Saint Luke's Hospital of Kansas City</x:t>
   </x:si>
   <x:si>
     <x:t>4401 Wornall Road</x:t>
   </x:si>
   <x:si>
     <x:t>64111</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> 2009, 2014, 2019, 2024</x:t>
   </x:si>
   <x:si>
     <x:t>SSM Health Cardinal Glennon Children's Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>1465 S. Grand Blvd.</x:t>
   </x:si>
   <x:si>
     <x:t>63104</x:t>
   </x:si>
   <x:si>
     <x:t>St. Louis Children's Hospital</x:t>
   </x:si>
   <x:si>
-    <x:t>One Children's Place</x:t>
+    <x:t>1 Childrens Pl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Saint Louis</x:t>
   </x:si>
   <x:si>
     <x:t>Billings Clinic</x:t>
   </x:si>
   <x:si>
     <x:t>2800 10th Avenue North</x:t>
   </x:si>
   <x:si>
     <x:t>Billings</x:t>
   </x:si>
   <x:si>
     <x:t>Montana</x:t>
   </x:si>
   <x:si>
     <x:t>59101</x:t>
   </x:si>
   <x:si>
     <x:t>Intermountain Health St. Vincent Regional Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>1233 North 30th Street</x:t>
   </x:si>
   <x:si>
     <x:t>Formerly St.Vincent Healthcare</x:t>
   </x:si>
@@ -3818,50 +3851,53 @@
   <x:si>
     <x:t>CHI Health St. Francis</x:t>
   </x:si>
   <x:si>
     <x:t>2620 West Faidley Ave</x:t>
   </x:si>
   <x:si>
     <x:t>Grand Island</x:t>
   </x:si>
   <x:si>
     <x:t>68803</x:t>
   </x:si>
   <x:si>
     <x:t>Children's Nebraska</x:t>
   </x:si>
   <x:si>
     <x:t>8200 Dodge St</x:t>
   </x:si>
   <x:si>
     <x:t>Omaha</x:t>
   </x:si>
   <x:si>
     <x:t>68114-4113</x:t>
   </x:si>
   <x:si>
+    <x:t>2011, 2016, 2021, 2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>Nebraska Medicine</x:t>
   </x:si>
   <x:si>
     <x:t>987400 Nebraska Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>68198-7400</x:t>
   </x:si>
   <x:si>
     <x:t>2012, 2018, 2024</x:t>
   </x:si>
   <x:si>
     <x:t>Nebraska Methodist Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>8303 Dodge St.</x:t>
   </x:si>
   <x:si>
     <x:t>68114</x:t>
   </x:si>
   <x:si>
     <x:t>Exeter Hospital, now a part of Beth Israel Lahey Health</x:t>
   </x:si>
   <x:si>
     <x:t>5 Alumni Drive</x:t>
@@ -3875,410 +3911,410 @@
   <x:si>
     <x:t>03833</x:t>
   </x:si>
   <x:si>
     <x:t>Mass General Brigham Wentworth-Douglass Hospital (formerly Wentworth-Douglass Hospital)</x:t>
   </x:si>
   <x:si>
     <x:t>789 Central Avenue</x:t>
   </x:si>
   <x:si>
     <x:t>03820</x:t>
   </x:si>
   <x:si>
     <x:t>Southern New Hampshire Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>8 Prospect St</x:t>
   </x:si>
   <x:si>
     <x:t>Nashua</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">03061 </x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Saint Peter's University Hospital</x:t>
+    <x:t>AHS Newton Medical Center</x:t>
+  </x:si>
+  <x:si>
+    <x:t>175 High St</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Newton</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New Jersey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07860-1004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Atlantic Health CentraState Medical Center</x:t>
+  </x:si>
+  <x:si>
+    <x:t>901 West Main Street</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Freehold</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07728</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2010, 2015, 2020, 2024, 2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AtlantiCare Regional Medical Center</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1925 Pacific Avenue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Atlantic City</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08401</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Capital Health</x:t>
+  </x:si>
+  <x:si>
+    <x:t>750 Brunswick Avenue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08638</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2006, 2011, 2017, 2022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chilton Medical Center</x:t>
+  </x:si>
+  <x:si>
+    <x:t>97 West Parkway</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pompton Plains</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07444</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cooperman Barnabas Medical Center</x:t>
+  </x:si>
+  <x:si>
+    <x:t>94  Old Short hills Road</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Livingston</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Englewood Hospital</x:t>
+  </x:si>
+  <x:si>
+    <x:t>350 Engle Street</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Englewood </x:t>
+  </x:si>
+  <x:si>
+    <x:t>07631</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2006, 2011, 2016, 2021</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hackensack Meridian - Riverview Medical Center</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1 Riverview Plaza</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Redbank</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07701</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2002, 2006, 2012, 2017, 2022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hackensack Meridian Hackensack University Medical Center</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30 Prospect Avenue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hackensack</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07601</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1999, 2003, 2009, 2014, 2019, 2024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hackensack Meridian Health Bayshore Medical Center</x:t>
+  </x:si>
+  <x:si>
+    <x:t>727 N Beers Street</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Holmdel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07733</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hackensack Meridian Jersey Shore Medical Center</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1945 State Route 33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Neptune</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07753-4896</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hackensack Meridian Ocean University Medical Center</x:t>
+  </x:si>
+  <x:si>
+    <x:t>425 Jack Martin Blvd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brick</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08724</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2002, 2007, 2012, 2017, 2022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hackensack Meridian Southern Ocean Medical Center</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1140 Route 72 West</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manhawkin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Holy Name Medical Center</x:t>
+  </x:si>
+  <x:si>
+    <x:t>718 Teaneck Rd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Teaneck</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07666</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hunterdon Health</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2100 Wescott Drive</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Flemington</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08822</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inspira Medical Centers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1505 Sherman Ave</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vineland</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08360</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jefferson Health East</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> 435 Hurffville-Cross Keys Rd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sewell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08080</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jersey City Medical Center</x:t>
+  </x:si>
+  <x:si>
+    <x:t>355 Grand Street</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jersey City</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07302</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2014, 2017, 2022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JFK University Medical Center</x:t>
+  </x:si>
+  <x:si>
+    <x:t>65 James Street</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Edison</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08820</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Monmouth Medical Center</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300 2nd Avenue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Long Branch</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07740</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Morristown Medical Center</x:t>
+  </x:si>
+  <x:si>
+    <x:t>100 Madison Ave</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Morristown</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07960</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2005, 2009, 2014, 2019, 2024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Overlook Medical Center</x:t>
+  </x:si>
+  <x:si>
+    <x:t>99 Beauvoir Avenue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Summit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07091</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Penn Medicine Princeton Health</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1 Plainsboro Road</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Plainsboro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08536</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Raritan Bay Medical Center/Old Bridge Medical Center</x:t>
+  </x:si>
+  <x:si>
+    <x:t>530 New Brunswick Ave</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Perth Amboy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08861</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Robert Wood Johnson University Hospital</x:t>
+  </x:si>
+  <x:si>
+    <x:t>One Robert Wood Johnson Place</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New Brunswick</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08903</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2002, 2006, 2011, 2016, 2021</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Robert Wood Johnson University Hospital Hamilton</x:t>
+  </x:si>
+  <x:si>
+    <x:t>One Hamilton Health Place</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hamilton</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08690</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Robert Wood Johnson University Hospital Somerset</x:t>
+  </x:si>
+  <x:si>
+    <x:t>110 Rehill Ave</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Somerville</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08876</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Saint Peter's University Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>254 Easton Ave</x:t>
   </x:si>
   <x:si>
-    <x:t>New Brunswick</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>08901-1766</x:t>
   </x:si>
   <x:si>
-    <x:t>AHS Newton Medical Center</x:t>
-[...343 lines deleted...]
-  <x:si>
     <x:t>St. Joseph's University Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>703 Main Street</x:t>
   </x:si>
   <x:si>
     <x:t>Paterson</x:t>
   </x:si>
   <x:si>
     <x:t>07503</x:t>
   </x:si>
   <x:si>
     <x:t>1999</x:t>
   </x:si>
   <x:si>
     <x:t>2003, 2008, 2014, 2018, 2023</x:t>
   </x:si>
   <x:si>
     <x:t>The Valley Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>4 Valley Health Plaza</x:t>
   </x:si>
   <x:si>
     <x:t>Paramus</x:t>
@@ -4355,50 +4391,53 @@
   <x:si>
     <x:t>Cohen Children's Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>26901 76th Ave</x:t>
   </x:si>
   <x:si>
     <x:t>New Hyde Park</x:t>
   </x:si>
   <x:si>
     <x:t>11040-1433</x:t>
   </x:si>
   <x:si>
     <x:t>FF Thompson Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>350 Parrish St</x:t>
   </x:si>
   <x:si>
     <x:t>Canandaigua</x:t>
   </x:si>
   <x:si>
     <x:t>14424</x:t>
   </x:si>
   <x:si>
+    <x:t>2010, 2015, 2021, 2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>Glen Cove Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>101 Saint Andrews Lane</x:t>
   </x:si>
   <x:si>
     <x:t>Glen Cove</x:t>
   </x:si>
   <x:si>
     <x:t>11542</x:t>
   </x:si>
   <x:si>
     <x:t>Glens Falls Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>100 Park Street</x:t>
   </x:si>
   <x:si>
     <x:t>Glens Falls</x:t>
   </x:si>
   <x:si>
     <x:t>12801</x:t>
   </x:si>
   <x:si>
     <x:t>Good Samaritan Hospital Medical Center</x:t>
@@ -4415,54 +4454,51 @@
   <x:si>
     <x:t>Gracie Square Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>420 East 76th Street</x:t>
   </x:si>
   <x:si>
     <x:t>10021</x:t>
   </x:si>
   <x:si>
     <x:t>Highland Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>1000 South Avenue</x:t>
   </x:si>
   <x:si>
     <x:t>14620</x:t>
   </x:si>
   <x:si>
     <x:t>Hospital for Special Surgery</x:t>
   </x:si>
   <x:si>
     <x:t>535 East 70th Street</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">New York </x:t>
-[...2 lines deleted...]
-    <x:t>2007, 2011, 2016, 2021</x:t>
+    <x:t>2007, 2011, 2016, 2021, 2025</x:t>
   </x:si>
   <x:si>
     <x:t>Huntington Hospital - Northwell Health</x:t>
   </x:si>
   <x:si>
     <x:t>270 Park Ave</x:t>
   </x:si>
   <x:si>
     <x:t>Huntington</x:t>
   </x:si>
   <x:si>
     <x:t>11743</x:t>
   </x:si>
   <x:si>
     <x:t>2008, 2013, 2017, 2022</x:t>
   </x:si>
   <x:si>
     <x:t>Kenmore Mercy Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>2950 Elmwood Avenue</x:t>
   </x:si>
   <x:si>
     <x:t>Buffalo</x:t>
   </x:si>
@@ -4551,50 +4587,62 @@
     <x:t>Newark</x:t>
   </x:si>
   <x:si>
     <x:t>14513</x:t>
   </x:si>
   <x:si>
     <x:t>NewYork Presbyterian Weill Cornell Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>525 East 68th Street</x:t>
   </x:si>
   <x:si>
     <x:t>NewYork Presbyterian Westchester Hospital
 (formerly New York Presbyterian Lawrence Hospital)</x:t>
   </x:si>
   <x:si>
     <x:t>55 Palmer Hall</x:t>
   </x:si>
   <x:si>
     <x:t>Bronxville</x:t>
   </x:si>
   <x:si>
     <x:t>10708</x:t>
   </x:si>
   <x:si>
+    <x:t>NewYork-Presbyterian Brooklyn Methodist Hospital</x:t>
+  </x:si>
+  <x:si>
+    <x:t>506 6th Street</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brooklyn</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11215</x:t>
+  </x:si>
+  <x:si>
     <x:t>NewYork-Presbyterian Hudson Valley Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>1980 Crompond Road</x:t>
   </x:si>
   <x:si>
     <x:t>Cortlandt Manor</x:t>
   </x:si>
   <x:si>
     <x:t>10567</x:t>
   </x:si>
   <x:si>
     <x:t>2012, 2016, 2021</x:t>
   </x:si>
   <x:si>
     <x:t>NewYork-Presbyterian Lower Manhattan Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>170 William St</x:t>
   </x:si>
   <x:si>
     <x:t>10038-2612</x:t>
   </x:si>
   <x:si>
     <x:t>NewYork-Presbyterian Morgan Stanley Children's Hospital</x:t>
@@ -4644,71 +4692,80 @@
   <x:si>
     <x:t>177 Fort Washington Ave.</x:t>
   </x:si>
   <x:si>
     <x:t>North Shore University Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>300 Community Drive</x:t>
   </x:si>
   <x:si>
     <x:t>Manhasset</x:t>
   </x:si>
   <x:si>
     <x:t>11030</x:t>
   </x:si>
   <x:si>
     <x:t>Northwell Lenox Hill Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>122 E 76th St</x:t>
   </x:si>
   <x:si>
     <x:t>10075-1850</x:t>
   </x:si>
   <x:si>
+    <x:t>Northwell, Long Island Jewish Valley Stream Hospital</x:t>
+  </x:si>
+  <x:si>
+    <x:t>900 Franklin Ave</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Valley Stream</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11580-2145</x:t>
+  </x:si>
+  <x:si>
     <x:t>Northwell- Northern Westchester Hospital</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">400 East Main Street </x:t>
   </x:si>
   <x:si>
     <x:t>Mount Kisco</x:t>
   </x:si>
   <x:si>
     <x:t>10549</x:t>
   </x:si>
   <x:si>
     <x:t>NYU Langone Hospital - Brooklyn</x:t>
   </x:si>
   <x:si>
     <x:t>150 55th Street</x:t>
   </x:si>
   <x:si>
-    <x:t>Brooklyn</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>11220</x:t>
   </x:si>
   <x:si>
     <x:t>NYU Langone Hospital—Long Island</x:t>
   </x:si>
   <x:si>
     <x:t>259 1st St,</x:t>
   </x:si>
   <x:si>
     <x:t>Mineola</x:t>
   </x:si>
   <x:si>
     <x:t>11501-3987</x:t>
   </x:si>
   <x:si>
     <x:t>NYU Langone Hospitals</x:t>
   </x:si>
   <x:si>
     <x:t>550 First Avenue</x:t>
   </x:si>
   <x:si>
     <x:t>10016</x:t>
   </x:si>
   <x:si>
     <x:t>NYU Langone Orthopedic Hospital</x:t>
@@ -4737,56 +4794,50 @@
   <x:si>
     <x:t>Plainview Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>888 Old Country Road</x:t>
   </x:si>
   <x:si>
     <x:t>Plainview</x:t>
   </x:si>
   <x:si>
     <x:t>11801</x:t>
   </x:si>
   <x:si>
     <x:t>Rochester General Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>1425 Portland Ave</x:t>
   </x:si>
   <x:si>
     <x:t>14621</x:t>
   </x:si>
   <x:si>
     <x:t>2009, 2014, 2019, 2025</x:t>
   </x:si>
   <x:si>
-    <x:t>1425 Portland Avenue</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Rochester Regional Health, Primary Care and Ambulatory Specialty Institute</x:t>
   </x:si>
   <x:si>
     <x:t>100 Kings Hwy S</x:t>
   </x:si>
   <x:si>
     <x:t>14617</x:t>
   </x:si>
   <x:si>
     <x:t>Rochester Regional Health-United Memorial Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>127 North Street</x:t>
   </x:si>
   <x:si>
     <x:t>Batavia</x:t>
   </x:si>
   <x:si>
     <x:t>14020</x:t>
   </x:si>
   <x:si>
     <x:t>Roswell Park Comprehensive Cancer Center</x:t>
   </x:si>
   <x:si>
     <x:t>Elm and Carlton Streets</x:t>
@@ -4797,77 +4848,89 @@
   <x:si>
     <x:t>Saratoga Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>211 Church Street</x:t>
   </x:si>
   <x:si>
     <x:t>Saratoga Springs</x:t>
   </x:si>
   <x:si>
     <x:t>12866</x:t>
   </x:si>
   <x:si>
     <x:t>St. Francis Hospital &amp; Heart Center</x:t>
   </x:si>
   <x:si>
     <x:t>100 Port Washington Blvd.</x:t>
   </x:si>
   <x:si>
     <x:t>Roslyn</x:t>
   </x:si>
   <x:si>
     <x:t>11576</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">St. Peter's Hospital </x:t>
+    <x:t>St. Peter's Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>315 So. Manning Blvd.</x:t>
   </x:si>
   <x:si>
     <x:t>Albany</x:t>
   </x:si>
   <x:si>
     <x:t>12208</x:t>
   </x:si>
   <x:si>
-    <x:t>2009, 2015, 2021</x:t>
+    <x:t>2009, 2015, 2021, 2025, 2026</x:t>
   </x:si>
   <x:si>
     <x:t>SUNY Upstate University Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>750 East Adams Street</x:t>
   </x:si>
   <x:si>
     <x:t>Syracuse</x:t>
   </x:si>
   <x:si>
     <x:t>13210</x:t>
   </x:si>
   <x:si>
+    <x:t>Syosset Hospital</x:t>
+  </x:si>
+  <x:si>
+    <x:t>221 Jericho Tpke</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Syosset</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11791-4515</x:t>
+  </x:si>
+  <x:si>
     <x:t>The Mount Sinai Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>One Gustave L. Levy Place</x:t>
   </x:si>
   <x:si>
     <x:t>10029</x:t>
   </x:si>
   <x:si>
     <x:t>2009, 2014, 2020, 2024</x:t>
   </x:si>
   <x:si>
     <x:t>Unity Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>1555 Long Pond Road</x:t>
   </x:si>
   <x:si>
     <x:t>14626</x:t>
   </x:si>
   <x:si>
     <x:t>University of Rochester Medical Center/Strong Memorial Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>601 Elmwood Avenue</x:t>
@@ -5010,54 +5073,54 @@
   <x:si>
     <x:t>3050 Halstead Blvd Extension</x:t>
   </x:si>
   <x:si>
     <x:t>Elizabeth City</x:t>
   </x:si>
   <x:si>
     <x:t>27909</x:t>
   </x:si>
   <x:si>
     <x:t>The University of North Carolina Hospitals</x:t>
   </x:si>
   <x:si>
     <x:t>101 Manning Drive</x:t>
   </x:si>
   <x:si>
     <x:t>Chapel Hill</x:t>
   </x:si>
   <x:si>
     <x:t>27514</x:t>
   </x:si>
   <x:si>
     <x:t>UNC Health Rex</x:t>
   </x:si>
   <x:si>
-    <x:t>4420 Lake Boone Trail</x:t>
-[...2 lines deleted...]
-    <x:t>27607</x:t>
+    <x:t>4420 Lake Boone Trl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27607-7505</x:t>
   </x:si>
   <x:si>
     <x:t>WakeMed Health &amp; Hospitals</x:t>
   </x:si>
   <x:si>
     <x:t>3000 New Bern Ave</x:t>
   </x:si>
   <x:si>
     <x:t>27610-1231</x:t>
   </x:si>
   <x:si>
     <x:t>Sanford Bismarck</x:t>
   </x:si>
   <x:si>
     <x:t>300 N. 7th St</x:t>
   </x:si>
   <x:si>
     <x:t>PO Box 5525</x:t>
   </x:si>
   <x:si>
     <x:t>Bismarck</x:t>
   </x:si>
   <x:si>
     <x:t>North Dakota</x:t>
   </x:si>
@@ -5262,53 +5325,50 @@
   <x:si>
     <x:t>45801</x:t>
   </x:si>
   <x:si>
     <x:t>Mercy Health West Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>3300 Mercy Health Blvd</x:t>
   </x:si>
   <x:si>
     <x:t>45211-1103</x:t>
   </x:si>
   <x:si>
     <x:t>Mercy Health Youngstown - St. Elizabeth Boardman Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>8401 Market Street</x:t>
   </x:si>
   <x:si>
     <x:t>Boardman</x:t>
   </x:si>
   <x:si>
     <x:t>44512</x:t>
   </x:si>
   <x:si>
-    <x:t>2016, 2022</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Mercy Health Youngstown - St. Joseph Warren Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>667 Eastland Ave</x:t>
   </x:si>
   <x:si>
     <x:t>Warren</x:t>
   </x:si>
   <x:si>
     <x:t>44484</x:t>
   </x:si>
   <x:si>
     <x:t>2006, 2011, 2016, 2023</x:t>
   </x:si>
   <x:si>
     <x:t>Nationwide Children's Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>700 Children's Drive</x:t>
   </x:si>
   <x:si>
     <x:t>Columbus</x:t>
   </x:si>
   <x:si>
     <x:t>43205</x:t>
@@ -5382,89 +5442,89 @@
   <x:si>
     <x:t>2139 Auburn Avenue</x:t>
   </x:si>
   <x:si>
     <x:t>45219</x:t>
   </x:si>
   <x:si>
     <x:t>The Jewish Hospital Mercy Health</x:t>
   </x:si>
   <x:si>
     <x:t>4777 E Galbraith Rd</x:t>
   </x:si>
   <x:si>
     <x:t>45236-2725</x:t>
   </x:si>
   <x:si>
     <x:t>The MetroHealth System</x:t>
   </x:si>
   <x:si>
     <x:t>2500 MetroHealth Dr</x:t>
   </x:si>
   <x:si>
     <x:t>44109</x:t>
   </x:si>
   <x:si>
+    <x:t>2010, 2015, 2020</x:t>
+  </x:si>
+  <x:si>
     <x:t>The Ohio State University Comprehensive Cancer Center - Arthur G. James Cancer Hospital and Richard J. Solove Research Institute</x:t>
   </x:si>
   <x:si>
     <x:t>460 W 10th Ave</x:t>
   </x:si>
   <x:si>
     <x:t>43210-1240</x:t>
   </x:si>
   <x:si>
     <x:t>Trihealth Bethesda North Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>10500 Montgomery Rd</x:t>
   </x:si>
   <x:si>
     <x:t>45242-4415</x:t>
   </x:si>
   <x:si>
     <x:t>TriHealth Good Samaritan Hospital Region</x:t>
   </x:si>
   <x:si>
     <x:t>375 Dixmyth Ave</x:t>
   </x:si>
   <x:si>
     <x:t>45220-2475</x:t>
   </x:si>
   <x:si>
     <x:t>University Hospital and Ross Heart Hospital at The Ohio State University Wexner Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>410 W 10th Avenue</x:t>
   </x:si>
   <x:si>
     <x:t>43210</x:t>
   </x:si>
   <x:si>
-    <x:t>2009, 2015, 2020, 2025</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>University Hospitals Cleveland Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>11100 Euclid Avenue</x:t>
   </x:si>
   <x:si>
     <x:t>LKS 5006</x:t>
   </x:si>
   <x:si>
     <x:t>44106</x:t>
   </x:si>
   <x:si>
     <x:t>West Chester Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>7700 University Drive</x:t>
   </x:si>
   <x:si>
     <x:t>West Chester</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">45069 </x:t>
   </x:si>
   <x:si>
     <x:t>Oregon Health &amp; Science University Healthcare</x:t>
@@ -5490,83 +5550,95 @@
   <x:si>
     <x:t>Providence St. Vincent Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>9205 SW Barnes Road</x:t>
   </x:si>
   <x:si>
     <x:t>97225</x:t>
   </x:si>
   <x:si>
     <x:t>Salem Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>890 Oak Street SE</x:t>
   </x:si>
   <x:si>
     <x:t>Salem</x:t>
   </x:si>
   <x:si>
     <x:t>97301-3905</x:t>
   </x:si>
   <x:si>
     <x:t>VA Portland Health Care System</x:t>
   </x:si>
   <x:si>
-    <x:t>3710 SW US Veterans Hospital Road</x:t>
-[...2 lines deleted...]
-    <x:t>97239</x:t>
+    <x:t>3710 SW Us Veterans Hospital Rd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>97239-2964</x:t>
   </x:si>
   <x:si>
     <x:t>AHN Allegheny General Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>320 East North Ave.</x:t>
   </x:si>
   <x:si>
     <x:t>Pittsburgh</x:t>
   </x:si>
   <x:si>
     <x:t>Pennsylvania</x:t>
   </x:si>
   <x:si>
     <x:t>15212</x:t>
   </x:si>
   <x:si>
     <x:t>AHN Jefferson Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>565 Coal Valley Road</x:t>
   </x:si>
   <x:si>
     <x:t>Jefferson Hills</x:t>
   </x:si>
   <x:si>
     <x:t>15025-3703</x:t>
   </x:si>
   <x:si>
+    <x:t>AHN Saint Vincent Hospital</x:t>
+  </x:si>
+  <x:si>
+    <x:t>232 W 25th St</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Erie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16544-0001</x:t>
+  </x:si>
+  <x:si>
     <x:t>AHN West Penn</x:t>
   </x:si>
   <x:si>
     <x:t>4800 Friendship Avenue</x:t>
   </x:si>
   <x:si>
     <x:t>15224</x:t>
   </x:si>
   <x:si>
     <x:t>Albert Einstein Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>5501 Old York Road</x:t>
   </x:si>
   <x:si>
     <x:t>Philadelphia</x:t>
   </x:si>
   <x:si>
     <x:t>19141</x:t>
   </x:si>
   <x:si>
     <x:t>Chester County Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>701 East Marshal Street</x:t>
@@ -5619,116 +5691,104 @@
   <x:si>
     <x:t>Hospital of the University of Pennsylvania</x:t>
   </x:si>
   <x:si>
     <x:t>3400 Spruce Street</x:t>
   </x:si>
   <x:si>
     <x:t>2012, 2016, 2020, 2025</x:t>
   </x:si>
   <x:si>
     <x:t>Lehigh Valley Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>1200 South Cedar Crest Boulevard</x:t>
   </x:si>
   <x:si>
     <x:t>Allentown</x:t>
   </x:si>
   <x:si>
     <x:t>18103</x:t>
   </x:si>
   <x:si>
     <x:t>2006, 2011, 2016, 2020, 2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Penn Medicine / Lancaster General Hospital</x:t>
-[...5 lines deleted...]
-    <x:t>PO Box 3555</x:t>
+    <x:t>Penn Medicine Lancaster General Hospital</x:t>
+  </x:si>
+  <x:si>
+    <x:t>555 N Duke St</x:t>
   </x:si>
   <x:si>
     <x:t>Lancaster</x:t>
   </x:si>
   <x:si>
-    <x:t>17602</x:t>
+    <x:t>17602-2207</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2006, 2011, 2016, 2021, 2025</x:t>
   </x:si>
   <x:si>
     <x:t>Penn Presbyterian Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>51 N 39th Street</x:t>
   </x:si>
   <x:si>
     <x:t>Penn State Health Milton S. Hershey Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>500 University Drive</x:t>
   </x:si>
   <x:si>
     <x:t>Hershey</x:t>
   </x:si>
   <x:si>
     <x:t>17033</x:t>
   </x:si>
   <x:si>
     <x:t>Pennsylvania Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>800 Spruce Street</x:t>
   </x:si>
   <x:si>
     <x:t>19107</x:t>
   </x:si>
   <x:si>
     <x:t>Reading Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>300 S Sixth Avenue</x:t>
   </x:si>
   <x:si>
     <x:t>West Reading</x:t>
   </x:si>
   <x:si>
     <x:t>19611</x:t>
   </x:si>
   <x:si>
-    <x:t>Saint Vincent Hospital</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>St. Christopher's Hospital for Children</x:t>
   </x:si>
   <x:si>
     <x:t>160 East Erie Avenue</x:t>
   </x:si>
   <x:si>
     <x:t>19134</x:t>
   </x:si>
   <x:si>
     <x:t>Temple University Hospital, Inc.</x:t>
   </x:si>
   <x:si>
     <x:t>3401 North Broad Street</x:t>
   </x:si>
   <x:si>
     <x:t>19140</x:t>
   </x:si>
   <x:si>
     <x:t>Thomas Jefferson University Hospitals Inc.</x:t>
   </x:si>
   <x:si>
     <x:t>111 South 11th Street</x:t>
   </x:si>
   <x:si>
     <x:t>UPMC Children's Hospital of Pittsburgh</x:t>
@@ -5739,51 +5799,51 @@
   <x:si>
     <x:t>Suite 6400</x:t>
   </x:si>
   <x:si>
     <x:t>UPMC Community Osteopathic</x:t>
   </x:si>
   <x:si>
     <x:t>4300 Londonderry Road</x:t>
   </x:si>
   <x:si>
     <x:t>Harrisburg</x:t>
   </x:si>
   <x:si>
     <x:t>17109</x:t>
   </x:si>
   <x:si>
     <x:t>UPMC Hamot</x:t>
   </x:si>
   <x:si>
     <x:t>201 State Street</x:t>
   </x:si>
   <x:si>
     <x:t>16550</x:t>
   </x:si>
   <x:si>
-    <x:t>UPMC Harrisburg (formerly UPMC Pinnacle Harrisburg)</x:t>
+    <x:t>UPMC Harrisburg</x:t>
   </x:si>
   <x:si>
     <x:t>111 s front street</x:t>
   </x:si>
   <x:si>
     <x:t>17101</x:t>
   </x:si>
   <x:si>
     <x:t>UPMC Passavant</x:t>
   </x:si>
   <x:si>
     <x:t>9100 Babcock Blvd</x:t>
   </x:si>
   <x:si>
     <x:t>15237</x:t>
   </x:si>
   <x:si>
     <x:t>UPMC Presbyterian</x:t>
   </x:si>
   <x:si>
     <x:t>200 Lothrop St</x:t>
   </x:si>
   <x:si>
     <x:t>15213-2536</x:t>
   </x:si>
@@ -5841,105 +5901,105 @@
   <x:si>
     <x:t>11 Friendship Street</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Newport </x:t>
   </x:si>
   <x:si>
     <x:t>Rhode Island</x:t>
   </x:si>
   <x:si>
     <x:t>02840</x:t>
   </x:si>
   <x:si>
     <x:t>The Miriam Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>164 Summit Ave</x:t>
   </x:si>
   <x:si>
     <x:t>Providence</x:t>
   </x:si>
   <x:si>
     <x:t>02906</x:t>
   </x:si>
   <x:si>
-    <x:t>2002, 2006, 2010, 2015, 2020, 2024, 2025</x:t>
-[...2 lines deleted...]
-    <x:t xml:space="preserve"> MUSC Health – Charleston</x:t>
+    <x:t>2002, 2006, 2010, 2015, 2020, 2024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AnMed</x:t>
+  </x:si>
+  <x:si>
+    <x:t>800 North Fant Street</x:t>
+  </x:si>
+  <x:si>
+    <x:t>South Carolina</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29621</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bon Secours St. Francis Hospital</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095 Henry Tecklenburg Drive</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Charleston</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29414</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2015, 2020, 2024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lexington Health</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2720 Sunset Blvd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>West Columbia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29169</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MUSC Health – Charleston</x:t>
   </x:si>
   <x:si>
     <x:t>169 Asley Avenue</x:t>
   </x:si>
   <x:si>
     <x:t>MSC 332</x:t>
   </x:si>
   <x:si>
-    <x:t>Charleston</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>29425</x:t>
   </x:si>
   <x:si>
     <x:t>2020, 2024</x:t>
-  </x:si>
-[...31 lines deleted...]
-    <x:t>29169</x:t>
   </x:si>
   <x:si>
     <x:t>Prisma Health Baptist Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>Taylor at Marion Street</x:t>
   </x:si>
   <x:si>
     <x:t>29220</x:t>
   </x:si>
   <x:si>
     <x:t>Prisma Health Baptist Parkridge Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>400 Palmetto Health Pkwy</x:t>
   </x:si>
   <x:si>
     <x:t>29212-1760</x:t>
   </x:si>
   <x:si>
     <x:t>Prisma Health Greenville Memorial Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>701 Grove Road</x:t>
   </x:si>
@@ -6199,53 +6259,50 @@
   <x:si>
     <x:t>Baylor Scott &amp; White Medical Center Irving</x:t>
   </x:si>
   <x:si>
     <x:t>1901 N. MacArthur Blvd</x:t>
   </x:si>
   <x:si>
     <x:t>Irving</x:t>
   </x:si>
   <x:si>
     <x:t>75061</x:t>
   </x:si>
   <x:si>
     <x:t>Baylor Scott &amp; White Medical Center-Hillcrest</x:t>
   </x:si>
   <x:si>
     <x:t>100 Hillcrest Medical Blvd</x:t>
   </x:si>
   <x:si>
     <x:t>Waco</x:t>
   </x:si>
   <x:si>
     <x:t>76712</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">2018 </x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Baylor Scott &amp; White Medical Center-McKinney</x:t>
   </x:si>
   <x:si>
     <x:t>5252 West University Drive</x:t>
   </x:si>
   <x:si>
     <x:t>McKinney</x:t>
   </x:si>
   <x:si>
     <x:t>75071</x:t>
   </x:si>
   <x:si>
     <x:t>Baylor Scott &amp; White Medical Center-Waxahachie</x:t>
   </x:si>
   <x:si>
     <x:t>2400 North I-35 E</x:t>
   </x:si>
   <x:si>
     <x:t>Waxahachie</x:t>
   </x:si>
   <x:si>
     <x:t>75165</x:t>
   </x:si>
   <x:si>
     <x:t>Baylor Scott &amp; White The Heart Hospital Plano</x:t>
@@ -6329,51 +6386,57 @@
   <x:si>
     <x:t>2600 St. Michael Drive</x:t>
   </x:si>
   <x:si>
     <x:t>Texarkana</x:t>
   </x:si>
   <x:si>
     <x:t>75503</x:t>
   </x:si>
   <x:si>
     <x:t>CHRISTUS Trinity Mother Frances - Tyler</x:t>
   </x:si>
   <x:si>
     <x:t>800 E Dawson</x:t>
   </x:si>
   <x:si>
     <x:t>Tyler</x:t>
   </x:si>
   <x:si>
     <x:t>75701</x:t>
   </x:si>
   <x:si>
     <x:t>Cook Children's Medical Center</x:t>
   </x:si>
   <x:si>
-    <x:t>801 Seventh Avenue</x:t>
+    <x:t>801 7th Ave</x:t>
+  </x:si>
+  <x:si>
+    <x:t>76104-2796</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> 2011, 2016, 2021, 2025</x:t>
   </x:si>
   <x:si>
     <x:t>Covenant Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>3615 19th Street</x:t>
   </x:si>
   <x:si>
     <x:t>Lubbock</x:t>
   </x:si>
   <x:si>
     <x:t>79410</x:t>
   </x:si>
   <x:si>
     <x:t>Dell Children's Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>4900 Mueller Blvd</x:t>
   </x:si>
   <x:si>
     <x:t>Austin</x:t>
   </x:si>
   <x:si>
     <x:t>78723</x:t>
   </x:si>
@@ -6537,93 +6600,102 @@
   <x:si>
     <x:t>75057</x:t>
   </x:si>
   <x:si>
     <x:t>Medical City McKinney</x:t>
   </x:si>
   <x:si>
     <x:t>4500 Medical Center Dr.</x:t>
   </x:si>
   <x:si>
     <x:t>75069</x:t>
   </x:si>
   <x:si>
     <x:t>Medical City Plano</x:t>
   </x:si>
   <x:si>
     <x:t>3901 W. 15th St</x:t>
   </x:si>
   <x:si>
     <x:t>75075</x:t>
   </x:si>
   <x:si>
     <x:t>Memorial Hermann - Texas Medical Center</x:t>
   </x:si>
   <x:si>
-    <x:t>6411 Fannin Street</x:t>
+    <x:t>6411 Fannin St., R-486</x:t>
+  </x:si>
+  <x:si>
+    <x:t>77030-1501</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> 2019, 2021, 2024</x:t>
   </x:si>
   <x:si>
     <x:t>Memorial Hermann Cypress Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>27800 Northwest Freeway</x:t>
   </x:si>
   <x:si>
     <x:t>Cypress</x:t>
   </x:si>
   <x:si>
     <x:t>77433</x:t>
   </x:si>
   <x:si>
     <x:t>Memorial Hermann Greater Heights Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>1635 North Loop West</x:t>
   </x:si>
   <x:si>
     <x:t>77008</x:t>
   </x:si>
   <x:si>
     <x:t>Memorial Hermann Katy Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>23900 Katy Freeway</x:t>
   </x:si>
   <x:si>
     <x:t>Katy</x:t>
   </x:si>
   <x:si>
     <x:t>77494</x:t>
   </x:si>
   <x:si>
     <x:t>Memorial Hermann Memorial City Medical Center</x:t>
   </x:si>
   <x:si>
-    <x:t>921 Gessner Road</x:t>
-[...2 lines deleted...]
-    <x:t>77024</x:t>
+    <x:t>929 Gessner Rd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>77024-2501</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> 2015, 2020, 2025</x:t>
   </x:si>
   <x:si>
     <x:t>Memorial Hermann Southeast Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>11800 Astoria Blvd.</x:t>
   </x:si>
   <x:si>
     <x:t>77089</x:t>
   </x:si>
   <x:si>
     <x:t>Memorial Hermann Southwest Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>7600 Beechnut Street</x:t>
   </x:si>
   <x:si>
     <x:t>77074</x:t>
   </x:si>
   <x:si>
     <x:t>Memorial Hermann Sugar Land Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>17500 West Grand Parkway South</x:t>
   </x:si>
@@ -6657,56 +6729,68 @@
   <x:si>
     <x:t>75203</x:t>
   </x:si>
   <x:si>
     <x:t>Methodist Mansfield Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>2700 East Broad Street</x:t>
   </x:si>
   <x:si>
     <x:t>76063</x:t>
   </x:si>
   <x:si>
     <x:t>Methodist Richardson Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>2831 E. George Bush Hwy (190)</x:t>
   </x:si>
   <x:si>
     <x:t>Richardson</x:t>
   </x:si>
   <x:si>
     <x:t>75082</x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve"> 2022</x:t>
+  </x:si>
+  <x:si>
     <x:t>Michael E. DeBakey VA Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Holcombe BLVD</x:t>
   </x:si>
   <x:si>
+    <x:t>Parkland Health</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5200 Harry Hines Blvd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75235-7709</x:t>
+  </x:si>
+  <x:si>
     <x:t>St. David's Medical Center Austin</x:t>
   </x:si>
   <x:si>
     <x:t>919 E. 32nd Street</x:t>
   </x:si>
   <x:si>
     <x:t>78705</x:t>
   </x:si>
   <x:si>
     <x:t>St. David's Round Rock Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>2400 Round Rock Ave.</x:t>
   </x:si>
   <x:si>
     <x:t>78681</x:t>
   </x:si>
   <x:si>
     <x:t>Full Name:  St. David's Healthcare Partnership, L.P., LLP dba Round Rock Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>Texas Children's Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>6621 Fannin Street</x:t>
@@ -6858,63 +6942,66 @@
   <x:si>
     <x:t>750 West 800 North</x:t>
   </x:si>
   <x:si>
     <x:t>Orem</x:t>
   </x:si>
   <x:si>
     <x:t>84057</x:t>
   </x:si>
   <x:si>
     <x:t>Rutland Regional Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>160 Allen Street</x:t>
   </x:si>
   <x:si>
     <x:t>Rutland</x:t>
   </x:si>
   <x:si>
     <x:t>Vermont</x:t>
   </x:si>
   <x:si>
     <x:t>05701</x:t>
   </x:si>
   <x:si>
+    <x:t>2015, 2020</x:t>
+  </x:si>
+  <x:si>
     <x:t>Southwestern Vermont Medical Center</x:t>
   </x:si>
   <x:si>
-    <x:t>100 Hospital Drive</x:t>
+    <x:t>100 Hospital Dr</x:t>
   </x:si>
   <x:si>
     <x:t>Bennington</x:t>
   </x:si>
   <x:si>
-    <x:t>05201</x:t>
-[...2 lines deleted...]
-    <x:t>2006, 2010, 2015, 2021</x:t>
+    <x:t>05201-5004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2006, 2010, 2015, 2021, 2025</x:t>
   </x:si>
   <x:si>
     <x:t>Bon Secours Mary Immaculate Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>2 Bernardine Drive</x:t>
   </x:si>
   <x:si>
     <x:t>Newport News</x:t>
   </x:si>
   <x:si>
     <x:t>Virginia</x:t>
   </x:si>
   <x:si>
     <x:t>23602</x:t>
   </x:si>
   <x:si>
     <x:t>Bon Secours Memorial Regional Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>8260 Atlee Road</x:t>
   </x:si>
   <x:si>
     <x:t>Mechanicsville</x:t>
   </x:si>
@@ -7248,53 +7335,50 @@
   <x:si>
     <x:t>Providence Holy Family Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>5633 N Lidgerwood St</x:t>
   </x:si>
   <x:si>
     <x:t>Spokane</x:t>
   </x:si>
   <x:si>
     <x:t>99208</x:t>
   </x:si>
   <x:si>
     <x:t>Providence St. Peter Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>413 Lilly Road NE</x:t>
   </x:si>
   <x:si>
     <x:t>Olympia</x:t>
   </x:si>
   <x:si>
     <x:t>98501</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> 2015, 2020, 2025</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Seattle Children's Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>4800 Sand Point Way</x:t>
   </x:si>
   <x:si>
     <x:t>98105</x:t>
   </x:si>
   <x:si>
     <x:t>University of Washington Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>1959 NE Pacific Street</x:t>
   </x:si>
   <x:si>
     <x:t>98195</x:t>
   </x:si>
   <x:si>
     <x:t>1994</x:t>
   </x:si>
   <x:si>
     <x:t>1998, 2002, 2006, 2011, 2016, 2022</x:t>
   </x:si>
   <x:si>
     <x:t>West Virginia University Hospitals</x:t>
@@ -7395,219 +7479,216 @@
   <x:si>
     <x:t>54703-5222</x:t>
   </x:si>
   <x:si>
     <x:t>UW Health</x:t>
   </x:si>
   <x:si>
     <x:t>600 Highland Ave.</x:t>
   </x:si>
   <x:si>
     <x:t>Madison</x:t>
   </x:si>
   <x:si>
     <x:t>53792</x:t>
   </x:si>
   <x:si>
     <x:t>Cheyenne Regional Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>214 E. 23rd St</x:t>
   </x:si>
   <x:si>
     <x:t>Cheyenne</x:t>
   </x:si>
   <x:si>
-    <x:t>Wyoming</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>82001</x:t>
   </x:si>
   <x:si>
     <x:t>Memorial Hospital of Laramie County d/b/a Cheyenne Regional Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">	King Fahad Specialist Hospital Dammam</x:t>
   </x:si>
   <x:si>
     <x:t>Eastern Health Cluster 6408 Amer Bin Thabet Al Muraikbat District Dammam 32253 EDMB6408</x:t>
   </x:si>
   <x:si>
     <x:t>Dammam, Eastern Province, Saudia Arabia</x:t>
   </x:si>
   <x:si>
     <x:t>32253</x:t>
   </x:si>
   <x:si>
     <x:t>Saudi Arabia</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Fundación Santa Fe De Bogotá</x:t>
+    <x:t>Almoosa Specialist Hospital</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dhahran Street, Alfai</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Al Mubarraz</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36342</x:t>
+  </x:si>
+  <x:si>
+    <x:t>American University of Beirut Medical Center</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riad El Solh, 1107 2020 PO Box 11-0236</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beirut</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lebanon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cleveland Clinic Abu Dhabi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PO Box 112412</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Abu Dhabi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>112412</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Arab Emirates</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Clinica Universidad De Navarra- Pamplona</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pio XII, 36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pamplona</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Spain</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fundación Santa Fe De Bogotá</x:t>
   </x:si>
   <x:si>
     <x:t>Calle 119 #7-75</x:t>
   </x:si>
   <x:si>
     <x:t>Bogotá</x:t>
   </x:si>
   <x:si>
     <x:t>110111</x:t>
   </x:si>
   <x:si>
     <x:t>Colombia</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> King Faisal Hospital &amp; Research Center - Riyadh</x:t>
+    <x:t>Gold Coast Health</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1 Hospital Boulevard</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Southport</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4215</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hospital Israelita Albert Einstein</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Avenida Albert Einstein</x:t>
+  </x:si>
+  <x:si>
+    <x:t>São Paulo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05640-001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brazil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HUS Comprehensive Cancer Center</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Paciuksenkatu 3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Helsinki</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FI-00029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Finland</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HUS Heart and Lung Center</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Haartmaninkatu 4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Meilahti Tower Hospital</x:t>
+  </x:si>
+  <x:si>
+    <x:t>King Fahd Military Medical Complex</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Abqaiq Road</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dhahran</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31932</x:t>
+  </x:si>
+  <x:si>
+    <x:t>King Faisal Hospital &amp; Research Center - Riyadh</x:t>
   </x:si>
   <x:si>
     <x:t>PO BOX 3354</x:t>
   </x:si>
   <x:si>
     <x:t>Riyadh</x:t>
   </x:si>
   <x:si>
     <x:t>11211</x:t>
-  </x:si>
-[...118 lines deleted...]
-    <x:t>31932</x:t>
   </x:si>
   <x:si>
     <x:t>King Faisal Specialist Hospital &amp; Research Centre - Jeddah</x:t>
   </x:si>
   <x:si>
     <x:t>40047, Al Rawdah Road</x:t>
   </x:si>
   <x:si>
     <x:t>P.O. Box 40047</x:t>
   </x:si>
   <x:si>
     <x:t>Jeddah, Makkah Province</x:t>
   </x:si>
   <x:si>
     <x:t>21499</x:t>
   </x:si>
   <x:si>
     <x:t>Prince Sultan Cardiac Center</x:t>
   </x:si>
   <x:si>
     <x:t>Makkah Almukarama Branch Rd</x:t>
   </x:si>
   <x:si>
     <x:t>King Abdulaziz</x:t>
   </x:si>
@@ -8092,67 +8173,67 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:K642"/>
+  <x:dimension ref="A1:K648"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="255" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="85.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="48.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="39.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="18.567768" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="19.853482" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="12.853482" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="128.567768" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="15.853482" style="0" customWidth="1"/>
-    <x:col min="11" max="11" width="36.710625" style="0" customWidth="1"/>
+    <x:col min="11" max="11" width="31.424911" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F1" s="1" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G1" s="1" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="H1" s="1" t="s">
@@ -8625,15820 +8706,15979 @@
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A20" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="D20" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="E20" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F20" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="G20" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J20" s="0" t="s">
-        <x:v>108</x:v>
-[...2 lines deleted...]
-        <x:v>109</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A21" s="0" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="B21" s="0" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="D21" s="0" t="s">
         <x:v>110</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>112</x:v>
       </x:c>
       <x:c r="E21" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F21" s="0" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="G21" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J21" s="0" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="K21" s="0" t="s">
         <x:v>113</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A22" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="D22" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E22" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F22" s="0" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="G22" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J22" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="G22" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="J22" s="0" t="s">
+      <x:c r="K22" s="0" t="s">
         <x:v>118</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A23" s="0" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="B23" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="B23" s="0" t="s">
+      <x:c r="D23" s="0" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>116</x:v>
       </x:c>
       <x:c r="E23" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F23" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="K23" s="0" t="s">
         <x:v>123</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A24" s="0" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="B24" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
-      <x:c r="B24" s="0" t="s">
+      <x:c r="D24" s="0" t="s">
         <x:v>126</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>105</x:v>
       </x:c>
       <x:c r="E24" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F24" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="G24" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J24" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="K24" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A25" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="D25" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="E25" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F25" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="K25" s="0" t="s">
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A26" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D26" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E26" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F26" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="G26" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J26" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="K26" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A27" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D27" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E27" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F27" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
-        <x:v>141</x:v>
-[...2 lines deleted...]
-    <x:row r="28" spans="1:11" ht="14.25" customHeight="1">
+        <x:v>142</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:11" ht="28.5" customHeight="1">
       <x:c r="A28" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="D28" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="E28" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F28" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="G28" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
+      <x:c r="I28" s="2" t="s">
+        <x:v>147</x:v>
+      </x:c>
       <x:c r="J28" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K28" s="0" t="s">
-        <x:v>146</x:v>
-[...2 lines deleted...]
-    <x:row r="29" spans="1:11" ht="28.5" customHeight="1">
+        <x:v>148</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A29" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="D29" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E29" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F29" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="I29" s="2" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J29" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A30" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="D30" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="E30" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F30" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="G30" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J30" s="0" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="K30" s="0" t="s">
         <x:v>123</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A31" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="D31" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E31" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F31" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
-        <x:v>161</x:v>
-[...1 lines deleted...]
-      <x:c r="K31" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:11" ht="14.25" customHeight="1">
+      <x:c r="A32" s="2" t="s">
         <x:v>162</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A32" s="0" t="s">
+      <x:c r="B32" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="B32" s="0" t="s">
+      <x:c r="D32" s="0" t="s">
         <x:v>164</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>116</x:v>
       </x:c>
       <x:c r="E32" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F32" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="G32" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J32" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:11" ht="14.25" customHeight="1">
-      <x:c r="A33" s="2" t="s">
+      <x:c r="A33" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="D33" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="E33" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F33" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A34" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="D34" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="E34" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F34" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="G34" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J34" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A35" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="D35" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="E35" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F35" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="K35" s="0" t="s">
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A36" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="D36" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E36" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F36" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="G36" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J36" s="0" t="s">
-        <x:v>42</x:v>
-[...1 lines deleted...]
-      <x:c r="K36" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A37" s="0" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="B37" s="0" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="C37" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="B37" s="0" t="s">
+      <x:c r="D37" s="0" t="s">
         <x:v>183</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>116</x:v>
       </x:c>
       <x:c r="E37" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F37" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A38" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
-        <x:v>185</x:v>
-[...1 lines deleted...]
-      <x:c r="C38" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="D38" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="E38" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F38" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="G38" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J38" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="K38" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A39" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="D39" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="E39" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F39" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
-        <x:v>24</x:v>
-[...1 lines deleted...]
-      <x:c r="K39" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A40" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="D40" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="E40" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F40" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="G40" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J40" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A41" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="D41" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="E41" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F41" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A42" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="D42" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="E42" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F42" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="G42" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J42" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A43" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="D43" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="E43" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F43" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A44" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D44" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E44" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F44" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="G44" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J44" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="K44" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A45" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="B45" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
-      <x:c r="B45" s="0" t="s">
+      <x:c r="D45" s="0" t="s">
         <x:v>214</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>116</x:v>
       </x:c>
       <x:c r="E45" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F45" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A46" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D46" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E46" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F46" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="G46" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J46" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K46" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A47" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D47" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E47" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F47" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
-        <x:v>37</x:v>
-[...1 lines deleted...]
-      <x:c r="K47" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A48" s="0" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="B48" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
-      <x:c r="B48" s="0" t="s">
+      <x:c r="D48" s="0" t="s">
         <x:v>222</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>116</x:v>
       </x:c>
       <x:c r="E48" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F48" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="G48" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J48" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="K48" s="0" t="s">
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A49" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="D49" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="E49" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F49" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A50" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="D50" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="E50" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F50" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="G50" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J50" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="K50" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A51" s="0" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="B51" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
-      <x:c r="B51" s="0" t="s">
+      <x:c r="D51" s="0" t="s">
         <x:v>235</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>231</x:v>
       </x:c>
       <x:c r="E51" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F51" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A52" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="D52" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="E52" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F52" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="G52" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J52" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K52" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A53" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="D53" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="E53" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F53" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A54" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="D54" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="E54" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F54" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="G54" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J54" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="K54" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A55" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="D55" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="E55" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F55" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
-        <x:v>256</x:v>
-[...2 lines deleted...]
-        <x:v>257</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A56" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="D56" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="E56" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F56" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="G56" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J56" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="K56" s="0" t="s">
+        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A57" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="D57" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="E57" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F57" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A58" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="D58" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="E58" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F58" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="G58" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J58" s="0" t="s">
-        <x:v>241</x:v>
-[...2 lines deleted...]
-        <x:v>88</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A59" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="D59" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="E59" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F59" s="0" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="G59" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J59" s="0" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="K59" s="0" t="s">
         <x:v>274</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A60" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="D60" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="E60" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F60" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="G60" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J60" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K60" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A61" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="D61" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="E61" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F61" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="K61" s="0" t="s">
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A62" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="D62" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="E62" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F62" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="G62" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J62" s="0" t="s">
-        <x:v>31</x:v>
-[...2 lines deleted...]
-        <x:v>285</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A63" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="D63" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E63" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F63" s="0" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="G63" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J63" s="0" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="K63" s="0" t="s">
         <x:v>289</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A64" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="D64" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="E64" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F64" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="G64" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J64" s="0" t="s">
-        <x:v>31</x:v>
-[...2 lines deleted...]
-        <x:v>141</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A65" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="D65" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="E65" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F65" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="K65" s="0" t="s">
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A66" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="D66" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="E66" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F66" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="G66" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J66" s="0" t="s">
-        <x:v>65</x:v>
-[...2 lines deleted...]
-        <x:v>66</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A67" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="D67" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="E67" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F67" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A68" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="D68" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="E68" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F68" s="0" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="G68" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J68" s="0" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="K68" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
-      <x:c r="G68" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="K68" s="0" t="s">
+    </x:row>
+    <x:row r="69" spans="1:11" ht="14.25" customHeight="1">
+      <x:c r="A69" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A69" s="0" t="s">
+      <x:c r="B69" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
-      <x:c r="B69" s="0" t="s">
+      <x:c r="D69" s="0" t="s">
         <x:v>312</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>116</x:v>
       </x:c>
       <x:c r="E69" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F69" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="I69" s="2" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J69" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
-        <x:v>102</x:v>
-[...2 lines deleted...]
-    <x:row r="70" spans="1:11" ht="14.25" customHeight="1">
+        <x:v>314</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:11" ht="42.75" customHeight="1">
       <x:c r="A70" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="D70" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E70" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F70" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="G70" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
+      <x:c r="I70" s="2" t="s">
+        <x:v>317</x:v>
+      </x:c>
       <x:c r="J70" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="K70" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A71" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="D71" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="E71" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F71" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A72" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="D72" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E72" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F72" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="G72" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J72" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="K72" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A73" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="D73" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="E73" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F73" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A74" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="D74" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="E74" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F74" s="0" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="G74" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J74" s="0" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="K74" s="0" t="s">
         <x:v>332</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A75" s="0" t="s">
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="B75" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
-      <x:c r="B75" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D75" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="E75" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F75" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A76" s="0" t="s">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="B76" s="0" t="s">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="C76" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
-      <x:c r="B76" s="0" t="s">
+      <x:c r="D76" s="0" t="s">
         <x:v>340</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>341</x:v>
       </x:c>
       <x:c r="E76" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F76" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="G76" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J76" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="K76" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A77" s="0" t="s">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="B77" s="0" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="D77" s="0" t="s">
         <x:v>344</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>346</x:v>
       </x:c>
       <x:c r="E77" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F77" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A78" s="0" t="s">
+        <x:v>347</x:v>
+      </x:c>
+      <x:c r="B78" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
-      <x:c r="B78" s="0" t="s">
+      <x:c r="D78" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
-      <x:c r="D78" s="0" t="s">
+      <x:c r="E78" s="0" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="F78" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
-      <x:c r="E78" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G78" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="I78" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J78" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="K78" s="0" t="s">
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A79" s="0" t="s">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="B79" s="0" t="s">
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="D79" s="0" t="s">
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="E79" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
-      <x:c r="B79" s="0" t="s">
+      <x:c r="F79" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
-      <x:c r="D79" s="0" t="s">
+      <x:c r="G79" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I79" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
-      <x:c r="E79" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="J79" s="0" t="s">
-        <x:v>37</x:v>
-[...2 lines deleted...]
-        <x:v>93</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A80" s="0" t="s">
+        <x:v>357</x:v>
+      </x:c>
+      <x:c r="B80" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
-      <x:c r="B80" s="0" t="s">
+      <x:c r="D80" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
-      <x:c r="D80" s="0" t="s">
+      <x:c r="E80" s="0" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="F80" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
-      <x:c r="E80" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G80" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J80" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K80" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A81" s="0" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="B81" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
-      <x:c r="B81" s="0" t="s">
+      <x:c r="D81" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
-      <x:c r="D81" s="0" t="s">
+      <x:c r="E81" s="0" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="F81" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
-      <x:c r="E81" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
-        <x:v>367</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A82" s="0" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="B82" s="0" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="D82" s="0" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="E82" s="0" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="F82" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
-      <x:c r="B82" s="0" t="s">
+      <x:c r="G82" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J82" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
-      <x:c r="D82" s="0" t="s">
+      <x:c r="K82" s="0" t="s">
         <x:v>370</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A83" s="0" t="s">
+        <x:v>371</x:v>
+      </x:c>
+      <x:c r="B83" s="0" t="s">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="D83" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
-      <x:c r="B83" s="0" t="s">
+      <x:c r="E83" s="0" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="F83" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
-      <x:c r="D83" s="0" t="s">
+      <x:c r="G83" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J83" s="0" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="K83" s="0" t="s">
         <x:v>375</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A84" s="0" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="B84" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
-      <x:c r="B84" s="0" t="s">
+      <x:c r="D84" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
-      <x:c r="D84" s="0" t="s">
+      <x:c r="E84" s="0" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="F84" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
-      <x:c r="E84" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G84" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J84" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="K84" s="0" t="s">
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A85" s="0" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="B85" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
-      <x:c r="B85" s="0" t="s">
+      <x:c r="D85" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
-      <x:c r="D85" s="0" t="s">
+      <x:c r="E85" s="0" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="F85" s="0" t="s">
         <x:v>383</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>384</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A86" s="0" t="s">
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="B86" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
-      <x:c r="B86" s="0" t="s">
+      <x:c r="D86" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
-      <x:c r="D86" s="0" t="s">
+      <x:c r="E86" s="0" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="F86" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
-      <x:c r="E86" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G86" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J86" s="0" t="s">
-        <x:v>31</x:v>
-[...2 lines deleted...]
-        <x:v>389</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A87" s="0" t="s">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="B87" s="0" t="s">
+        <x:v>389</x:v>
+      </x:c>
+      <x:c r="D87" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
-      <x:c r="B87" s="0" t="s">
+      <x:c r="E87" s="0" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="F87" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
-      <x:c r="D87" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
-        <x:v>393</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A88" s="0" t="s">
+        <x:v>392</x:v>
+      </x:c>
+      <x:c r="B88" s="0" t="s">
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="D88" s="0" t="s">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="E88" s="0" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="F88" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
-      <x:c r="B88" s="0" t="s">
+      <x:c r="G88" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J88" s="0" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="K88" s="0" t="s">
         <x:v>395</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A89" s="0" t="s">
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="B89" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
-      <x:c r="B89" s="0" t="s">
+      <x:c r="D89" s="0" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="E89" s="0" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="F89" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
-      <x:c r="D89" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A90" s="0" t="s">
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="B90" s="0" t="s">
+        <x:v>400</x:v>
+      </x:c>
+      <x:c r="D90" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
-      <x:c r="B90" s="0" t="s">
+      <x:c r="E90" s="0" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="F90" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
-      <x:c r="D90" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G90" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="I90" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J90" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K90" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A91" s="0" t="s">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="B91" s="0" t="s">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="D91" s="0" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="E91" s="0" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="F91" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
-      <x:c r="B91" s="0" t="s">
+      <x:c r="G91" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I91" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
-      <x:c r="D91" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="J91" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="K91" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A92" s="0" t="s">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="B92" s="0" t="s">
+        <x:v>408</x:v>
+      </x:c>
+      <x:c r="D92" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
-      <x:c r="B92" s="0" t="s">
+      <x:c r="E92" s="0" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="F92" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
-      <x:c r="D92" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G92" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J92" s="0" t="s">
-        <x:v>161</x:v>
-[...2 lines deleted...]
-        <x:v>413</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A93" s="0" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="B93" s="0" t="s">
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="D93" s="0" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="E93" s="0" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="F93" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
-      <x:c r="B93" s="0" t="s">
+      <x:c r="G93" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J93" s="0" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="K93" s="0" t="s">
         <x:v>415</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A94" s="0" t="s">
+        <x:v>416</x:v>
+      </x:c>
+      <x:c r="B94" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
-      <x:c r="B94" s="0" t="s">
+      <x:c r="D94" s="0" t="s">
+        <x:v>378</x:v>
+      </x:c>
+      <x:c r="E94" s="0" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="F94" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
-      <x:c r="D94" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G94" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J94" s="0" t="s">
-        <x:v>118</x:v>
-[...2 lines deleted...]
-        <x:v>421</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A95" s="0" t="s">
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="B95" s="0" t="s">
+        <x:v>420</x:v>
+      </x:c>
+      <x:c r="D95" s="0" t="s">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="E95" s="0" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="F95" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
-      <x:c r="B95" s="0" t="s">
+      <x:c r="G95" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J95" s="0" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="K95" s="0" t="s">
         <x:v>423</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A96" s="0" t="s">
+        <x:v>424</x:v>
+      </x:c>
+      <x:c r="B96" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
-      <x:c r="B96" s="0" t="s">
+      <x:c r="D96" s="0" t="s">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="E96" s="0" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="F96" s="0" t="s">
+        <x:v>374</x:v>
+      </x:c>
+      <x:c r="G96" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J96" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="K96" s="0" t="s">
         <x:v>426</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A97" s="0" t="s">
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="B97" s="0" t="s">
+        <x:v>428</x:v>
+      </x:c>
+      <x:c r="D97" s="0" t="s">
+        <x:v>429</x:v>
+      </x:c>
+      <x:c r="E97" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
-      <x:c r="B97" s="0" t="s">
+      <x:c r="F97" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
-      <x:c r="D97" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
-        <x:v>228</x:v>
-[...2 lines deleted...]
-        <x:v>102</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A98" s="0" t="s">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="B98" s="0" t="s">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="D98" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
-      <x:c r="B98" s="0" t="s">
+      <x:c r="E98" s="0" t="s">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="F98" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
-      <x:c r="D98" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G98" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J98" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K98" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A99" s="0" t="s">
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="B99" s="0" t="s">
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="D99" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
-      <x:c r="B99" s="0" t="s">
+      <x:c r="E99" s="0" t="s">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="F99" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
-      <x:c r="D99" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A100" s="0" t="s">
-        <x:v>444</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="D100" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="E100" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="F100" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="G100" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J100" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="K100" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A101" s="0" t="s">
+        <x:v>444</x:v>
+      </x:c>
+      <x:c r="B101" s="0" t="s">
+        <x:v>445</x:v>
+      </x:c>
+      <x:c r="D101" s="0" t="s">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c r="E101" s="0" t="s">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="F101" s="0" t="s">
+        <x:v>447</x:v>
+      </x:c>
+      <x:c r="G101" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J101" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
-      <x:c r="B101" s="0" t="s">
+      <x:c r="K101" s="0" t="s">
         <x:v>449</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A102" s="0" t="s">
+        <x:v>450</x:v>
+      </x:c>
+      <x:c r="B102" s="0" t="s">
+        <x:v>451</x:v>
+      </x:c>
+      <x:c r="D102" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
-      <x:c r="B102" s="0" t="s">
+      <x:c r="E102" s="0" t="s">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="F102" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
-      <x:c r="D102" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G102" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J102" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="K102" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A103" s="0" t="s">
+        <x:v>454</x:v>
+      </x:c>
+      <x:c r="B103" s="0" t="s">
+        <x:v>455</x:v>
+      </x:c>
+      <x:c r="D103" s="0" t="s">
+        <x:v>456</x:v>
+      </x:c>
+      <x:c r="E103" s="0" t="s">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="F103" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
-      <x:c r="B103" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A104" s="0" t="s">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="B104" s="0" t="s">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="D104" s="0" t="s">
+        <x:v>460</x:v>
+      </x:c>
+      <x:c r="E104" s="0" t="s">
+        <x:v>461</x:v>
+      </x:c>
+      <x:c r="F104" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
-      <x:c r="B104" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G104" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="I104" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J104" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K104" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A105" s="0" t="s">
+        <x:v>463</x:v>
+      </x:c>
+      <x:c r="B105" s="0" t="s">
+        <x:v>464</x:v>
+      </x:c>
+      <x:c r="D105" s="0" t="s">
+        <x:v>465</x:v>
+      </x:c>
+      <x:c r="E105" s="0" t="s">
+        <x:v>461</x:v>
+      </x:c>
+      <x:c r="F105" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
-      <x:c r="B105" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A106" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="D106" s="0" t="s">
-        <x:v>473</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="E106" s="0" t="s">
+        <x:v>461</x:v>
+      </x:c>
+      <x:c r="F106" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
-      <x:c r="F106" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G106" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
+      <x:c r="I106" s="0" t="s">
+        <x:v>470</x:v>
+      </x:c>
       <x:c r="J106" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="K106" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A107" s="0" t="s">
-        <x:v>476</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>477</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D107" s="0" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="E107" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="F107" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="K107" s="0" t="s">
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A108" s="0" t="s">
+        <x:v>476</x:v>
+      </x:c>
+      <x:c r="B108" s="0" t="s">
+        <x:v>477</x:v>
+      </x:c>
+      <x:c r="D108" s="0" t="s">
+        <x:v>478</x:v>
+      </x:c>
+      <x:c r="E108" s="0" t="s">
+        <x:v>474</x:v>
+      </x:c>
+      <x:c r="F108" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
-      <x:c r="B108" s="0" t="s">
+      <x:c r="G108" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J108" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="K108" s="0" t="s">
         <x:v>480</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A109" s="0" t="s">
+        <x:v>481</x:v>
+      </x:c>
+      <x:c r="B109" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
-      <x:c r="B109" s="0" t="s">
+      <x:c r="D109" s="0" t="s">
+        <x:v>478</x:v>
+      </x:c>
+      <x:c r="E109" s="0" t="s">
+        <x:v>474</x:v>
+      </x:c>
+      <x:c r="F109" s="0" t="s">
         <x:v>483</x:v>
       </x:c>
-      <x:c r="D109" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A110" s="0" t="s">
-        <x:v>487</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="D110" s="0" t="s">
-        <x:v>489</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="E110" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="F110" s="0" t="s">
-        <x:v>490</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="G110" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J110" s="0" t="s">
-        <x:v>73</x:v>
-[...2 lines deleted...]
-        <x:v>317</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A111" s="0" t="s">
+        <x:v>487</x:v>
+      </x:c>
+      <x:c r="B111" s="0" t="s">
+        <x:v>488</x:v>
+      </x:c>
+      <x:c r="D111" s="0" t="s">
+        <x:v>489</x:v>
+      </x:c>
+      <x:c r="E111" s="0" t="s">
+        <x:v>490</x:v>
+      </x:c>
+      <x:c r="F111" s="0" t="s">
         <x:v>491</x:v>
       </x:c>
-      <x:c r="B111" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
-        <x:v>496</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A112" s="0" t="s">
-        <x:v>497</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
-        <x:v>498</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="D112" s="0" t="s">
-        <x:v>499</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="E112" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="F112" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="G112" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J112" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K112" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A113" s="0" t="s">
+        <x:v>496</x:v>
+      </x:c>
+      <x:c r="B113" s="0" t="s">
+        <x:v>497</x:v>
+      </x:c>
+      <x:c r="D113" s="0" t="s">
+        <x:v>498</x:v>
+      </x:c>
+      <x:c r="E113" s="0" t="s">
+        <x:v>490</x:v>
+      </x:c>
+      <x:c r="F113" s="0" t="s">
+        <x:v>499</x:v>
+      </x:c>
+      <x:c r="G113" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J113" s="0" t="s">
+        <x:v>500</x:v>
+      </x:c>
+      <x:c r="K113" s="0" t="s">
         <x:v>501</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A114" s="0" t="s">
+        <x:v>502</x:v>
+      </x:c>
+      <x:c r="B114" s="0" t="s">
+        <x:v>503</x:v>
+      </x:c>
+      <x:c r="D114" s="0" t="s">
+        <x:v>504</x:v>
+      </x:c>
+      <x:c r="E114" s="0" t="s">
+        <x:v>490</x:v>
+      </x:c>
+      <x:c r="F114" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
-      <x:c r="B114" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G114" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J114" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="K114" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A115" s="0" t="s">
+        <x:v>506</x:v>
+      </x:c>
+      <x:c r="B115" s="0" t="s">
+        <x:v>507</x:v>
+      </x:c>
+      <x:c r="D115" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
-      <x:c r="B115" s="0" t="s">
+      <x:c r="E115" s="0" t="s">
+        <x:v>490</x:v>
+      </x:c>
+      <x:c r="F115" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
-      <x:c r="D115" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A116" s="0" t="s">
+        <x:v>510</x:v>
+      </x:c>
+      <x:c r="B116" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
-      <x:c r="B116" s="0" t="s">
+      <x:c r="D116" s="0" t="s">
+        <x:v>498</x:v>
+      </x:c>
+      <x:c r="E116" s="0" t="s">
+        <x:v>490</x:v>
+      </x:c>
+      <x:c r="F116" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
-      <x:c r="D116" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G116" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J116" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K116" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A117" s="0" t="s">
-        <x:v>516</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>517</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="D117" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="E117" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="F117" s="0" t="s">
-        <x:v>519</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A118" s="0" t="s">
+        <x:v>516</x:v>
+      </x:c>
+      <x:c r="B118" s="0" t="s">
+        <x:v>517</x:v>
+      </x:c>
+      <x:c r="D118" s="0" t="s">
+        <x:v>518</x:v>
+      </x:c>
+      <x:c r="E118" s="0" t="s">
+        <x:v>490</x:v>
+      </x:c>
+      <x:c r="F118" s="0" t="s">
+        <x:v>519</x:v>
+      </x:c>
+      <x:c r="G118" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J118" s="0" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="K118" s="0" t="s">
         <x:v>520</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>515</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A119" s="0" t="s">
+        <x:v>521</x:v>
+      </x:c>
+      <x:c r="B119" s="0" t="s">
+        <x:v>522</x:v>
+      </x:c>
+      <x:c r="D119" s="0" t="s">
+        <x:v>523</x:v>
+      </x:c>
+      <x:c r="E119" s="0" t="s">
+        <x:v>490</x:v>
+      </x:c>
+      <x:c r="F119" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
-      <x:c r="B119" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A120" s="0" t="s">
+        <x:v>525</x:v>
+      </x:c>
+      <x:c r="B120" s="0" t="s">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="D120" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
-      <x:c r="B120" s="0" t="s">
+      <x:c r="E120" s="0" t="s">
+        <x:v>490</x:v>
+      </x:c>
+      <x:c r="F120" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
-      <x:c r="D120" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G120" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J120" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="K120" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A121" s="0" t="s">
+        <x:v>529</x:v>
+      </x:c>
+      <x:c r="B121" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
-      <x:c r="B121" s="0" t="s">
+      <x:c r="D121" s="0" t="s">
+        <x:v>523</x:v>
+      </x:c>
+      <x:c r="E121" s="0" t="s">
+        <x:v>490</x:v>
+      </x:c>
+      <x:c r="F121" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
-      <x:c r="D121" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="K121" s="0" t="s">
+        <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A122" s="0" t="s">
+        <x:v>532</x:v>
+      </x:c>
+      <x:c r="B122" s="0" t="s">
+        <x:v>533</x:v>
+      </x:c>
+      <x:c r="D122" s="0" t="s">
+        <x:v>523</x:v>
+      </x:c>
+      <x:c r="E122" s="0" t="s">
+        <x:v>490</x:v>
+      </x:c>
+      <x:c r="F122" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
-      <x:c r="B122" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G122" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J122" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="K122" s="0" t="s">
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A123" s="0" t="s">
+        <x:v>535</x:v>
+      </x:c>
+      <x:c r="B123" s="0" t="s">
+        <x:v>536</x:v>
+      </x:c>
+      <x:c r="D123" s="0" t="s">
+        <x:v>537</x:v>
+      </x:c>
+      <x:c r="E123" s="0" t="s">
+        <x:v>490</x:v>
+      </x:c>
+      <x:c r="F123" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
-      <x:c r="B123" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
-        <x:v>228</x:v>
-[...1 lines deleted...]
-      <x:c r="K123" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A124" s="0" t="s">
+        <x:v>539</x:v>
+      </x:c>
+      <x:c r="B124" s="0" t="s">
+        <x:v>540</x:v>
+      </x:c>
+      <x:c r="D124" s="0" t="s">
+        <x:v>541</x:v>
+      </x:c>
+      <x:c r="E124" s="0" t="s">
+        <x:v>490</x:v>
+      </x:c>
+      <x:c r="F124" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
-      <x:c r="B124" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G124" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J124" s="0" t="s">
-        <x:v>36</x:v>
-[...2 lines deleted...]
-        <x:v>55</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A125" s="0" t="s">
+        <x:v>543</x:v>
+      </x:c>
+      <x:c r="B125" s="0" t="s">
+        <x:v>544</x:v>
+      </x:c>
+      <x:c r="D125" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
-      <x:c r="B125" s="0" t="s">
+      <x:c r="E125" s="0" t="s">
+        <x:v>490</x:v>
+      </x:c>
+      <x:c r="F125" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
-      <x:c r="D125" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A126" s="0" t="s">
+        <x:v>547</x:v>
+      </x:c>
+      <x:c r="B126" s="0" t="s">
+        <x:v>548</x:v>
+      </x:c>
+      <x:c r="D126" s="0" t="s">
+        <x:v>523</x:v>
+      </x:c>
+      <x:c r="E126" s="0" t="s">
+        <x:v>490</x:v>
+      </x:c>
+      <x:c r="F126" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
-      <x:c r="B126" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G126" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J126" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K126" s="0" t="s">
-        <x:v>552</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A127" s="0" t="s">
+        <x:v>550</x:v>
+      </x:c>
+      <x:c r="B127" s="0" t="s">
+        <x:v>551</x:v>
+      </x:c>
+      <x:c r="D127" s="0" t="s">
+        <x:v>552</x:v>
+      </x:c>
+      <x:c r="E127" s="0" t="s">
+        <x:v>490</x:v>
+      </x:c>
+      <x:c r="F127" s="0" t="s">
         <x:v>553</x:v>
       </x:c>
-      <x:c r="B127" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A128" s="0" t="s">
-        <x:v>557</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
-        <x:v>558</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="D128" s="0" t="s">
-        <x:v>489</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="E128" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="F128" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="G128" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J128" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="K128" s="0" t="s">
+        <x:v>557</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A129" s="0" t="s">
+        <x:v>558</x:v>
+      </x:c>
+      <x:c r="B129" s="0" t="s">
         <x:v>559</x:v>
       </x:c>
-      <x:c r="B129" s="0" t="s">
+      <x:c r="C129" s="0" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="D129" s="0" t="s">
+        <x:v>494</x:v>
+      </x:c>
+      <x:c r="E129" s="0" t="s">
+        <x:v>490</x:v>
+      </x:c>
+      <x:c r="F129" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
-      <x:c r="E129" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A130" s="0" t="s">
+        <x:v>562</x:v>
+      </x:c>
+      <x:c r="B130" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
-      <x:c r="B130" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D130" s="0" t="s">
-        <x:v>547</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="E130" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="F130" s="0" t="s">
-        <x:v>565</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="G130" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="I130" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J130" s="0" t="s">
-        <x:v>31</x:v>
-[...2 lines deleted...]
-        <x:v>567</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A131" s="0" t="s">
-        <x:v>568</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>569</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="D131" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="E131" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="F131" s="0" t="s">
-        <x:v>570</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A132" s="0" t="s">
+        <x:v>568</x:v>
+      </x:c>
+      <x:c r="B132" s="0" t="s">
+        <x:v>569</x:v>
+      </x:c>
+      <x:c r="D132" s="0" t="s">
+        <x:v>552</x:v>
+      </x:c>
+      <x:c r="E132" s="0" t="s">
+        <x:v>490</x:v>
+      </x:c>
+      <x:c r="F132" s="0" t="s">
+        <x:v>570</x:v>
+      </x:c>
+      <x:c r="G132" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I132" s="0" t="s">
         <x:v>571</x:v>
       </x:c>
-      <x:c r="B132" s="0" t="s">
+      <x:c r="J132" s="0" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="K132" s="0" t="s">
         <x:v>572</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A133" s="0" t="s">
+        <x:v>573</x:v>
+      </x:c>
+      <x:c r="B133" s="0" t="s">
+        <x:v>574</x:v>
+      </x:c>
+      <x:c r="D133" s="0" t="s">
+        <x:v>523</x:v>
+      </x:c>
+      <x:c r="E133" s="0" t="s">
+        <x:v>490</x:v>
+      </x:c>
+      <x:c r="F133" s="0" t="s">
         <x:v>575</x:v>
       </x:c>
-      <x:c r="B133" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="K133" s="0" t="s">
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A134" s="0" t="s">
+        <x:v>576</x:v>
+      </x:c>
+      <x:c r="B134" s="0" t="s">
+        <x:v>577</x:v>
+      </x:c>
+      <x:c r="D134" s="0" t="s">
         <x:v>578</x:v>
       </x:c>
-      <x:c r="B134" s="0" t="s">
+      <x:c r="E134" s="0" t="s">
+        <x:v>490</x:v>
+      </x:c>
+      <x:c r="F134" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
-      <x:c r="D134" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G134" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J134" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="K134" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A135" s="0" t="s">
+        <x:v>580</x:v>
+      </x:c>
+      <x:c r="B135" s="0" t="s">
         <x:v>581</x:v>
       </x:c>
-      <x:c r="B135" s="0" t="s">
+      <x:c r="D135" s="0" t="s">
+        <x:v>498</x:v>
+      </x:c>
+      <x:c r="E135" s="0" t="s">
+        <x:v>490</x:v>
+      </x:c>
+      <x:c r="F135" s="0" t="s">
         <x:v>582</x:v>
       </x:c>
-      <x:c r="D135" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A136" s="0" t="s">
-        <x:v>586</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
-        <x:v>587</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="D136" s="0" t="s">
-        <x:v>588</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="E136" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="F136" s="0" t="s">
-        <x:v>589</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="G136" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J136" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="K136" s="0" t="s">
-        <x:v>590</x:v>
+        <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A137" s="0" t="s">
-        <x:v>591</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>592</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="D137" s="0" t="s">
-        <x:v>593</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="E137" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="F137" s="0" t="s">
-        <x:v>594</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
-        <x:v>595</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A138" s="0" t="s">
-        <x:v>596</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
-        <x:v>597</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="D138" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="E138" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="F138" s="0" t="s">
-        <x:v>598</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="G138" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J138" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="K138" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>595</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A139" s="0" t="s">
+        <x:v>596</x:v>
+      </x:c>
+      <x:c r="B139" s="0" t="s">
+        <x:v>597</x:v>
+      </x:c>
+      <x:c r="D139" s="0" t="s">
+        <x:v>598</x:v>
+      </x:c>
+      <x:c r="E139" s="0" t="s">
+        <x:v>589</x:v>
+      </x:c>
+      <x:c r="F139" s="0" t="s">
         <x:v>599</x:v>
       </x:c>
-      <x:c r="B139" s="0" t="s">
+      <x:c r="G139" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J139" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="K139" s="0" t="s">
         <x:v>600</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>603</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A140" s="0" t="s">
-        <x:v>604</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
-        <x:v>605</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="D140" s="0" t="s">
-        <x:v>606</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="E140" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="F140" s="0" t="s">
-        <x:v>607</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="G140" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="I140" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J140" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="K140" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A141" s="0" t="s">
-        <x:v>609</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>610</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="D141" s="0" t="s">
-        <x:v>611</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="E141" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="F141" s="0" t="s">
-        <x:v>612</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
-        <x:v>37</x:v>
-[...2 lines deleted...]
-        <x:v>93</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A142" s="0" t="s">
-        <x:v>613</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
-        <x:v>614</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="D142" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="E142" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="F142" s="0" t="s">
-        <x:v>598</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="G142" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
+      <x:c r="I142" s="0" t="s">
+        <x:v>612</x:v>
+      </x:c>
       <x:c r="J142" s="0" t="s">
-        <x:v>615</x:v>
-[...2 lines deleted...]
-        <x:v>616</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A143" s="0" t="s">
-        <x:v>617</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>618</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="D143" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="E143" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="F143" s="0" t="s">
-        <x:v>619</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A144" s="0" t="s">
+        <x:v>617</x:v>
+      </x:c>
+      <x:c r="B144" s="0" t="s">
+        <x:v>618</x:v>
+      </x:c>
+      <x:c r="D144" s="0" t="s">
+        <x:v>588</x:v>
+      </x:c>
+      <x:c r="E144" s="0" t="s">
+        <x:v>589</x:v>
+      </x:c>
+      <x:c r="F144" s="0" t="s">
+        <x:v>603</x:v>
+      </x:c>
+      <x:c r="G144" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J144" s="0" t="s">
+        <x:v>619</x:v>
+      </x:c>
+      <x:c r="K144" s="0" t="s">
         <x:v>620</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A145" s="0" t="s">
+        <x:v>621</x:v>
+      </x:c>
+      <x:c r="B145" s="0" t="s">
+        <x:v>622</x:v>
+      </x:c>
+      <x:c r="D145" s="0" t="s">
+        <x:v>588</x:v>
+      </x:c>
+      <x:c r="E145" s="0" t="s">
+        <x:v>589</x:v>
+      </x:c>
+      <x:c r="F145" s="0" t="s">
         <x:v>623</x:v>
       </x:c>
-      <x:c r="B145" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A146" s="0" t="s">
-        <x:v>627</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
-        <x:v>628</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="D146" s="0" t="s">
-        <x:v>593</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="E146" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="F146" s="0" t="s">
-        <x:v>629</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="G146" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J146" s="0" t="s">
-        <x:v>17</x:v>
-[...2 lines deleted...]
-        <x:v>595</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A147" s="0" t="s">
+        <x:v>627</x:v>
+      </x:c>
+      <x:c r="B147" s="0" t="s">
+        <x:v>628</x:v>
+      </x:c>
+      <x:c r="D147" s="0" t="s">
+        <x:v>629</x:v>
+      </x:c>
+      <x:c r="E147" s="0" t="s">
+        <x:v>589</x:v>
+      </x:c>
+      <x:c r="F147" s="0" t="s">
         <x:v>630</x:v>
       </x:c>
-      <x:c r="B147" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="K147" s="0" t="s">
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A148" s="0" t="s">
+        <x:v>631</x:v>
+      </x:c>
+      <x:c r="B148" s="0" t="s">
+        <x:v>632</x:v>
+      </x:c>
+      <x:c r="D148" s="0" t="s">
+        <x:v>598</x:v>
+      </x:c>
+      <x:c r="E148" s="0" t="s">
+        <x:v>589</x:v>
+      </x:c>
+      <x:c r="F148" s="0" t="s">
         <x:v>633</x:v>
       </x:c>
-      <x:c r="B148" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G148" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J148" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="K148" s="0" t="s">
+        <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A149" s="0" t="s">
-        <x:v>637</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>638</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="D149" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="E149" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="F149" s="0" t="s">
-        <x:v>640</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A150" s="0" t="s">
-        <x:v>641</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
-        <x:v>642</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="D150" s="0" t="s">
-        <x:v>643</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="E150" s="0" t="s">
-        <x:v>644</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="F150" s="0" t="s">
-        <x:v>645</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="G150" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J150" s="0" t="s">
-        <x:v>366</x:v>
-[...2 lines deleted...]
-        <x:v>393</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A151" s="0" t="s">
-        <x:v>646</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>647</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="D151" s="0" t="s">
-        <x:v>648</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="E151" s="0" t="s">
-        <x:v>649</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="F151" s="0" t="s">
-        <x:v>650</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
-        <x:v>65</x:v>
-[...2 lines deleted...]
-        <x:v>651</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A152" s="0" t="s">
-        <x:v>652</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
-        <x:v>653</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="D152" s="0" t="s">
-        <x:v>654</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="E152" s="0" t="s">
+        <x:v>648</x:v>
+      </x:c>
+      <x:c r="F152" s="0" t="s">
         <x:v>649</x:v>
       </x:c>
-      <x:c r="F152" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G152" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J152" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="K152" s="0" t="s">
-        <x:v>595</x:v>
+        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A153" s="0" t="s">
-        <x:v>656</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>657</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="D153" s="0" t="s">
-        <x:v>658</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="E153" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="F153" s="0" t="s">
-        <x:v>660</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>655</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A154" s="0" t="s">
-        <x:v>661</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
-        <x:v>662</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="D154" s="0" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="E154" s="0" t="s">
+        <x:v>653</x:v>
+      </x:c>
+      <x:c r="F154" s="0" t="s">
         <x:v>659</x:v>
       </x:c>
-      <x:c r="F154" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G154" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J154" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="K154" s="0" t="s">
-        <x:v>567</x:v>
+        <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A155" s="0" t="s">
+        <x:v>660</x:v>
+      </x:c>
+      <x:c r="B155" s="0" t="s">
+        <x:v>661</x:v>
+      </x:c>
+      <x:c r="D155" s="0" t="s">
+        <x:v>662</x:v>
+      </x:c>
+      <x:c r="E155" s="0" t="s">
         <x:v>663</x:v>
       </x:c>
-      <x:c r="B155" s="0" t="s">
+      <x:c r="F155" s="0" t="s">
         <x:v>664</x:v>
       </x:c>
-      <x:c r="D155" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A156" s="0" t="s">
-        <x:v>667</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
-        <x:v>668</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="D156" s="0" t="s">
-        <x:v>669</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="E156" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="F156" s="0" t="s">
-        <x:v>670</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="G156" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J156" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="K156" s="0" t="s">
-        <x:v>671</x:v>
+        <x:v>572</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A157" s="0" t="s">
-        <x:v>672</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>673</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="D157" s="0" t="s">
-        <x:v>674</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="E157" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="F157" s="0" t="s">
-        <x:v>675</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A158" s="0" t="s">
-        <x:v>676</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
-        <x:v>677</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="D158" s="0" t="s">
-        <x:v>678</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="E158" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="F158" s="0" t="s">
-        <x:v>679</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="G158" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J158" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="K158" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A159" s="0" t="s">
-        <x:v>680</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>681</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="D159" s="0" t="s">
-        <x:v>682</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="E159" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="F159" s="0" t="s">
-        <x:v>683</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
-        <x:v>684</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A160" s="0" t="s">
-        <x:v>685</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
-        <x:v>686</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="D160" s="0" t="s">
-        <x:v>687</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="E160" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="F160" s="0" t="s">
-        <x:v>688</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="G160" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J160" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="K160" s="0" t="s">
-        <x:v>689</x:v>
+        <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A161" s="0" t="s">
-        <x:v>690</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>691</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="D161" s="0" t="s">
-        <x:v>678</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="E161" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="F161" s="0" t="s">
-        <x:v>692</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
-        <x:v>693</x:v>
+        <x:v>688</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A162" s="0" t="s">
-        <x:v>694</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
-        <x:v>695</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="D162" s="0" t="s">
-        <x:v>696</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="E162" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="F162" s="0" t="s">
-        <x:v>697</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="G162" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J162" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="K162" s="0" t="s">
+        <x:v>693</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A163" s="0" t="s">
-        <x:v>698</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>699</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="D163" s="0" t="s">
-        <x:v>700</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="E163" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="F163" s="0" t="s">
-        <x:v>701</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>697</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A164" s="0" t="s">
-        <x:v>702</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
-        <x:v>703</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="D164" s="0" t="s">
-        <x:v>704</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="E164" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="F164" s="0" t="s">
-        <x:v>705</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="G164" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J164" s="0" t="s">
-        <x:v>366</x:v>
-[...2 lines deleted...]
-        <x:v>706</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A165" s="0" t="s">
-        <x:v>707</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>708</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="D165" s="0" t="s">
-        <x:v>709</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="E165" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="F165" s="0" t="s">
-        <x:v>710</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
-        <x:v>711</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A166" s="0" t="s">
-        <x:v>712</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
-        <x:v>713</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="D166" s="0" t="s">
-        <x:v>714</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="E166" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="F166" s="0" t="s">
-        <x:v>715</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="G166" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J166" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="K166" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A167" s="0" t="s">
-        <x:v>716</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>717</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="D167" s="0" t="s">
-        <x:v>718</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="E167" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="F167" s="0" t="s">
-        <x:v>719</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
-        <x:v>684</x:v>
+        <x:v>715</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A168" s="0" t="s">
-        <x:v>720</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
-        <x:v>721</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="D168" s="0" t="s">
-        <x:v>722</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="E168" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="F168" s="0" t="s">
-        <x:v>723</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="G168" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J168" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="K168" s="0" t="s">
-        <x:v>724</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A169" s="0" t="s">
-        <x:v>725</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>726</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="D169" s="0" t="s">
-        <x:v>727</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="E169" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="F169" s="0" t="s">
-        <x:v>728</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
-        <x:v>706</x:v>
+        <x:v>688</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A170" s="0" t="s">
-        <x:v>729</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
-        <x:v>730</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="D170" s="0" t="s">
-        <x:v>731</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="E170" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="F170" s="0" t="s">
-        <x:v>732</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="G170" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J170" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K170" s="0" t="s">
-        <x:v>706</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A171" s="0" t="s">
-        <x:v>733</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>734</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="D171" s="0" t="s">
-        <x:v>735</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="E171" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="F171" s="0" t="s">
-        <x:v>736</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
-        <x:v>706</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A172" s="0" t="s">
-        <x:v>737</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
-        <x:v>738</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="D172" s="0" t="s">
-        <x:v>739</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="E172" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="F172" s="0" t="s">
-        <x:v>740</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="G172" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J172" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="K172" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A173" s="0" t="s">
-        <x:v>741</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>742</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="D173" s="0" t="s">
-        <x:v>743</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="E173" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="F173" s="0" t="s">
-        <x:v>744</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
-        <x:v>706</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A174" s="0" t="s">
-        <x:v>745</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
-        <x:v>746</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="D174" s="0" t="s">
-        <x:v>678</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="E174" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="F174" s="0" t="s">
-        <x:v>747</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="G174" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J174" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="K174" s="0" t="s">
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A175" s="0" t="s">
-        <x:v>748</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>749</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="D175" s="0" t="s">
-        <x:v>750</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="E175" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="F175" s="0" t="s">
-        <x:v>751</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="K175" s="0" t="s">
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A176" s="0" t="s">
-        <x:v>752</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
-        <x:v>753</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="D176" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="E176" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="F176" s="0" t="s">
-        <x:v>754</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="G176" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J176" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="K176" s="0" t="s">
-        <x:v>755</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A177" s="0" t="s">
-        <x:v>756</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>757</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="D177" s="0" t="s">
-        <x:v>758</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="E177" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="F177" s="0" t="s">
-        <x:v>759</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A178" s="0" t="s">
-        <x:v>760</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
-        <x:v>761</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="D178" s="0" t="s">
-        <x:v>762</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="E178" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="F178" s="0" t="s">
-        <x:v>763</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="G178" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J178" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K178" s="0" t="s">
-        <x:v>393</x:v>
+        <x:v>758</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A179" s="0" t="s">
-        <x:v>764</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>765</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="D179" s="0" t="s">
-        <x:v>766</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="E179" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="F179" s="0" t="s">
-        <x:v>767</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
-        <x:v>161</x:v>
-[...2 lines deleted...]
-        <x:v>461</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A180" s="0" t="s">
-        <x:v>768</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
-        <x:v>769</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="D180" s="0" t="s">
-        <x:v>770</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="E180" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="F180" s="0" t="s">
-        <x:v>771</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="G180" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J180" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="K180" s="0" t="s">
-        <x:v>706</x:v>
+        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A181" s="0" t="s">
-        <x:v>772</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>773</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="D181" s="0" t="s">
-        <x:v>774</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="E181" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="F181" s="0" t="s">
-        <x:v>775</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A182" s="0" t="s">
-        <x:v>776</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
-        <x:v>777</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="D182" s="0" t="s">
-        <x:v>778</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="E182" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="F182" s="0" t="s">
-        <x:v>779</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="G182" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J182" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="K182" s="0" t="s">
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A183" s="0" t="s">
-        <x:v>780</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>781</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="D183" s="0" t="s">
-        <x:v>782</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="E183" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="F183" s="0" t="s">
-        <x:v>783</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="K183" s="0" t="s">
+        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A184" s="0" t="s">
-        <x:v>784</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
-        <x:v>785</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="D184" s="0" t="s">
-        <x:v>786</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="E184" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="F184" s="0" t="s">
-        <x:v>787</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="G184" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J184" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A185" s="0" t="s">
-        <x:v>788</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>789</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="D185" s="0" t="s">
-        <x:v>790</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="E185" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="F185" s="0" t="s">
-        <x:v>791</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A186" s="0" t="s">
-        <x:v>792</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
-        <x:v>793</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="D186" s="0" t="s">
-        <x:v>678</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="E186" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="F186" s="0" t="s">
-        <x:v>794</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="G186" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J186" s="0" t="s">
-        <x:v>65</x:v>
-[...2 lines deleted...]
-        <x:v>389</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A187" s="0" t="s">
-        <x:v>795</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>796</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="D187" s="0" t="s">
-        <x:v>709</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="E187" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="F187" s="0" t="s">
-        <x:v>797</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
-        <x:v>59</x:v>
-[...2 lines deleted...]
-        <x:v>60</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A188" s="0" t="s">
-        <x:v>798</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="D188" s="0" t="s">
-        <x:v>800</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="E188" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="F188" s="0" t="s">
-        <x:v>801</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="G188" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J188" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K188" s="0" t="s">
-        <x:v>802</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A189" s="0" t="s">
-        <x:v>803</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>804</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="D189" s="0" t="s">
-        <x:v>704</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="E189" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="F189" s="0" t="s">
-        <x:v>705</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A190" s="0" t="s">
-        <x:v>805</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
-        <x:v>806</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="D190" s="0" t="s">
-        <x:v>807</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="E190" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="F190" s="0" t="s">
-        <x:v>808</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="G190" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J190" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K190" s="0" t="s">
-        <x:v>809</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A191" s="0" t="s">
-        <x:v>810</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>811</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="D191" s="0" t="s">
-        <x:v>812</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="E191" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="F191" s="0" t="s">
-        <x:v>813</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="I191" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J191" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>807</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A192" s="0" t="s">
-        <x:v>815</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
-        <x:v>816</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="D192" s="0" t="s">
-        <x:v>817</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="E192" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="F192" s="0" t="s">
-        <x:v>818</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="G192" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J192" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="K192" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>812</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A193" s="0" t="s">
-        <x:v>819</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>820</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="D193" s="0" t="s">
-        <x:v>370</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="E193" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="F193" s="0" t="s">
-        <x:v>821</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
+      <x:c r="I193" s="0" t="s">
+        <x:v>817</x:v>
+      </x:c>
       <x:c r="J193" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="K193" s="0" t="s">
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A194" s="0" t="s">
-        <x:v>822</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
-        <x:v>823</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="D194" s="0" t="s">
-        <x:v>824</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="E194" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="F194" s="0" t="s">
-        <x:v>825</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="G194" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J194" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K194" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A195" s="0" t="s">
-        <x:v>826</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>827</x:v>
-[...2 lines deleted...]
-        <x:v>828</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="D195" s="0" t="s">
-        <x:v>678</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="E195" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="F195" s="0" t="s">
-        <x:v>829</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
-        <x:v>830</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A196" s="0" t="s">
-        <x:v>831</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
-        <x:v>832</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="D196" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="E196" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="F196" s="0" t="s">
-        <x:v>834</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="G196" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J196" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="K196" s="0" t="s">
+        <x:v>829</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A197" s="0" t="s">
-        <x:v>835</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>836</x:v>
+        <x:v>831</x:v>
+      </x:c>
+      <x:c r="C197" s="0" t="s">
+        <x:v>832</x:v>
       </x:c>
       <x:c r="D197" s="0" t="s">
-        <x:v>727</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="E197" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="F197" s="0" t="s">
-        <x:v>837</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="K197" s="0" t="s">
+        <x:v>834</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A198" s="0" t="s">
+        <x:v>835</x:v>
+      </x:c>
+      <x:c r="B198" s="0" t="s">
+        <x:v>836</x:v>
+      </x:c>
+      <x:c r="D198" s="0" t="s">
+        <x:v>837</x:v>
+      </x:c>
+      <x:c r="E198" s="0" t="s">
+        <x:v>663</x:v>
+      </x:c>
+      <x:c r="F198" s="0" t="s">
         <x:v>838</x:v>
       </x:c>
-      <x:c r="B198" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G198" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="I198" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J198" s="0" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-        <x:v>102</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A199" s="0" t="s">
-        <x:v>842</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>843</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="D199" s="0" t="s">
-        <x:v>844</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="E199" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="F199" s="0" t="s">
-        <x:v>845</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A200" s="0" t="s">
-        <x:v>846</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
-        <x:v>847</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="D200" s="0" t="s">
-        <x:v>678</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="E200" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="F200" s="0" t="s">
-        <x:v>692</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="G200" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
+      <x:c r="I200" s="0" t="s">
+        <x:v>845</x:v>
+      </x:c>
       <x:c r="J200" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K200" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A201" s="0" t="s">
+        <x:v>846</x:v>
+      </x:c>
+      <x:c r="B201" s="0" t="s">
+        <x:v>847</x:v>
+      </x:c>
+      <x:c r="D201" s="0" t="s">
         <x:v>848</x:v>
       </x:c>
-      <x:c r="B201" s="0" t="s">
+      <x:c r="E201" s="0" t="s">
+        <x:v>663</x:v>
+      </x:c>
+      <x:c r="F201" s="0" t="s">
         <x:v>849</x:v>
       </x:c>
-      <x:c r="D201" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
-        <x:v>65</x:v>
-[...2 lines deleted...]
-        <x:v>852</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A202" s="0" t="s">
-        <x:v>853</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
-        <x:v>854</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="D202" s="0" t="s">
-        <x:v>678</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="E202" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="F202" s="0" t="s">
-        <x:v>855</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="G202" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J202" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="K202" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A203" s="0" t="s">
+        <x:v>852</x:v>
+      </x:c>
+      <x:c r="B203" s="0" t="s">
+        <x:v>853</x:v>
+      </x:c>
+      <x:c r="D203" s="0" t="s">
+        <x:v>854</x:v>
+      </x:c>
+      <x:c r="E203" s="0" t="s">
+        <x:v>663</x:v>
+      </x:c>
+      <x:c r="F203" s="0" t="s">
+        <x:v>855</x:v>
+      </x:c>
+      <x:c r="G203" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J203" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="K203" s="0" t="s">
         <x:v>856</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A204" s="0" t="s">
-        <x:v>861</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
-        <x:v>862</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="D204" s="0" t="s">
-        <x:v>678</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="E204" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="F204" s="0" t="s">
-        <x:v>829</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="G204" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="I204" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J204" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="K204" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A205" s="0" t="s">
+        <x:v>860</x:v>
+      </x:c>
+      <x:c r="B205" s="0" t="s">
+        <x:v>861</x:v>
+      </x:c>
+      <x:c r="C205" s="0" t="s">
+        <x:v>862</x:v>
+      </x:c>
+      <x:c r="D205" s="0" t="s">
+        <x:v>863</x:v>
+      </x:c>
+      <x:c r="E205" s="0" t="s">
+        <x:v>663</x:v>
+      </x:c>
+      <x:c r="F205" s="0" t="s">
         <x:v>864</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>866</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A206" s="0" t="s">
+        <x:v>865</x:v>
+      </x:c>
+      <x:c r="B206" s="0" t="s">
+        <x:v>866</x:v>
+      </x:c>
+      <x:c r="D206" s="0" t="s">
+        <x:v>682</x:v>
+      </x:c>
+      <x:c r="E206" s="0" t="s">
+        <x:v>663</x:v>
+      </x:c>
+      <x:c r="F206" s="0" t="s">
+        <x:v>833</x:v>
+      </x:c>
+      <x:c r="G206" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I206" s="0" t="s">
         <x:v>867</x:v>
       </x:c>
-      <x:c r="B206" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="J206" s="0" t="s">
-        <x:v>37</x:v>
-[...2 lines deleted...]
-        <x:v>872</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A207" s="0" t="s">
-        <x:v>873</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>874</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="D207" s="0" t="s">
-        <x:v>875</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="E207" s="0" t="s">
+        <x:v>663</x:v>
+      </x:c>
+      <x:c r="F207" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
-      <x:c r="F207" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A208" s="0" t="s">
-        <x:v>877</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
-        <x:v>878</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="D208" s="0" t="s">
+        <x:v>873</x:v>
+      </x:c>
+      <x:c r="E208" s="0" t="s">
+        <x:v>874</x:v>
+      </x:c>
+      <x:c r="F208" s="0" t="s">
         <x:v>875</x:v>
       </x:c>
-      <x:c r="E208" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G208" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J208" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K208" s="0" t="s">
-        <x:v>880</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A209" s="0" t="s">
-        <x:v>881</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>882</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="D209" s="0" t="s">
-        <x:v>883</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="E209" s="0" t="s">
-        <x:v>870</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="F209" s="0" t="s">
-        <x:v>884</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
-        <x:v>671</x:v>
+        <x:v>879</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A210" s="0" t="s">
-        <x:v>885</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
-        <x:v>886</x:v>
-[...2 lines deleted...]
-        <x:v>887</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="D210" s="0" t="s">
-        <x:v>888</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="E210" s="0" t="s">
-        <x:v>870</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="F210" s="0" t="s">
-        <x:v>889</x:v>
+        <x:v>883</x:v>
       </x:c>
       <x:c r="G210" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J210" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K210" s="0" t="s">
-        <x:v>567</x:v>
+        <x:v>884</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A211" s="0" t="s">
-        <x:v>890</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>891</x:v>
+        <x:v>886</x:v>
       </x:c>
       <x:c r="D211" s="0" t="s">
-        <x:v>892</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="E211" s="0" t="s">
-        <x:v>870</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="F211" s="0" t="s">
-        <x:v>893</x:v>
+        <x:v>888</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
-        <x:v>393</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A212" s="0" t="s">
-        <x:v>894</x:v>
+        <x:v>889</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
-        <x:v>895</x:v>
+        <x:v>890</x:v>
+      </x:c>
+      <x:c r="C212" s="0" t="s">
+        <x:v>891</x:v>
       </x:c>
       <x:c r="D212" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>892</x:v>
       </x:c>
       <x:c r="E212" s="0" t="s">
-        <x:v>870</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="F212" s="0" t="s">
-        <x:v>896</x:v>
+        <x:v>893</x:v>
       </x:c>
       <x:c r="G212" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J212" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K212" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>572</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A213" s="0" t="s">
+        <x:v>894</x:v>
+      </x:c>
+      <x:c r="B213" s="0" t="s">
+        <x:v>895</x:v>
+      </x:c>
+      <x:c r="D213" s="0" t="s">
+        <x:v>896</x:v>
+      </x:c>
+      <x:c r="E213" s="0" t="s">
+        <x:v>874</x:v>
+      </x:c>
+      <x:c r="F213" s="0" t="s">
         <x:v>897</x:v>
       </x:c>
-      <x:c r="B213" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G213" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
-        <x:v>755</x:v>
+        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A214" s="0" t="s">
-        <x:v>901</x:v>
+        <x:v>898</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
-        <x:v>902</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="D214" s="0" t="s">
-        <x:v>800</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="E214" s="0" t="s">
-        <x:v>870</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="F214" s="0" t="s">
-        <x:v>903</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="G214" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J214" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="K214" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A215" s="0" t="s">
+        <x:v>901</x:v>
+      </x:c>
+      <x:c r="B215" s="0" t="s">
+        <x:v>902</x:v>
+      </x:c>
+      <x:c r="D215" s="0" t="s">
+        <x:v>903</x:v>
+      </x:c>
+      <x:c r="E215" s="0" t="s">
+        <x:v>874</x:v>
+      </x:c>
+      <x:c r="F215" s="0" t="s">
         <x:v>904</x:v>
       </x:c>
-      <x:c r="B215" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G215" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>758</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A216" s="0" t="s">
-        <x:v>908</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
-        <x:v>909</x:v>
+        <x:v>906</x:v>
       </x:c>
       <x:c r="D216" s="0" t="s">
-        <x:v>910</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="E216" s="0" t="s">
-        <x:v>870</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="F216" s="0" t="s">
-        <x:v>911</x:v>
+        <x:v>907</x:v>
       </x:c>
       <x:c r="G216" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J216" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="K216" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A217" s="0" t="s">
-        <x:v>912</x:v>
+        <x:v>908</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>913</x:v>
+        <x:v>909</x:v>
       </x:c>
       <x:c r="D217" s="0" t="s">
-        <x:v>914</x:v>
+        <x:v>910</x:v>
       </x:c>
       <x:c r="E217" s="0" t="s">
-        <x:v>870</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="F217" s="0" t="s">
-        <x:v>915</x:v>
+        <x:v>911</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
-        <x:v>916</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A218" s="0" t="s">
-        <x:v>917</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
-        <x:v>918</x:v>
+        <x:v>913</x:v>
       </x:c>
       <x:c r="D218" s="0" t="s">
-        <x:v>919</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="E218" s="0" t="s">
-        <x:v>870</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="F218" s="0" t="s">
-        <x:v>920</x:v>
+        <x:v>915</x:v>
       </x:c>
       <x:c r="G218" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J218" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="K218" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A219" s="0" t="s">
-        <x:v>921</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>922</x:v>
+        <x:v>917</x:v>
       </x:c>
       <x:c r="D219" s="0" t="s">
-        <x:v>914</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="E219" s="0" t="s">
-        <x:v>870</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="F219" s="0" t="s">
-        <x:v>915</x:v>
+        <x:v>919</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
-        <x:v>567</x:v>
+        <x:v>920</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A220" s="0" t="s">
+        <x:v>921</x:v>
+      </x:c>
+      <x:c r="B220" s="0" t="s">
+        <x:v>922</x:v>
+      </x:c>
+      <x:c r="D220" s="0" t="s">
         <x:v>923</x:v>
       </x:c>
-      <x:c r="B220" s="0" t="s">
+      <x:c r="E220" s="0" t="s">
+        <x:v>874</x:v>
+      </x:c>
+      <x:c r="F220" s="0" t="s">
         <x:v>924</x:v>
       </x:c>
-      <x:c r="D220" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G220" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J220" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K220" s="0" t="s">
-        <x:v>927</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A221" s="0" t="s">
-        <x:v>928</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>929</x:v>
+        <x:v>926</x:v>
       </x:c>
       <x:c r="D221" s="0" t="s">
-        <x:v>930</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="E221" s="0" t="s">
-        <x:v>870</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="F221" s="0" t="s">
-        <x:v>931</x:v>
+        <x:v>919</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>572</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A222" s="0" t="s">
-        <x:v>932</x:v>
+        <x:v>927</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
-        <x:v>933</x:v>
+        <x:v>928</x:v>
       </x:c>
       <x:c r="D222" s="0" t="s">
-        <x:v>934</x:v>
+        <x:v>929</x:v>
       </x:c>
       <x:c r="E222" s="0" t="s">
-        <x:v>935</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="F222" s="0" t="s">
-        <x:v>936</x:v>
+        <x:v>930</x:v>
       </x:c>
       <x:c r="G222" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J222" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K222" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>931</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A223" s="0" t="s">
-        <x:v>937</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>938</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="D223" s="0" t="s">
-        <x:v>939</x:v>
+        <x:v>934</x:v>
       </x:c>
       <x:c r="E223" s="0" t="s">
+        <x:v>874</x:v>
+      </x:c>
+      <x:c r="F223" s="0" t="s">
         <x:v>935</x:v>
       </x:c>
-      <x:c r="F223" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
-        <x:v>567</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A224" s="0" t="s">
-        <x:v>941</x:v>
+        <x:v>936</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
-        <x:v>942</x:v>
+        <x:v>937</x:v>
       </x:c>
       <x:c r="D224" s="0" t="s">
-        <x:v>943</x:v>
+        <x:v>938</x:v>
       </x:c>
       <x:c r="E224" s="0" t="s">
-        <x:v>935</x:v>
+        <x:v>939</x:v>
       </x:c>
       <x:c r="F224" s="0" t="s">
-        <x:v>944</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="G224" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J224" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="K224" s="0" t="s">
-        <x:v>945</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A225" s="0" t="s">
-        <x:v>946</x:v>
+        <x:v>941</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>947</x:v>
+        <x:v>942</x:v>
       </x:c>
       <x:c r="D225" s="0" t="s">
-        <x:v>948</x:v>
+        <x:v>943</x:v>
       </x:c>
       <x:c r="E225" s="0" t="s">
-        <x:v>935</x:v>
+        <x:v>939</x:v>
       </x:c>
       <x:c r="F225" s="0" t="s">
-        <x:v>949</x:v>
+        <x:v>944</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>572</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A226" s="0" t="s">
-        <x:v>950</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
-        <x:v>951</x:v>
+        <x:v>946</x:v>
       </x:c>
       <x:c r="D226" s="0" t="s">
-        <x:v>952</x:v>
+        <x:v>947</x:v>
       </x:c>
       <x:c r="E226" s="0" t="s">
-        <x:v>953</x:v>
+        <x:v>939</x:v>
       </x:c>
       <x:c r="F226" s="0" t="s">
-        <x:v>954</x:v>
+        <x:v>948</x:v>
       </x:c>
       <x:c r="G226" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J226" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="K226" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>949</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A227" s="0" t="s">
-        <x:v>955</x:v>
+        <x:v>950</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>956</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="D227" s="0" t="s">
-        <x:v>957</x:v>
+        <x:v>952</x:v>
       </x:c>
       <x:c r="E227" s="0" t="s">
+        <x:v>939</x:v>
+      </x:c>
+      <x:c r="F227" s="0" t="s">
         <x:v>953</x:v>
       </x:c>
-      <x:c r="F227" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
-        <x:v>671</x:v>
+        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A228" s="0" t="s">
-        <x:v>959</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
-        <x:v>960</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="D228" s="0" t="s">
-        <x:v>961</x:v>
+        <x:v>956</x:v>
       </x:c>
       <x:c r="E228" s="0" t="s">
-        <x:v>953</x:v>
+        <x:v>957</x:v>
       </x:c>
       <x:c r="F228" s="0" t="s">
-        <x:v>962</x:v>
+        <x:v>958</x:v>
       </x:c>
       <x:c r="G228" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J228" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="K228" s="0" t="s">
-        <x:v>927</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A229" s="0" t="s">
-        <x:v>963</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>964</x:v>
+        <x:v>960</x:v>
       </x:c>
       <x:c r="D229" s="0" t="s">
-        <x:v>965</x:v>
+        <x:v>961</x:v>
       </x:c>
       <x:c r="E229" s="0" t="s">
-        <x:v>966</x:v>
+        <x:v>957</x:v>
       </x:c>
       <x:c r="F229" s="0" t="s">
-        <x:v>967</x:v>
+        <x:v>962</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
-        <x:v>968</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A230" s="0" t="s">
-        <x:v>969</x:v>
+        <x:v>963</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
-        <x:v>970</x:v>
+        <x:v>964</x:v>
       </x:c>
       <x:c r="D230" s="0" t="s">
-        <x:v>971</x:v>
+        <x:v>965</x:v>
       </x:c>
       <x:c r="E230" s="0" t="s">
+        <x:v>957</x:v>
+      </x:c>
+      <x:c r="F230" s="0" t="s">
         <x:v>966</x:v>
       </x:c>
-      <x:c r="F230" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G230" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J230" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K230" s="0" t="s">
-        <x:v>393</x:v>
+        <x:v>931</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A231" s="0" t="s">
-        <x:v>973</x:v>
+        <x:v>967</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>974</x:v>
+        <x:v>968</x:v>
       </x:c>
       <x:c r="D231" s="0" t="s">
-        <x:v>975</x:v>
+        <x:v>969</x:v>
       </x:c>
       <x:c r="E231" s="0" t="s">
-        <x:v>966</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="F231" s="0" t="s">
-        <x:v>976</x:v>
+        <x:v>971</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="K231" s="0" t="s">
+        <x:v>972</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A232" s="0" t="s">
-        <x:v>977</x:v>
+        <x:v>973</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
-        <x:v>978</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="D232" s="0" t="s">
-        <x:v>979</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="E232" s="0" t="s">
-        <x:v>966</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="F232" s="0" t="s">
-        <x:v>980</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="G232" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J232" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="K232" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A233" s="0" t="s">
+        <x:v>977</x:v>
+      </x:c>
+      <x:c r="B233" s="0" t="s">
+        <x:v>978</x:v>
+      </x:c>
+      <x:c r="D233" s="0" t="s">
+        <x:v>979</x:v>
+      </x:c>
+      <x:c r="E233" s="0" t="s">
+        <x:v>970</x:v>
+      </x:c>
+      <x:c r="F233" s="0" t="s">
+        <x:v>980</x:v>
+      </x:c>
+      <x:c r="G233" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J233" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="K233" s="0" t="s">
         <x:v>981</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A234" s="0" t="s">
+        <x:v>982</x:v>
+      </x:c>
+      <x:c r="B234" s="0" t="s">
+        <x:v>983</x:v>
+      </x:c>
+      <x:c r="D234" s="0" t="s">
+        <x:v>984</x:v>
+      </x:c>
+      <x:c r="E234" s="0" t="s">
+        <x:v>970</x:v>
+      </x:c>
+      <x:c r="F234" s="0" t="s">
         <x:v>985</x:v>
       </x:c>
-      <x:c r="B234" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G234" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J234" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K234" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A235" s="0" t="s">
+        <x:v>986</x:v>
+      </x:c>
+      <x:c r="B235" s="0" t="s">
+        <x:v>987</x:v>
+      </x:c>
+      <x:c r="D235" s="0" t="s">
         <x:v>988</x:v>
       </x:c>
-      <x:c r="B235" s="0" t="s">
+      <x:c r="E235" s="0" t="s">
+        <x:v>970</x:v>
+      </x:c>
+      <x:c r="F235" s="0" t="s">
         <x:v>989</x:v>
       </x:c>
-      <x:c r="D235" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G235" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="K235" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A236" s="0" t="s">
+        <x:v>990</x:v>
+      </x:c>
+      <x:c r="B236" s="0" t="s">
         <x:v>991</x:v>
       </x:c>
-      <x:c r="B236" s="0" t="s">
+      <x:c r="D236" s="0" t="s">
+        <x:v>969</x:v>
+      </x:c>
+      <x:c r="E236" s="0" t="s">
+        <x:v>970</x:v>
+      </x:c>
+      <x:c r="F236" s="0" t="s">
         <x:v>992</x:v>
       </x:c>
-      <x:c r="D236" s="0" t="s">
+      <x:c r="G236" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J236" s="0" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="K236" s="0" t="s">
         <x:v>993</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>996</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A237" s="0" t="s">
-        <x:v>997</x:v>
+        <x:v>994</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>998</x:v>
+        <x:v>995</x:v>
       </x:c>
       <x:c r="D237" s="0" t="s">
-        <x:v>999</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="E237" s="0" t="s">
-        <x:v>994</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="F237" s="0" t="s">
-        <x:v>1000</x:v>
+        <x:v>996</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A238" s="0" t="s">
-        <x:v>1001</x:v>
+        <x:v>997</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
-        <x:v>1002</x:v>
+        <x:v>998</x:v>
       </x:c>
       <x:c r="D238" s="0" t="s">
         <x:v>999</x:v>
       </x:c>
       <x:c r="E238" s="0" t="s">
-        <x:v>994</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="F238" s="0" t="s">
-        <x:v>1003</x:v>
+        <x:v>1001</x:v>
       </x:c>
       <x:c r="G238" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J238" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K238" s="0" t="s">
-        <x:v>1004</x:v>
+        <x:v>1002</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A239" s="0" t="s">
+        <x:v>1003</x:v>
+      </x:c>
+      <x:c r="B239" s="0" t="s">
+        <x:v>1004</x:v>
+      </x:c>
+      <x:c r="D239" s="0" t="s">
         <x:v>1005</x:v>
       </x:c>
-      <x:c r="B239" s="0" t="s">
+      <x:c r="E239" s="0" t="s">
+        <x:v>1000</x:v>
+      </x:c>
+      <x:c r="F239" s="0" t="s">
         <x:v>1006</x:v>
       </x:c>
-      <x:c r="D239" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G239" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A240" s="0" t="s">
+        <x:v>1007</x:v>
+      </x:c>
+      <x:c r="B240" s="0" t="s">
         <x:v>1008</x:v>
       </x:c>
-      <x:c r="B240" s="0" t="s">
+      <x:c r="D240" s="0" t="s">
+        <x:v>1005</x:v>
+      </x:c>
+      <x:c r="E240" s="0" t="s">
+        <x:v>1000</x:v>
+      </x:c>
+      <x:c r="F240" s="0" t="s">
         <x:v>1009</x:v>
       </x:c>
-      <x:c r="D240" s="0" t="s">
+      <x:c r="G240" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J240" s="0" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="K240" s="0" t="s">
         <x:v>1010</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>1012</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A241" s="0" t="s">
+        <x:v>1011</x:v>
+      </x:c>
+      <x:c r="B241" s="0" t="s">
+        <x:v>1012</x:v>
+      </x:c>
+      <x:c r="D241" s="0" t="s">
+        <x:v>1005</x:v>
+      </x:c>
+      <x:c r="E241" s="0" t="s">
+        <x:v>1000</x:v>
+      </x:c>
+      <x:c r="F241" s="0" t="s">
         <x:v>1013</x:v>
       </x:c>
-      <x:c r="B241" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
-        <x:v>65</x:v>
-[...2 lines deleted...]
-        <x:v>66</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A242" s="0" t="s">
+        <x:v>1014</x:v>
+      </x:c>
+      <x:c r="B242" s="0" t="s">
+        <x:v>1015</x:v>
+      </x:c>
+      <x:c r="D242" s="0" t="s">
+        <x:v>1016</x:v>
+      </x:c>
+      <x:c r="E242" s="0" t="s">
+        <x:v>1000</x:v>
+      </x:c>
+      <x:c r="F242" s="0" t="s">
+        <x:v>1017</x:v>
+      </x:c>
+      <x:c r="G242" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J242" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="K242" s="0" t="s">
         <x:v>1018</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A243" s="0" t="s">
-        <x:v>1024</x:v>
+        <x:v>1019</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
-        <x:v>1025</x:v>
+        <x:v>1020</x:v>
       </x:c>
       <x:c r="D243" s="0" t="s">
-        <x:v>1026</x:v>
+        <x:v>1021</x:v>
       </x:c>
       <x:c r="E243" s="0" t="s">
         <x:v>1022</x:v>
       </x:c>
       <x:c r="F243" s="0" t="s">
-        <x:v>1027</x:v>
+        <x:v>1023</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A244" s="0" t="s">
+        <x:v>1024</x:v>
+      </x:c>
+      <x:c r="B244" s="0" t="s">
+        <x:v>1025</x:v>
+      </x:c>
+      <x:c r="C244" s="0" t="s">
+        <x:v>1026</x:v>
+      </x:c>
+      <x:c r="D244" s="0" t="s">
+        <x:v>1027</x:v>
+      </x:c>
+      <x:c r="E244" s="0" t="s">
         <x:v>1028</x:v>
       </x:c>
-      <x:c r="B244" s="0" t="s">
+      <x:c r="F244" s="0" t="s">
         <x:v>1029</x:v>
       </x:c>
-      <x:c r="D244" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G244" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J244" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K244" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A245" s="0" t="s">
+        <x:v>1030</x:v>
+      </x:c>
+      <x:c r="B245" s="0" t="s">
+        <x:v>1031</x:v>
+      </x:c>
+      <x:c r="D245" s="0" t="s">
         <x:v>1032</x:v>
       </x:c>
-      <x:c r="B245" s="0" t="s">
+      <x:c r="E245" s="0" t="s">
+        <x:v>1028</x:v>
+      </x:c>
+      <x:c r="F245" s="0" t="s">
         <x:v>1033</x:v>
       </x:c>
-      <x:c r="D245" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G245" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="K245" s="0" t="s">
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A246" s="0" t="s">
+        <x:v>1034</x:v>
+      </x:c>
+      <x:c r="B246" s="0" t="s">
+        <x:v>1035</x:v>
+      </x:c>
+      <x:c r="D246" s="0" t="s">
         <x:v>1036</x:v>
       </x:c>
-      <x:c r="B246" s="0" t="s">
+      <x:c r="E246" s="0" t="s">
+        <x:v>1028</x:v>
+      </x:c>
+      <x:c r="F246" s="0" t="s">
         <x:v>1037</x:v>
       </x:c>
-      <x:c r="D246" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G246" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J246" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="K246" s="0" t="s">
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A247" s="0" t="s">
+        <x:v>1038</x:v>
+      </x:c>
+      <x:c r="B247" s="0" t="s">
+        <x:v>1039</x:v>
+      </x:c>
+      <x:c r="D247" s="0" t="s">
         <x:v>1040</x:v>
       </x:c>
-      <x:c r="B247" s="0" t="s">
+      <x:c r="E247" s="0" t="s">
+        <x:v>1028</x:v>
+      </x:c>
+      <x:c r="F247" s="0" t="s">
         <x:v>1041</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1043</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A248" s="0" t="s">
+        <x:v>1042</x:v>
+      </x:c>
+      <x:c r="B248" s="0" t="s">
+        <x:v>1043</x:v>
+      </x:c>
+      <x:c r="D248" s="0" t="s">
         <x:v>1044</x:v>
       </x:c>
-      <x:c r="B248" s="0" t="s">
+      <x:c r="E248" s="0" t="s">
+        <x:v>1028</x:v>
+      </x:c>
+      <x:c r="F248" s="0" t="s">
         <x:v>1045</x:v>
       </x:c>
-      <x:c r="D248" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G248" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J248" s="0" t="s">
-        <x:v>73</x:v>
-[...2 lines deleted...]
-        <x:v>317</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A249" s="0" t="s">
+        <x:v>1046</x:v>
+      </x:c>
+      <x:c r="B249" s="0" t="s">
         <x:v>1047</x:v>
       </x:c>
-      <x:c r="B249" s="0" t="s">
+      <x:c r="D249" s="0" t="s">
         <x:v>1048</x:v>
       </x:c>
-      <x:c r="D249" s="0" t="s">
+      <x:c r="E249" s="0" t="s">
+        <x:v>1028</x:v>
+      </x:c>
+      <x:c r="F249" s="0" t="s">
         <x:v>1049</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1050</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A250" s="0" t="s">
+        <x:v>1050</x:v>
+      </x:c>
+      <x:c r="B250" s="0" t="s">
         <x:v>1051</x:v>
       </x:c>
-      <x:c r="B250" s="0" t="s">
+      <x:c r="D250" s="0" t="s">
+        <x:v>1036</x:v>
+      </x:c>
+      <x:c r="E250" s="0" t="s">
+        <x:v>1028</x:v>
+      </x:c>
+      <x:c r="F250" s="0" t="s">
         <x:v>1052</x:v>
       </x:c>
-      <x:c r="D250" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G250" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J250" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K250" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A251" s="0" t="s">
+        <x:v>1053</x:v>
+      </x:c>
+      <x:c r="B251" s="0" t="s">
         <x:v>1054</x:v>
       </x:c>
-      <x:c r="B251" s="0" t="s">
+      <x:c r="D251" s="0" t="s">
         <x:v>1055</x:v>
       </x:c>
-      <x:c r="D251" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E251" s="0" t="s">
-        <x:v>1022</x:v>
+        <x:v>1028</x:v>
       </x:c>
       <x:c r="F251" s="0" t="s">
         <x:v>1056</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
-        <x:v>327</x:v>
-[...2 lines deleted...]
-        <x:v>552</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A252" s="0" t="s">
         <x:v>1057</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>1058</x:v>
       </x:c>
       <x:c r="D252" s="0" t="s">
+        <x:v>1055</x:v>
+      </x:c>
+      <x:c r="E252" s="0" t="s">
+        <x:v>1028</x:v>
+      </x:c>
+      <x:c r="F252" s="0" t="s">
         <x:v>1059</x:v>
       </x:c>
-      <x:c r="E252" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G252" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J252" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="K252" s="0" t="s">
-        <x:v>393</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A253" s="0" t="s">
+        <x:v>1060</x:v>
+      </x:c>
+      <x:c r="B253" s="0" t="s">
         <x:v>1061</x:v>
       </x:c>
-      <x:c r="B253" s="0" t="s">
+      <x:c r="D253" s="0" t="s">
+        <x:v>1036</x:v>
+      </x:c>
+      <x:c r="E253" s="0" t="s">
+        <x:v>1028</x:v>
+      </x:c>
+      <x:c r="F253" s="0" t="s">
         <x:v>1062</x:v>
       </x:c>
-      <x:c r="D253" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G253" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
-        <x:v>393</x:v>
+        <x:v>557</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A254" s="0" t="s">
+        <x:v>1063</x:v>
+      </x:c>
+      <x:c r="B254" s="0" t="s">
         <x:v>1064</x:v>
       </x:c>
-      <x:c r="B254" s="0" t="s">
+      <x:c r="D254" s="0" t="s">
         <x:v>1065</x:v>
       </x:c>
-      <x:c r="D254" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E254" s="0" t="s">
+        <x:v>1028</x:v>
+      </x:c>
+      <x:c r="F254" s="0" t="s">
         <x:v>1066</x:v>
       </x:c>
-      <x:c r="F254" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G254" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J254" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="K254" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A255" s="0" t="s">
+        <x:v>1067</x:v>
+      </x:c>
+      <x:c r="B255" s="0" t="s">
         <x:v>1068</x:v>
       </x:c>
-      <x:c r="B255" s="0" t="s">
+      <x:c r="D255" s="0" t="s">
+        <x:v>1036</x:v>
+      </x:c>
+      <x:c r="E255" s="0" t="s">
+        <x:v>1028</x:v>
+      </x:c>
+      <x:c r="F255" s="0" t="s">
         <x:v>1069</x:v>
       </x:c>
-      <x:c r="D255" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G255" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J255" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>369</x:v>
+      </x:c>
+      <x:c r="K255" s="0" t="s">
+        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A256" s="0" t="s">
+        <x:v>1070</x:v>
+      </x:c>
+      <x:c r="B256" s="0" t="s">
+        <x:v>1071</x:v>
+      </x:c>
+      <x:c r="D256" s="0" t="s">
+        <x:v>854</x:v>
+      </x:c>
+      <x:c r="E256" s="0" t="s">
         <x:v>1072</x:v>
       </x:c>
-      <x:c r="B256" s="0" t="s">
+      <x:c r="F256" s="0" t="s">
         <x:v>1073</x:v>
       </x:c>
-      <x:c r="D256" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G256" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J256" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="K256" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A257" s="0" t="s">
+        <x:v>1074</x:v>
+      </x:c>
+      <x:c r="B257" s="0" t="s">
+        <x:v>1075</x:v>
+      </x:c>
+      <x:c r="D257" s="0" t="s">
         <x:v>1076</x:v>
       </x:c>
-      <x:c r="B257" s="0" t="s">
+      <x:c r="E257" s="0" t="s">
+        <x:v>1072</x:v>
+      </x:c>
+      <x:c r="F257" s="0" t="s">
         <x:v>1077</x:v>
       </x:c>
-      <x:c r="D257" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G257" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A258" s="0" t="s">
+        <x:v>1078</x:v>
+      </x:c>
+      <x:c r="B258" s="0" t="s">
         <x:v>1079</x:v>
       </x:c>
-      <x:c r="B258" s="0" t="s">
+      <x:c r="D258" s="0" t="s">
         <x:v>1080</x:v>
       </x:c>
-      <x:c r="D258" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E258" s="0" t="s">
-        <x:v>1066</x:v>
+        <x:v>1072</x:v>
       </x:c>
       <x:c r="F258" s="0" t="s">
         <x:v>1081</x:v>
       </x:c>
       <x:c r="G258" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J258" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="K258" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A259" s="0" t="s">
         <x:v>1082</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>1083</x:v>
       </x:c>
       <x:c r="D259" s="0" t="s">
-        <x:v>1074</x:v>
+        <x:v>1080</x:v>
       </x:c>
       <x:c r="E259" s="0" t="s">
-        <x:v>1066</x:v>
+        <x:v>1072</x:v>
       </x:c>
       <x:c r="F259" s="0" t="s">
         <x:v>1084</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A260" s="0" t="s">
         <x:v>1085</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
         <x:v>1086</x:v>
       </x:c>
       <x:c r="D260" s="0" t="s">
-        <x:v>1074</x:v>
+        <x:v>1080</x:v>
       </x:c>
       <x:c r="E260" s="0" t="s">
-        <x:v>1066</x:v>
+        <x:v>1072</x:v>
       </x:c>
       <x:c r="F260" s="0" t="s">
-        <x:v>1071</x:v>
+        <x:v>1087</x:v>
       </x:c>
       <x:c r="G260" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J260" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="K260" s="0" t="s">
-        <x:v>567</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A261" s="0" t="s">
-        <x:v>1087</x:v>
+        <x:v>1088</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
-        <x:v>1088</x:v>
+        <x:v>1089</x:v>
       </x:c>
       <x:c r="D261" s="0" t="s">
-        <x:v>1089</x:v>
+        <x:v>1080</x:v>
       </x:c>
       <x:c r="E261" s="0" t="s">
-        <x:v>1066</x:v>
+        <x:v>1072</x:v>
       </x:c>
       <x:c r="F261" s="0" t="s">
-        <x:v>1090</x:v>
+        <x:v>1077</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="K261" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A262" s="0" t="s">
+        <x:v>1090</x:v>
+      </x:c>
+      <x:c r="B262" s="0" t="s">
         <x:v>1091</x:v>
       </x:c>
-      <x:c r="B262" s="0" t="s">
+      <x:c r="D262" s="0" t="s">
+        <x:v>1080</x:v>
+      </x:c>
+      <x:c r="E262" s="0" t="s">
+        <x:v>1072</x:v>
+      </x:c>
+      <x:c r="F262" s="0" t="s">
         <x:v>1092</x:v>
       </x:c>
-      <x:c r="C262" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G262" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J262" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="K262" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>572</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A263" s="0" t="s">
+        <x:v>1093</x:v>
+      </x:c>
+      <x:c r="B263" s="0" t="s">
+        <x:v>1094</x:v>
+      </x:c>
+      <x:c r="D263" s="0" t="s">
         <x:v>1095</x:v>
       </x:c>
-      <x:c r="B263" s="0" t="s">
+      <x:c r="E263" s="0" t="s">
+        <x:v>1072</x:v>
+      </x:c>
+      <x:c r="F263" s="0" t="s">
         <x:v>1096</x:v>
       </x:c>
-      <x:c r="D263" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G263" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
-        <x:v>228</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A264" s="0" t="s">
+        <x:v>1097</x:v>
+      </x:c>
+      <x:c r="B264" s="0" t="s">
         <x:v>1098</x:v>
       </x:c>
-      <x:c r="B264" s="0" t="s">
+      <x:c r="C264" s="0" t="s">
         <x:v>1099</x:v>
       </x:c>
       <x:c r="D264" s="0" t="s">
+        <x:v>1080</x:v>
+      </x:c>
+      <x:c r="E264" s="0" t="s">
+        <x:v>1072</x:v>
+      </x:c>
+      <x:c r="F264" s="0" t="s">
         <x:v>1100</x:v>
       </x:c>
-      <x:c r="E264" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G264" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J264" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="K264" s="0" t="s">
-        <x:v>393</x:v>
+        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A265" s="0" t="s">
+        <x:v>1101</x:v>
+      </x:c>
+      <x:c r="B265" s="0" t="s">
         <x:v>1102</x:v>
       </x:c>
-      <x:c r="B265" s="0" t="s">
+      <x:c r="D265" s="0" t="s">
+        <x:v>1080</x:v>
+      </x:c>
+      <x:c r="E265" s="0" t="s">
+        <x:v>1072</x:v>
+      </x:c>
+      <x:c r="F265" s="0" t="s">
         <x:v>1103</x:v>
       </x:c>
-      <x:c r="D265" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G265" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="K265" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A266" s="0" t="s">
+        <x:v>1104</x:v>
+      </x:c>
+      <x:c r="B266" s="0" t="s">
+        <x:v>1105</x:v>
+      </x:c>
+      <x:c r="D266" s="0" t="s">
         <x:v>1106</x:v>
       </x:c>
-      <x:c r="B266" s="0" t="s">
+      <x:c r="E266" s="0" t="s">
+        <x:v>1072</x:v>
+      </x:c>
+      <x:c r="F266" s="0" t="s">
         <x:v>1107</x:v>
       </x:c>
-      <x:c r="D266" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G266" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J266" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>369</x:v>
+      </x:c>
+      <x:c r="K266" s="0" t="s">
+        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A267" s="0" t="s">
+        <x:v>1108</x:v>
+      </x:c>
+      <x:c r="B267" s="0" t="s">
+        <x:v>1109</x:v>
+      </x:c>
+      <x:c r="D267" s="0" t="s">
         <x:v>1110</x:v>
       </x:c>
-      <x:c r="B267" s="0" t="s">
+      <x:c r="E267" s="0" t="s">
+        <x:v>1072</x:v>
+      </x:c>
+      <x:c r="F267" s="0" t="s">
         <x:v>1111</x:v>
       </x:c>
-      <x:c r="D267" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G267" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A268" s="0" t="s">
+        <x:v>1112</x:v>
+      </x:c>
+      <x:c r="B268" s="0" t="s">
+        <x:v>1113</x:v>
+      </x:c>
+      <x:c r="D268" s="0" t="s">
         <x:v>1114</x:v>
       </x:c>
-      <x:c r="B268" s="0" t="s">
+      <x:c r="E268" s="0" t="s">
+        <x:v>1072</x:v>
+      </x:c>
+      <x:c r="F268" s="0" t="s">
         <x:v>1115</x:v>
       </x:c>
-      <x:c r="D268" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G268" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J268" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A269" s="0" t="s">
+        <x:v>1116</x:v>
+      </x:c>
+      <x:c r="B269" s="0" t="s">
         <x:v>1117</x:v>
       </x:c>
-      <x:c r="B269" s="0" t="s">
+      <x:c r="D269" s="0" t="s">
         <x:v>1118</x:v>
       </x:c>
-      <x:c r="D269" s="0" t="s">
+      <x:c r="E269" s="0" t="s">
+        <x:v>1072</x:v>
+      </x:c>
+      <x:c r="F269" s="0" t="s">
         <x:v>1119</x:v>
       </x:c>
-      <x:c r="E269" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G269" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
-        <x:v>161</x:v>
-[...2 lines deleted...]
-        <x:v>1121</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A270" s="0" t="s">
+        <x:v>1120</x:v>
+      </x:c>
+      <x:c r="B270" s="0" t="s">
+        <x:v>1121</x:v>
+      </x:c>
+      <x:c r="D270" s="0" t="s">
+        <x:v>1080</x:v>
+      </x:c>
+      <x:c r="E270" s="0" t="s">
+        <x:v>1072</x:v>
+      </x:c>
+      <x:c r="F270" s="0" t="s">
         <x:v>1122</x:v>
       </x:c>
-      <x:c r="B270" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G270" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J270" s="0" t="s">
-        <x:v>327</x:v>
-[...2 lines deleted...]
-        <x:v>552</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A271" s="0" t="s">
+        <x:v>1123</x:v>
+      </x:c>
+      <x:c r="B271" s="0" t="s">
+        <x:v>1124</x:v>
+      </x:c>
+      <x:c r="D271" s="0" t="s">
+        <x:v>1125</x:v>
+      </x:c>
+      <x:c r="E271" s="0" t="s">
+        <x:v>1072</x:v>
+      </x:c>
+      <x:c r="F271" s="0" t="s">
         <x:v>1126</x:v>
       </x:c>
-      <x:c r="B271" s="0" t="s">
+      <x:c r="G271" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J271" s="0" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="K271" s="0" t="s">
         <x:v>1127</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>1131</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A272" s="0" t="s">
-        <x:v>1132</x:v>
+        <x:v>1128</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
-        <x:v>1133</x:v>
+        <x:v>1129</x:v>
       </x:c>
       <x:c r="D272" s="0" t="s">
-        <x:v>1134</x:v>
+        <x:v>1130</x:v>
       </x:c>
       <x:c r="E272" s="0" t="s">
-        <x:v>1129</x:v>
+        <x:v>1072</x:v>
       </x:c>
       <x:c r="F272" s="0" t="s">
-        <x:v>1135</x:v>
+        <x:v>1131</x:v>
       </x:c>
       <x:c r="G272" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J272" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="K272" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>557</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A273" s="0" t="s">
+        <x:v>1132</x:v>
+      </x:c>
+      <x:c r="B273" s="0" t="s">
+        <x:v>1133</x:v>
+      </x:c>
+      <x:c r="D273" s="0" t="s">
+        <x:v>1134</x:v>
+      </x:c>
+      <x:c r="E273" s="0" t="s">
+        <x:v>1135</x:v>
+      </x:c>
+      <x:c r="F273" s="0" t="s">
         <x:v>1136</x:v>
       </x:c>
-      <x:c r="B273" s="0" t="s">
+      <x:c r="G273" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J273" s="0" t="s">
+        <x:v>369</x:v>
+      </x:c>
+      <x:c r="K273" s="0" t="s">
         <x:v>1137</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A274" s="0" t="s">
+        <x:v>1138</x:v>
+      </x:c>
+      <x:c r="B274" s="0" t="s">
+        <x:v>1139</x:v>
+      </x:c>
+      <x:c r="D274" s="0" t="s">
         <x:v>1140</x:v>
       </x:c>
-      <x:c r="B274" s="0" t="s">
+      <x:c r="E274" s="0" t="s">
+        <x:v>1135</x:v>
+      </x:c>
+      <x:c r="F274" s="0" t="s">
         <x:v>1141</x:v>
       </x:c>
-      <x:c r="D274" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G274" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J274" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="K274" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A275" s="0" t="s">
+        <x:v>1142</x:v>
+      </x:c>
+      <x:c r="B275" s="0" t="s">
+        <x:v>1143</x:v>
+      </x:c>
+      <x:c r="D275" s="0" t="s">
         <x:v>1144</x:v>
       </x:c>
-      <x:c r="B275" s="0" t="s">
+      <x:c r="E275" s="0" t="s">
+        <x:v>1135</x:v>
+      </x:c>
+      <x:c r="F275" s="0" t="s">
         <x:v>1145</x:v>
       </x:c>
-      <x:c r="D275" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G275" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
-        <x:v>1148</x:v>
+        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A276" s="0" t="s">
+        <x:v>1146</x:v>
+      </x:c>
+      <x:c r="B276" s="0" t="s">
+        <x:v>1147</x:v>
+      </x:c>
+      <x:c r="D276" s="0" t="s">
+        <x:v>1148</x:v>
+      </x:c>
+      <x:c r="E276" s="0" t="s">
+        <x:v>1135</x:v>
+      </x:c>
+      <x:c r="F276" s="0" t="s">
         <x:v>1149</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1152</x:v>
       </x:c>
       <x:c r="G276" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J276" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A277" s="0" t="s">
+        <x:v>1150</x:v>
+      </x:c>
+      <x:c r="B277" s="0" t="s">
+        <x:v>1151</x:v>
+      </x:c>
+      <x:c r="D277" s="0" t="s">
+        <x:v>1152</x:v>
+      </x:c>
+      <x:c r="E277" s="0" t="s">
+        <x:v>1135</x:v>
+      </x:c>
+      <x:c r="F277" s="0" t="s">
         <x:v>1153</x:v>
       </x:c>
-      <x:c r="B277" s="0" t="s">
+      <x:c r="G277" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J277" s="0" t="s">
+        <x:v>369</x:v>
+      </x:c>
+      <x:c r="K277" s="0" t="s">
         <x:v>1154</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A278" s="0" t="s">
+        <x:v>1155</x:v>
+      </x:c>
+      <x:c r="B278" s="0" t="s">
+        <x:v>1156</x:v>
+      </x:c>
+      <x:c r="D278" s="0" t="s">
         <x:v>1157</x:v>
       </x:c>
-      <x:c r="B278" s="0" t="s">
+      <x:c r="E278" s="0" t="s">
+        <x:v>1135</x:v>
+      </x:c>
+      <x:c r="F278" s="0" t="s">
         <x:v>1158</x:v>
       </x:c>
-      <x:c r="D278" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G278" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J278" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A279" s="0" t="s">
+        <x:v>1159</x:v>
+      </x:c>
+      <x:c r="B279" s="0" t="s">
+        <x:v>1160</x:v>
+      </x:c>
+      <x:c r="D279" s="0" t="s">
         <x:v>1161</x:v>
       </x:c>
-      <x:c r="B279" s="0" t="s">
+      <x:c r="E279" s="0" t="s">
+        <x:v>1135</x:v>
+      </x:c>
+      <x:c r="F279" s="0" t="s">
         <x:v>1162</x:v>
       </x:c>
-      <x:c r="D279" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G279" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
-        <x:v>59</x:v>
-[...2 lines deleted...]
-        <x:v>1165</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A280" s="0" t="s">
+        <x:v>1163</x:v>
+      </x:c>
+      <x:c r="B280" s="0" t="s">
+        <x:v>1164</x:v>
+      </x:c>
+      <x:c r="D280" s="0" t="s">
+        <x:v>1165</x:v>
+      </x:c>
+      <x:c r="E280" s="0" t="s">
+        <x:v>1135</x:v>
+      </x:c>
+      <x:c r="F280" s="0" t="s">
         <x:v>1166</x:v>
       </x:c>
-      <x:c r="B280" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G280" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J280" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A281" s="0" t="s">
+        <x:v>1167</x:v>
+      </x:c>
+      <x:c r="B281" s="0" t="s">
+        <x:v>1168</x:v>
+      </x:c>
+      <x:c r="D281" s="0" t="s">
+        <x:v>1169</x:v>
+      </x:c>
+      <x:c r="E281" s="0" t="s">
+        <x:v>1135</x:v>
+      </x:c>
+      <x:c r="F281" s="0" t="s">
         <x:v>1170</x:v>
       </x:c>
-      <x:c r="B281" s="0" t="s">
+      <x:c r="G281" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J281" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="K281" s="0" t="s">
         <x:v>1171</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A282" s="0" t="s">
+        <x:v>1172</x:v>
+      </x:c>
+      <x:c r="B282" s="0" t="s">
+        <x:v>1173</x:v>
+      </x:c>
+      <x:c r="D282" s="0" t="s">
         <x:v>1174</x:v>
       </x:c>
-      <x:c r="B282" s="0" t="s">
+      <x:c r="E282" s="0" t="s">
+        <x:v>1135</x:v>
+      </x:c>
+      <x:c r="F282" s="0" t="s">
         <x:v>1175</x:v>
       </x:c>
-      <x:c r="D282" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G282" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J282" s="0" t="s">
-        <x:v>37</x:v>
-[...2 lines deleted...]
-        <x:v>98</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A283" s="0" t="s">
+        <x:v>1176</x:v>
+      </x:c>
+      <x:c r="B283" s="0" t="s">
+        <x:v>1177</x:v>
+      </x:c>
+      <x:c r="D283" s="0" t="s">
         <x:v>1178</x:v>
       </x:c>
-      <x:c r="B283" s="0" t="s">
+      <x:c r="E283" s="0" t="s">
+        <x:v>1135</x:v>
+      </x:c>
+      <x:c r="F283" s="0" t="s">
         <x:v>1179</x:v>
       </x:c>
-      <x:c r="D283" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G283" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="K283" s="0" t="s">
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A284" s="0" t="s">
+        <x:v>1180</x:v>
+      </x:c>
+      <x:c r="B284" s="0" t="s">
+        <x:v>1181</x:v>
+      </x:c>
+      <x:c r="D284" s="0" t="s">
         <x:v>1182</x:v>
       </x:c>
-      <x:c r="B284" s="0" t="s">
+      <x:c r="E284" s="0" t="s">
+        <x:v>1135</x:v>
+      </x:c>
+      <x:c r="F284" s="0" t="s">
         <x:v>1183</x:v>
       </x:c>
-      <x:c r="D284" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G284" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J284" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K284" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A285" s="0" t="s">
         <x:v>1184</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>1185</x:v>
       </x:c>
       <x:c r="D285" s="0" t="s">
         <x:v>1186</x:v>
       </x:c>
       <x:c r="E285" s="0" t="s">
-        <x:v>1129</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="F285" s="0" t="s">
         <x:v>1187</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
-        <x:v>42</x:v>
-[...1 lines deleted...]
-      <x:c r="K285" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A286" s="0" t="s">
         <x:v>1188</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
         <x:v>1189</x:v>
       </x:c>
       <x:c r="D286" s="0" t="s">
-        <x:v>1190</x:v>
+        <x:v>1152</x:v>
       </x:c>
       <x:c r="E286" s="0" t="s">
-        <x:v>1191</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="F286" s="0" t="s">
-        <x:v>1192</x:v>
+        <x:v>1153</x:v>
       </x:c>
       <x:c r="G286" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J286" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="K286" s="0" t="s">
-        <x:v>393</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A287" s="0" t="s">
+        <x:v>1190</x:v>
+      </x:c>
+      <x:c r="B287" s="0" t="s">
+        <x:v>1191</x:v>
+      </x:c>
+      <x:c r="D287" s="0" t="s">
+        <x:v>1192</x:v>
+      </x:c>
+      <x:c r="E287" s="0" t="s">
+        <x:v>1135</x:v>
+      </x:c>
+      <x:c r="F287" s="0" t="s">
         <x:v>1193</x:v>
       </x:c>
-      <x:c r="B287" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G287" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A288" s="0" t="s">
+        <x:v>1194</x:v>
+      </x:c>
+      <x:c r="B288" s="0" t="s">
+        <x:v>1195</x:v>
+      </x:c>
+      <x:c r="D288" s="0" t="s">
         <x:v>1196</x:v>
       </x:c>
-      <x:c r="B288" s="0" t="s">
+      <x:c r="E288" s="0" t="s">
+        <x:v>1135</x:v>
+      </x:c>
+      <x:c r="F288" s="0" t="s">
         <x:v>1197</x:v>
       </x:c>
-      <x:c r="D288" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G288" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J288" s="0" t="s">
-        <x:v>1200</x:v>
-[...2 lines deleted...]
-        <x:v>1201</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A289" s="0" t="s">
+        <x:v>1198</x:v>
+      </x:c>
+      <x:c r="B289" s="0" t="s">
+        <x:v>1199</x:v>
+      </x:c>
+      <x:c r="D289" s="0" t="s">
+        <x:v>1200</x:v>
+      </x:c>
+      <x:c r="E289" s="0" t="s">
+        <x:v>1201</x:v>
+      </x:c>
+      <x:c r="F289" s="0" t="s">
         <x:v>1202</x:v>
       </x:c>
-      <x:c r="B289" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G289" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A290" s="0" t="s">
-        <x:v>1206</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
-        <x:v>1207</x:v>
+        <x:v>1204</x:v>
       </x:c>
       <x:c r="D290" s="0" t="s">
-        <x:v>1176</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="E290" s="0" t="s">
-        <x:v>1208</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="F290" s="0" t="s">
-        <x:v>1209</x:v>
+        <x:v>1205</x:v>
       </x:c>
       <x:c r="G290" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J290" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K290" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A291" s="0" t="s">
+        <x:v>1206</x:v>
+      </x:c>
+      <x:c r="B291" s="0" t="s">
+        <x:v>1207</x:v>
+      </x:c>
+      <x:c r="D291" s="0" t="s">
+        <x:v>1208</x:v>
+      </x:c>
+      <x:c r="E291" s="0" t="s">
+        <x:v>1201</x:v>
+      </x:c>
+      <x:c r="F291" s="0" t="s">
+        <x:v>1209</x:v>
+      </x:c>
+      <x:c r="G291" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J291" s="0" t="s">
         <x:v>1210</x:v>
       </x:c>
-      <x:c r="B291" s="0" t="s">
+      <x:c r="K291" s="0" t="s">
         <x:v>1211</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A292" s="0" t="s">
-        <x:v>1216</x:v>
+        <x:v>1212</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
-        <x:v>1217</x:v>
+        <x:v>1213</x:v>
       </x:c>
       <x:c r="D292" s="0" t="s">
-        <x:v>1218</x:v>
+        <x:v>1214</x:v>
       </x:c>
       <x:c r="E292" s="0" t="s">
-        <x:v>1214</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="F292" s="0" t="s">
-        <x:v>1219</x:v>
+        <x:v>1215</x:v>
       </x:c>
       <x:c r="G292" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J292" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K292" s="0" t="s">
-        <x:v>567</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A293" s="0" t="s">
-        <x:v>1220</x:v>
+        <x:v>1216</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
-        <x:v>1221</x:v>
+        <x:v>1217</x:v>
       </x:c>
       <x:c r="D293" s="0" t="s">
-        <x:v>961</x:v>
+        <x:v>1182</x:v>
       </x:c>
       <x:c r="E293" s="0" t="s">
-        <x:v>1214</x:v>
+        <x:v>1218</x:v>
       </x:c>
       <x:c r="F293" s="0" t="s">
-        <x:v>1222</x:v>
+        <x:v>1219</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J293" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
-        <x:v>1223</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A294" s="0" t="s">
+        <x:v>1220</x:v>
+      </x:c>
+      <x:c r="B294" s="0" t="s">
+        <x:v>1221</x:v>
+      </x:c>
+      <x:c r="C294" s="0" t="s">
+        <x:v>1222</x:v>
+      </x:c>
+      <x:c r="D294" s="0" t="s">
+        <x:v>1223</x:v>
+      </x:c>
+      <x:c r="E294" s="0" t="s">
         <x:v>1224</x:v>
       </x:c>
-      <x:c r="B294" s="0" t="s">
+      <x:c r="F294" s="0" t="s">
         <x:v>1225</x:v>
       </x:c>
-      <x:c r="D294" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G294" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J294" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="K294" s="0" t="s">
+        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A295" s="0" t="s">
+        <x:v>1226</x:v>
+      </x:c>
+      <x:c r="B295" s="0" t="s">
         <x:v>1227</x:v>
       </x:c>
-      <x:c r="B295" s="0" t="s">
+      <x:c r="D295" s="0" t="s">
         <x:v>1228</x:v>
       </x:c>
-      <x:c r="D295" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E295" s="0" t="s">
-        <x:v>1214</x:v>
+        <x:v>1224</x:v>
       </x:c>
       <x:c r="F295" s="0" t="s">
         <x:v>1229</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J295" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>572</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A296" s="0" t="s">
         <x:v>1230</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
         <x:v>1231</x:v>
       </x:c>
       <x:c r="D296" s="0" t="s">
+        <x:v>965</x:v>
+      </x:c>
+      <x:c r="E296" s="0" t="s">
+        <x:v>1224</x:v>
+      </x:c>
+      <x:c r="F296" s="0" t="s">
         <x:v>1232</x:v>
       </x:c>
-      <x:c r="E296" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F296" s="0" t="s">
+      <x:c r="G296" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J296" s="0" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="K296" s="0" t="s">
         <x:v>1233</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A297" s="0" t="s">
         <x:v>1234</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>1235</x:v>
       </x:c>
       <x:c r="D297" s="0" t="s">
-        <x:v>961</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="E297" s="0" t="s">
-        <x:v>1214</x:v>
+        <x:v>1224</x:v>
       </x:c>
       <x:c r="F297" s="0" t="s">
         <x:v>1236</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J297" s="0" t="s">
-        <x:v>59</x:v>
-[...2 lines deleted...]
-        <x:v>1237</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A298" s="0" t="s">
+        <x:v>1237</x:v>
+      </x:c>
+      <x:c r="B298" s="0" t="s">
         <x:v>1238</x:v>
       </x:c>
-      <x:c r="B298" s="0" t="s">
+      <x:c r="D298" s="0" t="s">
+        <x:v>1223</x:v>
+      </x:c>
+      <x:c r="E298" s="0" t="s">
+        <x:v>1224</x:v>
+      </x:c>
+      <x:c r="F298" s="0" t="s">
         <x:v>1239</x:v>
       </x:c>
-      <x:c r="D298" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G298" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J298" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="K298" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A299" s="0" t="s">
+        <x:v>1240</x:v>
+      </x:c>
+      <x:c r="B299" s="0" t="s">
         <x:v>1241</x:v>
       </x:c>
-      <x:c r="B299" s="0" t="s">
+      <x:c r="D299" s="0" t="s">
         <x:v>1242</x:v>
       </x:c>
-      <x:c r="D299" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E299" s="0" t="s">
-        <x:v>1214</x:v>
+        <x:v>1224</x:v>
       </x:c>
       <x:c r="F299" s="0" t="s">
-        <x:v>1215</x:v>
+        <x:v>1243</x:v>
       </x:c>
       <x:c r="G299" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J299" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A300" s="0" t="s">
-        <x:v>1243</x:v>
+        <x:v>1244</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
-        <x:v>1244</x:v>
+        <x:v>1245</x:v>
       </x:c>
       <x:c r="D300" s="0" t="s">
-        <x:v>1245</x:v>
+        <x:v>965</x:v>
       </x:c>
       <x:c r="E300" s="0" t="s">
+        <x:v>1224</x:v>
+      </x:c>
+      <x:c r="F300" s="0" t="s">
         <x:v>1246</x:v>
       </x:c>
-      <x:c r="F300" s="0" t="s">
+      <x:c r="G300" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J300" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="K300" s="0" t="s">
         <x:v>1247</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>927</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A301" s="0" t="s">
         <x:v>1248</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>1249</x:v>
       </x:c>
       <x:c r="D301" s="0" t="s">
-        <x:v>1245</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="E301" s="0" t="s">
-        <x:v>1246</x:v>
+        <x:v>1224</x:v>
       </x:c>
       <x:c r="F301" s="0" t="s">
-        <x:v>1247</x:v>
+        <x:v>1250</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="I301" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J301" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="K301" s="0" t="s">
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A302" s="0" t="s">
         <x:v>1251</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
         <x:v>1252</x:v>
       </x:c>
       <x:c r="D302" s="0" t="s">
         <x:v>1253</x:v>
       </x:c>
       <x:c r="E302" s="0" t="s">
-        <x:v>1246</x:v>
+        <x:v>1224</x:v>
       </x:c>
       <x:c r="F302" s="0" t="s">
-        <x:v>1254</x:v>
+        <x:v>1225</x:v>
       </x:c>
       <x:c r="G302" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J302" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="K302" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A303" s="0" t="s">
+        <x:v>1254</x:v>
+      </x:c>
+      <x:c r="B303" s="0" t="s">
         <x:v>1255</x:v>
       </x:c>
-      <x:c r="B303" s="0" t="s">
+      <x:c r="D303" s="0" t="s">
         <x:v>1256</x:v>
       </x:c>
-      <x:c r="D303" s="0" t="s">
+      <x:c r="E303" s="0" t="s">
         <x:v>1257</x:v>
       </x:c>
-      <x:c r="E303" s="0" t="s">
+      <x:c r="F303" s="0" t="s">
         <x:v>1258</x:v>
       </x:c>
-      <x:c r="F303" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G303" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J303" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
-        <x:v>567</x:v>
+        <x:v>931</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A304" s="0" t="s">
+        <x:v>1259</x:v>
+      </x:c>
+      <x:c r="B304" s="0" t="s">
         <x:v>1260</x:v>
       </x:c>
-      <x:c r="B304" s="0" t="s">
+      <x:c r="D304" s="0" t="s">
+        <x:v>1256</x:v>
+      </x:c>
+      <x:c r="E304" s="0" t="s">
+        <x:v>1257</x:v>
+      </x:c>
+      <x:c r="F304" s="0" t="s">
+        <x:v>1258</x:v>
+      </x:c>
+      <x:c r="G304" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I304" s="0" t="s">
         <x:v>1261</x:v>
       </x:c>
-      <x:c r="D304" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="J304" s="0" t="s">
-        <x:v>37</x:v>
-[...2 lines deleted...]
-        <x:v>98</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A305" s="0" t="s">
+        <x:v>1262</x:v>
+      </x:c>
+      <x:c r="B305" s="0" t="s">
+        <x:v>1263</x:v>
+      </x:c>
+      <x:c r="D305" s="0" t="s">
         <x:v>1264</x:v>
       </x:c>
-      <x:c r="B305" s="0" t="s">
+      <x:c r="E305" s="0" t="s">
+        <x:v>1257</x:v>
+      </x:c>
+      <x:c r="F305" s="0" t="s">
         <x:v>1265</x:v>
       </x:c>
-      <x:c r="D305" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G305" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J305" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
-        <x:v>927</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A306" s="0" t="s">
+        <x:v>1266</x:v>
+      </x:c>
+      <x:c r="B306" s="0" t="s">
+        <x:v>1267</x:v>
+      </x:c>
+      <x:c r="D306" s="0" t="s">
         <x:v>1268</x:v>
       </x:c>
-      <x:c r="B306" s="0" t="s">
+      <x:c r="E306" s="0" t="s">
         <x:v>1269</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1258</x:v>
       </x:c>
       <x:c r="F306" s="0" t="s">
         <x:v>1270</x:v>
       </x:c>
       <x:c r="G306" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J306" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K306" s="0" t="s">
-        <x:v>1271</x:v>
+        <x:v>572</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A307" s="0" t="s">
+        <x:v>1271</x:v>
+      </x:c>
+      <x:c r="B307" s="0" t="s">
         <x:v>1272</x:v>
       </x:c>
-      <x:c r="B307" s="0" t="s">
+      <x:c r="D307" s="0" t="s">
         <x:v>1273</x:v>
       </x:c>
-      <x:c r="D307" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E307" s="0" t="s">
-        <x:v>1258</x:v>
+        <x:v>1269</x:v>
       </x:c>
       <x:c r="F307" s="0" t="s">
         <x:v>1274</x:v>
       </x:c>
       <x:c r="G307" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J307" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
-        <x:v>552</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A308" s="0" t="s">
         <x:v>1275</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
         <x:v>1276</x:v>
       </x:c>
       <x:c r="D308" s="0" t="s">
         <x:v>1277</x:v>
       </x:c>
       <x:c r="E308" s="0" t="s">
+        <x:v>1269</x:v>
+      </x:c>
+      <x:c r="F308" s="0" t="s">
         <x:v>1278</x:v>
       </x:c>
-      <x:c r="F308" s="0" t="s">
+      <x:c r="G308" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J308" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="K308" s="0" t="s">
         <x:v>1279</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A309" s="0" t="s">
         <x:v>1280</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>1281</x:v>
       </x:c>
       <x:c r="D309" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>1277</x:v>
       </x:c>
       <x:c r="E309" s="0" t="s">
-        <x:v>1278</x:v>
+        <x:v>1269</x:v>
       </x:c>
       <x:c r="F309" s="0" t="s">
         <x:v>1282</x:v>
       </x:c>
       <x:c r="G309" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J309" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>1283</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A310" s="0" t="s">
-        <x:v>1283</x:v>
+        <x:v>1284</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
-        <x:v>1284</x:v>
+        <x:v>1285</x:v>
       </x:c>
       <x:c r="D310" s="0" t="s">
-        <x:v>1285</x:v>
+        <x:v>1277</x:v>
       </x:c>
       <x:c r="E310" s="0" t="s">
-        <x:v>1278</x:v>
+        <x:v>1269</x:v>
       </x:c>
       <x:c r="F310" s="0" t="s">
         <x:v>1286</x:v>
       </x:c>
       <x:c r="G310" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J310" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K310" s="0" t="s">
-        <x:v>927</x:v>
+        <x:v>557</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A311" s="0" t="s">
         <x:v>1287</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>1288</x:v>
       </x:c>
       <x:c r="D311" s="0" t="s">
         <x:v>1289</x:v>
       </x:c>
       <x:c r="E311" s="0" t="s">
         <x:v>1290</x:v>
       </x:c>
       <x:c r="F311" s="0" t="s">
         <x:v>1291</x:v>
       </x:c>
       <x:c r="G311" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J311" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
-        <x:v>1201</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A312" s="0" t="s">
         <x:v>1292</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
         <x:v>1293</x:v>
       </x:c>
       <x:c r="D312" s="0" t="s">
-        <x:v>1294</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="E312" s="0" t="s">
         <x:v>1290</x:v>
       </x:c>
       <x:c r="F312" s="0" t="s">
-        <x:v>1295</x:v>
+        <x:v>1294</x:v>
       </x:c>
       <x:c r="G312" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J312" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="K312" s="0" t="s">
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A313" s="0" t="s">
+        <x:v>1295</x:v>
+      </x:c>
+      <x:c r="B313" s="0" t="s">
         <x:v>1296</x:v>
       </x:c>
-      <x:c r="B313" s="0" t="s">
+      <x:c r="D313" s="0" t="s">
         <x:v>1297</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1298</x:v>
       </x:c>
       <x:c r="E313" s="0" t="s">
         <x:v>1290</x:v>
       </x:c>
       <x:c r="F313" s="0" t="s">
-        <x:v>1299</x:v>
+        <x:v>1298</x:v>
       </x:c>
       <x:c r="G313" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J313" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
-        <x:v>1300</x:v>
+        <x:v>931</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A314" s="0" t="s">
+        <x:v>1299</x:v>
+      </x:c>
+      <x:c r="B314" s="0" t="s">
+        <x:v>1300</x:v>
+      </x:c>
+      <x:c r="D314" s="0" t="s">
         <x:v>1301</x:v>
       </x:c>
-      <x:c r="B314" s="0" t="s">
+      <x:c r="E314" s="0" t="s">
         <x:v>1302</x:v>
       </x:c>
-      <x:c r="D314" s="0" t="s">
+      <x:c r="F314" s="0" t="s">
         <x:v>1303</x:v>
       </x:c>
-      <x:c r="E314" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G314" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J314" s="0" t="s">
-        <x:v>59</x:v>
-[...2 lines deleted...]
-        <x:v>475</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A315" s="0" t="s">
+        <x:v>1304</x:v>
+      </x:c>
+      <x:c r="B315" s="0" t="s">
         <x:v>1305</x:v>
       </x:c>
-      <x:c r="B315" s="0" t="s">
+      <x:c r="D315" s="0" t="s">
         <x:v>1306</x:v>
       </x:c>
-      <x:c r="D315" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E315" s="0" t="s">
-        <x:v>1290</x:v>
+        <x:v>1302</x:v>
       </x:c>
       <x:c r="F315" s="0" t="s">
         <x:v>1307</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>1308</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A316" s="0" t="s">
         <x:v>1309</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
         <x:v>1310</x:v>
       </x:c>
       <x:c r="D316" s="0" t="s">
         <x:v>1311</x:v>
       </x:c>
       <x:c r="E316" s="0" t="s">
-        <x:v>1290</x:v>
+        <x:v>1302</x:v>
       </x:c>
       <x:c r="F316" s="0" t="s">
         <x:v>1312</x:v>
       </x:c>
       <x:c r="G316" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J316" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K316" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A317" s="0" t="s">
         <x:v>1313</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>1314</x:v>
       </x:c>
       <x:c r="D317" s="0" t="s">
+        <x:v>1161</x:v>
+      </x:c>
+      <x:c r="E317" s="0" t="s">
+        <x:v>1302</x:v>
+      </x:c>
+      <x:c r="F317" s="0" t="s">
         <x:v>1315</x:v>
       </x:c>
-      <x:c r="E317" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F317" s="0" t="s">
+      <x:c r="G317" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J317" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="K317" s="0" t="s">
         <x:v>1316</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A318" s="0" t="s">
         <x:v>1317</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
         <x:v>1318</x:v>
       </x:c>
       <x:c r="D318" s="0" t="s">
         <x:v>1319</x:v>
       </x:c>
       <x:c r="E318" s="0" t="s">
-        <x:v>1290</x:v>
+        <x:v>1302</x:v>
       </x:c>
       <x:c r="F318" s="0" t="s">
         <x:v>1320</x:v>
       </x:c>
       <x:c r="G318" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J318" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K318" s="0" t="s">
-        <x:v>1321</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A319" s="0" t="s">
+        <x:v>1321</x:v>
+      </x:c>
+      <x:c r="B319" s="0" t="s">
         <x:v>1322</x:v>
       </x:c>
-      <x:c r="B319" s="0" t="s">
+      <x:c r="D319" s="0" t="s">
         <x:v>1323</x:v>
       </x:c>
-      <x:c r="D319" s="0" t="s">
+      <x:c r="E319" s="0" t="s">
+        <x:v>1302</x:v>
+      </x:c>
+      <x:c r="F319" s="0" t="s">
         <x:v>1324</x:v>
       </x:c>
-      <x:c r="E319" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G319" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
-        <x:v>1326</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A320" s="0" t="s">
+        <x:v>1325</x:v>
+      </x:c>
+      <x:c r="B320" s="0" t="s">
+        <x:v>1326</x:v>
+      </x:c>
+      <x:c r="D320" s="0" t="s">
         <x:v>1327</x:v>
       </x:c>
-      <x:c r="B320" s="0" t="s">
+      <x:c r="E320" s="0" t="s">
+        <x:v>1302</x:v>
+      </x:c>
+      <x:c r="F320" s="0" t="s">
         <x:v>1328</x:v>
       </x:c>
-      <x:c r="D320" s="0" t="s">
+      <x:c r="G320" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J320" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="K320" s="0" t="s">
         <x:v>1329</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>1331</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A321" s="0" t="s">
+        <x:v>1330</x:v>
+      </x:c>
+      <x:c r="B321" s="0" t="s">
+        <x:v>1331</x:v>
+      </x:c>
+      <x:c r="D321" s="0" t="s">
         <x:v>1332</x:v>
       </x:c>
-      <x:c r="B321" s="0" t="s">
+      <x:c r="E321" s="0" t="s">
+        <x:v>1302</x:v>
+      </x:c>
+      <x:c r="F321" s="0" t="s">
         <x:v>1333</x:v>
       </x:c>
-      <x:c r="D321" s="0" t="s">
+      <x:c r="G321" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J321" s="0" t="s">
+        <x:v>1210</x:v>
+      </x:c>
+      <x:c r="K321" s="0" t="s">
         <x:v>1334</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A322" s="0" t="s">
+        <x:v>1335</x:v>
+      </x:c>
+      <x:c r="B322" s="0" t="s">
         <x:v>1336</x:v>
       </x:c>
-      <x:c r="B322" s="0" t="s">
+      <x:c r="D322" s="0" t="s">
         <x:v>1337</x:v>
       </x:c>
-      <x:c r="D322" s="0" t="s">
+      <x:c r="E322" s="0" t="s">
+        <x:v>1302</x:v>
+      </x:c>
+      <x:c r="F322" s="0" t="s">
         <x:v>1338</x:v>
       </x:c>
-      <x:c r="E322" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F322" s="0" t="s">
+      <x:c r="G322" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J322" s="0" t="s">
+        <x:v>619</x:v>
+      </x:c>
+      <x:c r="K322" s="0" t="s">
         <x:v>1339</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1326</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A323" s="0" t="s">
         <x:v>1340</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>1341</x:v>
       </x:c>
       <x:c r="D323" s="0" t="s">
         <x:v>1342</x:v>
       </x:c>
       <x:c r="E323" s="0" t="s">
-        <x:v>1290</x:v>
+        <x:v>1302</x:v>
       </x:c>
       <x:c r="F323" s="0" t="s">
         <x:v>1343</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J323" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
-        <x:v>1344</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A324" s="0" t="s">
+        <x:v>1344</x:v>
+      </x:c>
+      <x:c r="B324" s="0" t="s">
         <x:v>1345</x:v>
       </x:c>
-      <x:c r="B324" s="0" t="s">
+      <x:c r="D324" s="0" t="s">
         <x:v>1346</x:v>
       </x:c>
-      <x:c r="D324" s="0" t="s">
+      <x:c r="E324" s="0" t="s">
+        <x:v>1302</x:v>
+      </x:c>
+      <x:c r="F324" s="0" t="s">
         <x:v>1347</x:v>
       </x:c>
-      <x:c r="E324" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G324" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J324" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>1210</x:v>
       </x:c>
       <x:c r="K324" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>1334</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A325" s="0" t="s">
+        <x:v>1348</x:v>
+      </x:c>
+      <x:c r="B325" s="0" t="s">
         <x:v>1349</x:v>
       </x:c>
-      <x:c r="B325" s="0" t="s">
+      <x:c r="D325" s="0" t="s">
         <x:v>1350</x:v>
       </x:c>
-      <x:c r="D325" s="0" t="s">
+      <x:c r="E325" s="0" t="s">
+        <x:v>1302</x:v>
+      </x:c>
+      <x:c r="F325" s="0" t="s">
         <x:v>1351</x:v>
       </x:c>
-      <x:c r="E325" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F325" s="0" t="s">
+      <x:c r="G325" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J325" s="0" t="s">
+        <x:v>500</x:v>
+      </x:c>
+      <x:c r="K325" s="0" t="s">
         <x:v>1352</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A326" s="0" t="s">
         <x:v>1353</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
         <x:v>1354</x:v>
       </x:c>
       <x:c r="D326" s="0" t="s">
         <x:v>1355</x:v>
       </x:c>
       <x:c r="E326" s="0" t="s">
-        <x:v>1290</x:v>
+        <x:v>1302</x:v>
       </x:c>
       <x:c r="F326" s="0" t="s">
         <x:v>1356</x:v>
       </x:c>
       <x:c r="G326" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J326" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K326" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A327" s="0" t="s">
         <x:v>1357</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>1358</x:v>
       </x:c>
       <x:c r="D327" s="0" t="s">
         <x:v>1359</x:v>
       </x:c>
       <x:c r="E327" s="0" t="s">
-        <x:v>1290</x:v>
+        <x:v>1302</x:v>
       </x:c>
       <x:c r="F327" s="0" t="s">
         <x:v>1360</x:v>
       </x:c>
       <x:c r="G327" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J327" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A328" s="0" t="s">
         <x:v>1361</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
         <x:v>1362</x:v>
       </x:c>
       <x:c r="D328" s="0" t="s">
         <x:v>1363</x:v>
       </x:c>
       <x:c r="E328" s="0" t="s">
-        <x:v>1290</x:v>
+        <x:v>1302</x:v>
       </x:c>
       <x:c r="F328" s="0" t="s">
         <x:v>1364</x:v>
       </x:c>
       <x:c r="G328" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J328" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="K328" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A329" s="0" t="s">
         <x:v>1365</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>1366</x:v>
       </x:c>
       <x:c r="D329" s="0" t="s">
         <x:v>1367</x:v>
       </x:c>
       <x:c r="E329" s="0" t="s">
-        <x:v>1290</x:v>
+        <x:v>1302</x:v>
       </x:c>
       <x:c r="F329" s="0" t="s">
         <x:v>1368</x:v>
       </x:c>
       <x:c r="G329" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J329" s="0" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="K329" s="0" t="s">
         <x:v>123</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1369</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A330" s="0" t="s">
+        <x:v>1369</x:v>
+      </x:c>
+      <x:c r="B330" s="0" t="s">
         <x:v>1370</x:v>
       </x:c>
-      <x:c r="B330" s="0" t="s">
+      <x:c r="D330" s="0" t="s">
         <x:v>1371</x:v>
       </x:c>
-      <x:c r="D330" s="0" t="s">
+      <x:c r="E330" s="0" t="s">
+        <x:v>1302</x:v>
+      </x:c>
+      <x:c r="F330" s="0" t="s">
         <x:v>1372</x:v>
       </x:c>
-      <x:c r="E330" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G330" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J330" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="K330" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A331" s="0" t="s">
+        <x:v>1373</x:v>
+      </x:c>
+      <x:c r="B331" s="0" t="s">
         <x:v>1374</x:v>
       </x:c>
-      <x:c r="B331" s="0" t="s">
+      <x:c r="D331" s="0" t="s">
         <x:v>1375</x:v>
       </x:c>
-      <x:c r="D331" s="0" t="s">
+      <x:c r="E331" s="0" t="s">
+        <x:v>1302</x:v>
+      </x:c>
+      <x:c r="F331" s="0" t="s">
         <x:v>1376</x:v>
       </x:c>
-      <x:c r="E331" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F331" s="0" t="s">
+      <x:c r="G331" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J331" s="0" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="K331" s="0" t="s">
         <x:v>1377</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A332" s="0" t="s">
         <x:v>1378</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
         <x:v>1379</x:v>
       </x:c>
       <x:c r="D332" s="0" t="s">
         <x:v>1380</x:v>
       </x:c>
       <x:c r="E332" s="0" t="s">
-        <x:v>1290</x:v>
+        <x:v>1302</x:v>
       </x:c>
       <x:c r="F332" s="0" t="s">
         <x:v>1381</x:v>
       </x:c>
       <x:c r="G332" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J332" s="0" t="s">
-        <x:v>442</x:v>
-[...2 lines deleted...]
-        <x:v>1382</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A333" s="0" t="s">
+        <x:v>1382</x:v>
+      </x:c>
+      <x:c r="B333" s="0" t="s">
         <x:v>1383</x:v>
       </x:c>
-      <x:c r="B333" s="0" t="s">
+      <x:c r="D333" s="0" t="s">
         <x:v>1384</x:v>
       </x:c>
-      <x:c r="D333" s="0" t="s">
+      <x:c r="E333" s="0" t="s">
+        <x:v>1302</x:v>
+      </x:c>
+      <x:c r="F333" s="0" t="s">
         <x:v>1385</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1386</x:v>
       </x:c>
       <x:c r="G333" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J333" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A334" s="0" t="s">
+        <x:v>1386</x:v>
+      </x:c>
+      <x:c r="B334" s="0" t="s">
         <x:v>1387</x:v>
       </x:c>
-      <x:c r="B334" s="0" t="s">
+      <x:c r="D334" s="0" t="s">
         <x:v>1388</x:v>
       </x:c>
-      <x:c r="D334" s="0" t="s">
+      <x:c r="E334" s="0" t="s">
+        <x:v>1302</x:v>
+      </x:c>
+      <x:c r="F334" s="0" t="s">
         <x:v>1389</x:v>
       </x:c>
-      <x:c r="E334" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F334" s="0" t="s">
+      <x:c r="G334" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J334" s="0" t="s">
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="K334" s="0" t="s">
         <x:v>1390</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A335" s="0" t="s">
         <x:v>1391</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>1392</x:v>
       </x:c>
       <x:c r="D335" s="0" t="s">
         <x:v>1393</x:v>
       </x:c>
       <x:c r="E335" s="0" t="s">
-        <x:v>1290</x:v>
+        <x:v>1302</x:v>
       </x:c>
       <x:c r="F335" s="0" t="s">
         <x:v>1394</x:v>
       </x:c>
       <x:c r="G335" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J335" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
-        <x:v>916</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A336" s="0" t="s">
         <x:v>1395</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
         <x:v>1396</x:v>
       </x:c>
       <x:c r="D336" s="0" t="s">
-        <x:v>1289</x:v>
+        <x:v>1397</x:v>
       </x:c>
       <x:c r="E336" s="0" t="s">
-        <x:v>1290</x:v>
+        <x:v>1302</x:v>
       </x:c>
       <x:c r="F336" s="0" t="s">
-        <x:v>1397</x:v>
+        <x:v>1398</x:v>
       </x:c>
       <x:c r="G336" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J336" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="K336" s="0" t="s">
-        <x:v>1398</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A337" s="0" t="s">
         <x:v>1399</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>1400</x:v>
       </x:c>
       <x:c r="D337" s="0" t="s">
         <x:v>1401</x:v>
       </x:c>
       <x:c r="E337" s="0" t="s">
-        <x:v>1290</x:v>
+        <x:v>1302</x:v>
       </x:c>
       <x:c r="F337" s="0" t="s">
         <x:v>1402</x:v>
       </x:c>
       <x:c r="G337" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J337" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="K337" s="0" t="s">
+        <x:v>920</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A338" s="0" t="s">
         <x:v>1403</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
         <x:v>1404</x:v>
       </x:c>
       <x:c r="D338" s="0" t="s">
         <x:v>1405</x:v>
       </x:c>
       <x:c r="E338" s="0" t="s">
-        <x:v>1290</x:v>
+        <x:v>1302</x:v>
       </x:c>
       <x:c r="F338" s="0" t="s">
         <x:v>1406</x:v>
       </x:c>
       <x:c r="G338" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J338" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>1210</x:v>
       </x:c>
       <x:c r="K338" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>1407</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A339" s="0" t="s">
-        <x:v>1407</x:v>
+        <x:v>1408</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
-        <x:v>1408</x:v>
+        <x:v>1409</x:v>
       </x:c>
       <x:c r="D339" s="0" t="s">
-        <x:v>1409</x:v>
+        <x:v>1410</x:v>
       </x:c>
       <x:c r="E339" s="0" t="s">
-        <x:v>1290</x:v>
+        <x:v>1302</x:v>
       </x:c>
       <x:c r="F339" s="0" t="s">
-        <x:v>1410</x:v>
+        <x:v>1411</x:v>
       </x:c>
       <x:c r="G339" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J339" s="0" t="s">
-        <x:v>1411</x:v>
-[...2 lines deleted...]
-        <x:v>1412</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A340" s="0" t="s">
+        <x:v>1412</x:v>
+      </x:c>
+      <x:c r="B340" s="0" t="s">
         <x:v>1413</x:v>
       </x:c>
-      <x:c r="B340" s="0" t="s">
+      <x:c r="D340" s="0" t="s">
         <x:v>1414</x:v>
       </x:c>
-      <x:c r="D340" s="0" t="s">
+      <x:c r="E340" s="0" t="s">
+        <x:v>1302</x:v>
+      </x:c>
+      <x:c r="F340" s="0" t="s">
         <x:v>1415</x:v>
       </x:c>
-      <x:c r="E340" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G340" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J340" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K340" s="0" t="s">
-        <x:v>1417</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A341" s="0" t="s">
+        <x:v>1416</x:v>
+      </x:c>
+      <x:c r="B341" s="0" t="s">
+        <x:v>1417</x:v>
+      </x:c>
+      <x:c r="D341" s="0" t="s">
+        <x:v>1405</x:v>
+      </x:c>
+      <x:c r="E341" s="0" t="s">
+        <x:v>1302</x:v>
+      </x:c>
+      <x:c r="F341" s="0" t="s">
         <x:v>1418</x:v>
       </x:c>
-      <x:c r="B341" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G341" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J341" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>1211</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A342" s="0" t="s">
+        <x:v>1419</x:v>
+      </x:c>
+      <x:c r="B342" s="0" t="s">
+        <x:v>1420</x:v>
+      </x:c>
+      <x:c r="D342" s="0" t="s">
+        <x:v>1421</x:v>
+      </x:c>
+      <x:c r="E342" s="0" t="s">
+        <x:v>1302</x:v>
+      </x:c>
+      <x:c r="F342" s="0" t="s">
         <x:v>1422</x:v>
       </x:c>
-      <x:c r="B342" s="0" t="s">
+      <x:c r="G342" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J342" s="0" t="s">
         <x:v>1423</x:v>
       </x:c>
-      <x:c r="D342" s="0" t="s">
+      <x:c r="K342" s="0" t="s">
         <x:v>1424</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A343" s="0" t="s">
+        <x:v>1425</x:v>
+      </x:c>
+      <x:c r="B343" s="0" t="s">
         <x:v>1426</x:v>
       </x:c>
-      <x:c r="B343" s="0" t="s">
+      <x:c r="D343" s="0" t="s">
         <x:v>1427</x:v>
       </x:c>
-      <x:c r="D343" s="0" t="s">
+      <x:c r="E343" s="0" t="s">
+        <x:v>1302</x:v>
+      </x:c>
+      <x:c r="F343" s="0" t="s">
         <x:v>1428</x:v>
       </x:c>
-      <x:c r="E343" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F343" s="0" t="s">
+      <x:c r="G343" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J343" s="0" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="K343" s="0" t="s">
         <x:v>1429</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A344" s="0" t="s">
         <x:v>1430</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
         <x:v>1431</x:v>
       </x:c>
       <x:c r="D344" s="0" t="s">
         <x:v>1432</x:v>
       </x:c>
       <x:c r="E344" s="0" t="s">
+        <x:v>1302</x:v>
+      </x:c>
+      <x:c r="F344" s="0" t="s">
         <x:v>1433</x:v>
       </x:c>
-      <x:c r="F344" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G344" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J344" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="K344" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A345" s="0" t="s">
+        <x:v>1434</x:v>
+      </x:c>
+      <x:c r="B345" s="0" t="s">
         <x:v>1435</x:v>
       </x:c>
-      <x:c r="B345" s="0" t="s">
+      <x:c r="D345" s="0" t="s">
         <x:v>1436</x:v>
       </x:c>
-      <x:c r="D345" s="0" t="s">
+      <x:c r="E345" s="0" t="s">
+        <x:v>1302</x:v>
+      </x:c>
+      <x:c r="F345" s="0" t="s">
         <x:v>1437</x:v>
       </x:c>
-      <x:c r="E345" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G345" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J345" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="K345" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A346" s="0" t="s">
+        <x:v>1438</x:v>
+      </x:c>
+      <x:c r="B346" s="0" t="s">
         <x:v>1439</x:v>
       </x:c>
-      <x:c r="B346" s="0" t="s">
+      <x:c r="D346" s="0" t="s">
         <x:v>1440</x:v>
       </x:c>
-      <x:c r="D346" s="0" t="s">
+      <x:c r="E346" s="0" t="s">
+        <x:v>1302</x:v>
+      </x:c>
+      <x:c r="F346" s="0" t="s">
         <x:v>1441</x:v>
       </x:c>
-      <x:c r="E346" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G346" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J346" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K346" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A347" s="0" t="s">
+        <x:v>1442</x:v>
+      </x:c>
+      <x:c r="B347" s="0" t="s">
         <x:v>1443</x:v>
       </x:c>
-      <x:c r="B347" s="0" t="s">
+      <x:c r="D347" s="0" t="s">
         <x:v>1444</x:v>
       </x:c>
-      <x:c r="D347" s="0" t="s">
+      <x:c r="E347" s="0" t="s">
         <x:v>1445</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1433</x:v>
       </x:c>
       <x:c r="F347" s="0" t="s">
         <x:v>1446</x:v>
       </x:c>
       <x:c r="G347" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J347" s="0" t="s">
-        <x:v>59</x:v>
-[...2 lines deleted...]
-        <x:v>141</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A348" s="0" t="s">
         <x:v>1447</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
         <x:v>1448</x:v>
       </x:c>
       <x:c r="D348" s="0" t="s">
         <x:v>1449</x:v>
       </x:c>
       <x:c r="E348" s="0" t="s">
-        <x:v>1433</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="F348" s="0" t="s">
         <x:v>1450</x:v>
       </x:c>
       <x:c r="G348" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J348" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A349" s="0" t="s">
         <x:v>1451</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>1452</x:v>
       </x:c>
       <x:c r="D349" s="0" t="s">
         <x:v>1453</x:v>
       </x:c>
       <x:c r="E349" s="0" t="s">
-        <x:v>1433</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="F349" s="0" t="s">
         <x:v>1454</x:v>
       </x:c>
       <x:c r="G349" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J349" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A350" s="0" t="s">
         <x:v>1455</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
         <x:v>1456</x:v>
       </x:c>
       <x:c r="D350" s="0" t="s">
         <x:v>1457</x:v>
       </x:c>
       <x:c r="E350" s="0" t="s">
-        <x:v>1433</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="F350" s="0" t="s">
         <x:v>1458</x:v>
       </x:c>
       <x:c r="G350" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J350" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="K350" s="0" t="s">
+        <x:v>1459</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A351" s="0" t="s">
-        <x:v>1459</x:v>
+        <x:v>1460</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
-        <x:v>1460</x:v>
+        <x:v>1461</x:v>
       </x:c>
       <x:c r="D351" s="0" t="s">
-        <x:v>1433</x:v>
+        <x:v>1462</x:v>
       </x:c>
       <x:c r="E351" s="0" t="s">
-        <x:v>1433</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="F351" s="0" t="s">
-        <x:v>1461</x:v>
+        <x:v>1463</x:v>
       </x:c>
       <x:c r="G351" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J351" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A352" s="0" t="s">
-        <x:v>1462</x:v>
+        <x:v>1464</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
-        <x:v>1463</x:v>
+        <x:v>1465</x:v>
       </x:c>
       <x:c r="D352" s="0" t="s">
-        <x:v>1198</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="E352" s="0" t="s">
-        <x:v>1433</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="F352" s="0" t="s">
-        <x:v>1464</x:v>
+        <x:v>1467</x:v>
       </x:c>
       <x:c r="G352" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J352" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="K352" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A353" s="0" t="s">
-        <x:v>1465</x:v>
+        <x:v>1468</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
-        <x:v>1466</x:v>
+        <x:v>1469</x:v>
       </x:c>
       <x:c r="D353" s="0" t="s">
-        <x:v>1467</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="E353" s="0" t="s">
-        <x:v>1433</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="F353" s="0" t="s">
-        <x:v>1461</x:v>
+        <x:v>1471</x:v>
       </x:c>
       <x:c r="G353" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J353" s="0" t="s">
-        <x:v>17</x:v>
-[...2 lines deleted...]
-        <x:v>1468</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A354" s="0" t="s">
-        <x:v>1469</x:v>
+        <x:v>1472</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
-        <x:v>1470</x:v>
+        <x:v>1473</x:v>
       </x:c>
       <x:c r="D354" s="0" t="s">
-        <x:v>1471</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="E354" s="0" t="s">
-        <x:v>1433</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="F354" s="0" t="s">
-        <x:v>1472</x:v>
+        <x:v>1474</x:v>
       </x:c>
       <x:c r="G354" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J354" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K354" s="0" t="s">
-        <x:v>1473</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A355" s="0" t="s">
-        <x:v>1474</x:v>
+        <x:v>1475</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
-        <x:v>1475</x:v>
+        <x:v>1476</x:v>
       </x:c>
       <x:c r="D355" s="0" t="s">
-        <x:v>1476</x:v>
+        <x:v>1208</x:v>
       </x:c>
       <x:c r="E355" s="0" t="s">
-        <x:v>1433</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="F355" s="0" t="s">
         <x:v>1477</x:v>
       </x:c>
       <x:c r="G355" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J355" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A356" s="0" t="s">
         <x:v>1478</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
         <x:v>1479</x:v>
       </x:c>
       <x:c r="D356" s="0" t="s">
+        <x:v>1445</x:v>
+      </x:c>
+      <x:c r="E356" s="0" t="s">
+        <x:v>1445</x:v>
+      </x:c>
+      <x:c r="F356" s="0" t="s">
+        <x:v>1474</x:v>
+      </x:c>
+      <x:c r="G356" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J356" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="K356" s="0" t="s">
         <x:v>1480</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>1482</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A357" s="0" t="s">
+        <x:v>1481</x:v>
+      </x:c>
+      <x:c r="B357" s="0" t="s">
+        <x:v>1482</x:v>
+      </x:c>
+      <x:c r="D357" s="0" t="s">
         <x:v>1483</x:v>
       </x:c>
-      <x:c r="B357" s="0" t="s">
+      <x:c r="E357" s="0" t="s">
+        <x:v>1445</x:v>
+      </x:c>
+      <x:c r="F357" s="0" t="s">
         <x:v>1484</x:v>
       </x:c>
-      <x:c r="D357" s="0" t="s">
+      <x:c r="G357" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J357" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="K357" s="0" t="s">
         <x:v>1485</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>689</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A358" s="0" t="s">
+        <x:v>1486</x:v>
+      </x:c>
+      <x:c r="B358" s="0" t="s">
         <x:v>1487</x:v>
       </x:c>
-      <x:c r="B358" s="0" t="s">
+      <x:c r="D358" s="0" t="s">
         <x:v>1488</x:v>
       </x:c>
-      <x:c r="D358" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E358" s="0" t="s">
-        <x:v>1433</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="F358" s="0" t="s">
         <x:v>1489</x:v>
       </x:c>
       <x:c r="G358" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J358" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K358" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A359" s="0" t="s">
         <x:v>1490</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>1491</x:v>
       </x:c>
       <x:c r="D359" s="0" t="s">
         <x:v>1492</x:v>
       </x:c>
       <x:c r="E359" s="0" t="s">
-        <x:v>1433</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="F359" s="0" t="s">
         <x:v>1493</x:v>
       </x:c>
       <x:c r="G359" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J359" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="K359" s="0" t="s">
+        <x:v>1494</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A360" s="0" t="s">
-        <x:v>1494</x:v>
+        <x:v>1495</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
-        <x:v>1495</x:v>
+        <x:v>1496</x:v>
       </x:c>
       <x:c r="D360" s="0" t="s">
-        <x:v>1496</x:v>
+        <x:v>1497</x:v>
       </x:c>
       <x:c r="E360" s="0" t="s">
-        <x:v>1433</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="F360" s="0" t="s">
-        <x:v>1497</x:v>
+        <x:v>1498</x:v>
       </x:c>
       <x:c r="G360" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J360" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="K360" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>693</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A361" s="0" t="s">
-        <x:v>1498</x:v>
+        <x:v>1499</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
-        <x:v>1499</x:v>
+        <x:v>1500</x:v>
       </x:c>
       <x:c r="D361" s="0" t="s">
-        <x:v>1500</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="E361" s="0" t="s">
-        <x:v>1433</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="F361" s="0" t="s">
         <x:v>1501</x:v>
       </x:c>
       <x:c r="G361" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J361" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A362" s="0" t="s">
         <x:v>1502</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
         <x:v>1503</x:v>
       </x:c>
       <x:c r="D362" s="0" t="s">
         <x:v>1504</x:v>
       </x:c>
       <x:c r="E362" s="0" t="s">
-        <x:v>1433</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="F362" s="0" t="s">
         <x:v>1505</x:v>
       </x:c>
       <x:c r="G362" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J362" s="0" t="s">
-        <x:v>228</x:v>
-[...2 lines deleted...]
-        <x:v>102</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A363" s="0" t="s">
         <x:v>1506</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>1507</x:v>
       </x:c>
       <x:c r="D363" s="0" t="s">
-        <x:v>1433</x:v>
+        <x:v>1508</x:v>
       </x:c>
       <x:c r="E363" s="0" t="s">
-        <x:v>1433</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="F363" s="0" t="s">
-        <x:v>1489</x:v>
+        <x:v>1509</x:v>
       </x:c>
       <x:c r="G363" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J363" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
-        <x:v>102</x:v>
-[...4 lines deleted...]
-        <x:v>1508</x:v>
+        <x:v>93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="364" spans="1:11" ht="14.25" customHeight="1">
+      <x:c r="A364" s="0" t="s">
+        <x:v>1510</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
-        <x:v>1509</x:v>
+        <x:v>1511</x:v>
       </x:c>
       <x:c r="D364" s="0" t="s">
-        <x:v>1510</x:v>
+        <x:v>1512</x:v>
       </x:c>
       <x:c r="E364" s="0" t="s">
-        <x:v>1433</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="F364" s="0" t="s">
-        <x:v>1511</x:v>
+        <x:v>1513</x:v>
       </x:c>
       <x:c r="G364" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J364" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="K364" s="0" t="s">
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A365" s="0" t="s">
-        <x:v>1512</x:v>
+        <x:v>1514</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
-        <x:v>1513</x:v>
+        <x:v>1515</x:v>
       </x:c>
       <x:c r="D365" s="0" t="s">
-        <x:v>1514</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="E365" s="0" t="s">
-        <x:v>1433</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="F365" s="0" t="s">
-        <x:v>1515</x:v>
+        <x:v>1517</x:v>
       </x:c>
       <x:c r="G365" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J365" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
-        <x:v>1516</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A366" s="0" t="s">
-        <x:v>1517</x:v>
+        <x:v>1518</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
-        <x:v>1518</x:v>
+        <x:v>1519</x:v>
       </x:c>
       <x:c r="D366" s="0" t="s">
-        <x:v>1433</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="E366" s="0" t="s">
-        <x:v>1433</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="F366" s="0" t="s">
-        <x:v>1519</x:v>
+        <x:v>1501</x:v>
       </x:c>
       <x:c r="G366" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J366" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="K366" s="0" t="s">
-        <x:v>93</x:v>
-[...3 lines deleted...]
-      <x:c r="A367" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="367" spans="1:11" ht="28.5" customHeight="1">
+      <x:c r="A367" s="2" t="s">
         <x:v>1520</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>1521</x:v>
       </x:c>
       <x:c r="D367" s="0" t="s">
-        <x:v>1433</x:v>
+        <x:v>1522</x:v>
       </x:c>
       <x:c r="E367" s="0" t="s">
-        <x:v>1433</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="F367" s="0" t="s">
-        <x:v>1522</x:v>
+        <x:v>1523</x:v>
       </x:c>
       <x:c r="G367" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J367" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A368" s="0" t="s">
-        <x:v>1523</x:v>
+        <x:v>1524</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
-        <x:v>1524</x:v>
+        <x:v>1525</x:v>
       </x:c>
       <x:c r="D368" s="0" t="s">
-        <x:v>1525</x:v>
+        <x:v>1526</x:v>
       </x:c>
       <x:c r="E368" s="0" t="s">
-        <x:v>1433</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="F368" s="0" t="s">
-        <x:v>1526</x:v>
+        <x:v>1527</x:v>
       </x:c>
       <x:c r="G368" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J368" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A369" s="0" t="s">
-        <x:v>1527</x:v>
+        <x:v>1528</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
-        <x:v>1528</x:v>
+        <x:v>1529</x:v>
       </x:c>
       <x:c r="D369" s="0" t="s">
-        <x:v>1529</x:v>
+        <x:v>1530</x:v>
       </x:c>
       <x:c r="E369" s="0" t="s">
-        <x:v>1433</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="F369" s="0" t="s">
-        <x:v>1530</x:v>
+        <x:v>1531</x:v>
       </x:c>
       <x:c r="G369" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J369" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>1532</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A370" s="0" t="s">
-        <x:v>1531</x:v>
+        <x:v>1533</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
-        <x:v>1532</x:v>
+        <x:v>1534</x:v>
       </x:c>
       <x:c r="D370" s="0" t="s">
-        <x:v>1433</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="E370" s="0" t="s">
-        <x:v>1433</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="F370" s="0" t="s">
-        <x:v>1533</x:v>
+        <x:v>1535</x:v>
       </x:c>
       <x:c r="G370" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J370" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="K370" s="0" t="s">
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A371" s="0" t="s">
-        <x:v>1534</x:v>
+        <x:v>1536</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
-        <x:v>1535</x:v>
+        <x:v>1537</x:v>
       </x:c>
       <x:c r="D371" s="0" t="s">
-        <x:v>1433</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="E371" s="0" t="s">
-        <x:v>1433</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="F371" s="0" t="s">
-        <x:v>1522</x:v>
+        <x:v>1538</x:v>
       </x:c>
       <x:c r="G371" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J371" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A372" s="0" t="s">
-        <x:v>1536</x:v>
+        <x:v>1539</x:v>
       </x:c>
       <x:c r="B372" s="0" t="s">
-        <x:v>1537</x:v>
+        <x:v>1540</x:v>
       </x:c>
       <x:c r="D372" s="0" t="s">
-        <x:v>1538</x:v>
+        <x:v>1541</x:v>
       </x:c>
       <x:c r="E372" s="0" t="s">
-        <x:v>1433</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="F372" s="0" t="s">
-        <x:v>1539</x:v>
+        <x:v>1542</x:v>
       </x:c>
       <x:c r="G372" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J372" s="0" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-        <x:v>51</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A373" s="0" t="s">
-        <x:v>1540</x:v>
+        <x:v>1543</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
-        <x:v>1541</x:v>
+        <x:v>1544</x:v>
       </x:c>
       <x:c r="D373" s="0" t="s">
-        <x:v>1433</x:v>
+        <x:v>1545</x:v>
       </x:c>
       <x:c r="E373" s="0" t="s">
-        <x:v>1433</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="F373" s="0" t="s">
-        <x:v>1542</x:v>
+        <x:v>1546</x:v>
       </x:c>
       <x:c r="G373" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J373" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A374" s="0" t="s">
-        <x:v>1543</x:v>
+        <x:v>1547</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
-        <x:v>1544</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="D374" s="0" t="s">
-        <x:v>1545</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="E374" s="0" t="s">
-        <x:v>1433</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="F374" s="0" t="s">
-        <x:v>1546</x:v>
+        <x:v>1549</x:v>
       </x:c>
       <x:c r="G374" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J374" s="0" t="s">
-        <x:v>250</x:v>
-[...2 lines deleted...]
-        <x:v>251</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A375" s="0" t="s">
-        <x:v>1547</x:v>
+        <x:v>1550</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
-        <x:v>1548</x:v>
+        <x:v>1551</x:v>
       </x:c>
       <x:c r="D375" s="0" t="s">
-        <x:v>1549</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="E375" s="0" t="s">
-        <x:v>1433</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="F375" s="0" t="s">
-        <x:v>1550</x:v>
+        <x:v>1538</x:v>
       </x:c>
       <x:c r="G375" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J375" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="K375" s="0" t="s">
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A376" s="0" t="s">
-        <x:v>1551</x:v>
+        <x:v>1552</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
-        <x:v>1552</x:v>
+        <x:v>1553</x:v>
       </x:c>
       <x:c r="D376" s="0" t="s">
-        <x:v>1553</x:v>
+        <x:v>1554</x:v>
       </x:c>
       <x:c r="E376" s="0" t="s">
-        <x:v>1433</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="F376" s="0" t="s">
-        <x:v>1554</x:v>
+        <x:v>1555</x:v>
       </x:c>
       <x:c r="G376" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J376" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K376" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A377" s="0" t="s">
-        <x:v>1555</x:v>
+        <x:v>1556</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
-        <x:v>1556</x:v>
+        <x:v>1557</x:v>
       </x:c>
       <x:c r="D377" s="0" t="s">
-        <x:v>1433</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="E377" s="0" t="s">
-        <x:v>1433</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="F377" s="0" t="s">
-        <x:v>1557</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="G377" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J377" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
-        <x:v>567</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A378" s="0" t="s">
-        <x:v>1558</x:v>
+        <x:v>1559</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
-        <x:v>1559</x:v>
+        <x:v>1560</x:v>
       </x:c>
       <x:c r="D378" s="0" t="s">
-        <x:v>1560</x:v>
+        <x:v>1561</x:v>
       </x:c>
       <x:c r="E378" s="0" t="s">
-        <x:v>1433</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="F378" s="0" t="s">
-        <x:v>1561</x:v>
+        <x:v>1562</x:v>
       </x:c>
       <x:c r="G378" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J378" s="0" t="s">
-        <x:v>250</x:v>
-[...2 lines deleted...]
-        <x:v>74</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A379" s="0" t="s">
-        <x:v>1562</x:v>
+        <x:v>1563</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
-        <x:v>1563</x:v>
+        <x:v>1564</x:v>
       </x:c>
       <x:c r="D379" s="0" t="s">
-        <x:v>1564</x:v>
+        <x:v>1565</x:v>
       </x:c>
       <x:c r="E379" s="0" t="s">
-        <x:v>1433</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="F379" s="0" t="s">
-        <x:v>1565</x:v>
+        <x:v>1566</x:v>
       </x:c>
       <x:c r="G379" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J379" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A380" s="0" t="s">
-        <x:v>1566</x:v>
+        <x:v>1567</x:v>
       </x:c>
       <x:c r="B380" s="0" t="s">
-        <x:v>1567</x:v>
+        <x:v>1568</x:v>
       </x:c>
       <x:c r="D380" s="0" t="s">
-        <x:v>1568</x:v>
+        <x:v>1526</x:v>
       </x:c>
       <x:c r="E380" s="0" t="s">
-        <x:v>1433</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="F380" s="0" t="s">
         <x:v>1569</x:v>
       </x:c>
       <x:c r="G380" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J380" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A381" s="0" t="s">
         <x:v>1570</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>1571</x:v>
       </x:c>
       <x:c r="D381" s="0" t="s">
-        <x:v>1198</x:v>
+        <x:v>1572</x:v>
       </x:c>
       <x:c r="E381" s="0" t="s">
-        <x:v>1433</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="F381" s="0" t="s">
-        <x:v>1572</x:v>
+        <x:v>1573</x:v>
       </x:c>
       <x:c r="G381" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J381" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
-        <x:v>1573</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A382" s="0" t="s">
-        <x:v>1570</x:v>
+        <x:v>1574</x:v>
       </x:c>
       <x:c r="B382" s="0" t="s">
-        <x:v>1574</x:v>
+        <x:v>1575</x:v>
       </x:c>
       <x:c r="D382" s="0" t="s">
-        <x:v>1198</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="E382" s="0" t="s">
-        <x:v>1433</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="F382" s="0" t="s">
-        <x:v>1572</x:v>
+        <x:v>1576</x:v>
       </x:c>
       <x:c r="G382" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J382" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="K382" s="0" t="s">
-        <x:v>1575</x:v>
+        <x:v>572</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A383" s="0" t="s">
-        <x:v>1576</x:v>
+        <x:v>1577</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
-        <x:v>1577</x:v>
+        <x:v>1578</x:v>
       </x:c>
       <x:c r="D383" s="0" t="s">
-        <x:v>1198</x:v>
+        <x:v>1579</x:v>
       </x:c>
       <x:c r="E383" s="0" t="s">
-        <x:v>1433</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="F383" s="0" t="s">
-        <x:v>1578</x:v>
+        <x:v>1580</x:v>
       </x:c>
       <x:c r="G383" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J383" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="K383" s="0" t="s">
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A384" s="0" t="s">
-        <x:v>1579</x:v>
+        <x:v>1581</x:v>
       </x:c>
       <x:c r="B384" s="0" t="s">
-        <x:v>1580</x:v>
+        <x:v>1582</x:v>
       </x:c>
       <x:c r="D384" s="0" t="s">
-        <x:v>1581</x:v>
+        <x:v>1583</x:v>
       </x:c>
       <x:c r="E384" s="0" t="s">
-        <x:v>1433</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="F384" s="0" t="s">
-        <x:v>1582</x:v>
+        <x:v>1584</x:v>
       </x:c>
       <x:c r="G384" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J384" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="K384" s="0" t="s">
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A385" s="0" t="s">
-        <x:v>1583</x:v>
+        <x:v>1585</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
-        <x:v>1584</x:v>
+        <x:v>1586</x:v>
       </x:c>
       <x:c r="D385" s="0" t="s">
-        <x:v>1476</x:v>
+        <x:v>1587</x:v>
       </x:c>
       <x:c r="E385" s="0" t="s">
-        <x:v>1433</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="F385" s="0" t="s">
-        <x:v>1585</x:v>
+        <x:v>1588</x:v>
       </x:c>
       <x:c r="G385" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J385" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A386" s="0" t="s">
-        <x:v>1586</x:v>
+        <x:v>1589</x:v>
       </x:c>
       <x:c r="B386" s="0" t="s">
-        <x:v>1587</x:v>
+        <x:v>1590</x:v>
       </x:c>
       <x:c r="D386" s="0" t="s">
-        <x:v>1588</x:v>
+        <x:v>1208</x:v>
       </x:c>
       <x:c r="E386" s="0" t="s">
-        <x:v>1433</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="F386" s="0" t="s">
-        <x:v>1589</x:v>
+        <x:v>1591</x:v>
       </x:c>
       <x:c r="G386" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J386" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K386" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>1592</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A387" s="0" t="s">
-        <x:v>1590</x:v>
+        <x:v>1593</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
-        <x:v>1591</x:v>
+        <x:v>1594</x:v>
       </x:c>
       <x:c r="D387" s="0" t="s">
-        <x:v>1592</x:v>
+        <x:v>1208</x:v>
       </x:c>
       <x:c r="E387" s="0" t="s">
-        <x:v>1433</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="F387" s="0" t="s">
-        <x:v>1593</x:v>
+        <x:v>1595</x:v>
       </x:c>
       <x:c r="G387" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J387" s="0" t="s">
-        <x:v>65</x:v>
-[...2 lines deleted...]
-        <x:v>372</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A388" s="0" t="s">
-        <x:v>1594</x:v>
+        <x:v>1596</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
-        <x:v>1595</x:v>
+        <x:v>1597</x:v>
       </x:c>
       <x:c r="D388" s="0" t="s">
-        <x:v>1596</x:v>
+        <x:v>1598</x:v>
       </x:c>
       <x:c r="E388" s="0" t="s">
-        <x:v>1433</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="F388" s="0" t="s">
-        <x:v>1597</x:v>
+        <x:v>1599</x:v>
       </x:c>
       <x:c r="G388" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J388" s="0" t="s">
-        <x:v>31</x:v>
-[...2 lines deleted...]
-        <x:v>1598</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A389" s="0" t="s">
-        <x:v>1599</x:v>
+        <x:v>1600</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
-        <x:v>1600</x:v>
+        <x:v>1601</x:v>
       </x:c>
       <x:c r="D389" s="0" t="s">
-        <x:v>1601</x:v>
+        <x:v>1488</x:v>
       </x:c>
       <x:c r="E389" s="0" t="s">
-        <x:v>1433</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="F389" s="0" t="s">
         <x:v>1602</x:v>
       </x:c>
       <x:c r="G389" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J389" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A390" s="0" t="s">
         <x:v>1603</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s">
         <x:v>1604</x:v>
       </x:c>
       <x:c r="D390" s="0" t="s">
-        <x:v>1433</x:v>
+        <x:v>1605</x:v>
       </x:c>
       <x:c r="E390" s="0" t="s">
-        <x:v>1433</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="F390" s="0" t="s">
-        <x:v>1605</x:v>
+        <x:v>1606</x:v>
       </x:c>
       <x:c r="G390" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J390" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K390" s="0" t="s">
-        <x:v>1606</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A391" s="0" t="s">
         <x:v>1607</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>1608</x:v>
       </x:c>
       <x:c r="D391" s="0" t="s">
-        <x:v>1198</x:v>
+        <x:v>1609</x:v>
       </x:c>
       <x:c r="E391" s="0" t="s">
-        <x:v>1433</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="F391" s="0" t="s">
-        <x:v>1609</x:v>
+        <x:v>1610</x:v>
       </x:c>
       <x:c r="G391" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J391" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="K391" s="0" t="s">
+        <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A392" s="0" t="s">
-        <x:v>1610</x:v>
+        <x:v>1611</x:v>
       </x:c>
       <x:c r="B392" s="0" t="s">
-        <x:v>1611</x:v>
+        <x:v>1612</x:v>
       </x:c>
       <x:c r="D392" s="0" t="s">
-        <x:v>1198</x:v>
+        <x:v>1613</x:v>
       </x:c>
       <x:c r="E392" s="0" t="s">
-        <x:v>1433</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="F392" s="0" t="s">
-        <x:v>1612</x:v>
+        <x:v>1614</x:v>
       </x:c>
       <x:c r="G392" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J392" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="K392" s="0" t="s">
-        <x:v>1613</x:v>
+        <x:v>1615</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A393" s="0" t="s">
-        <x:v>1614</x:v>
+        <x:v>1616</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
-        <x:v>1615</x:v>
+        <x:v>1617</x:v>
       </x:c>
       <x:c r="D393" s="0" t="s">
-        <x:v>1529</x:v>
+        <x:v>1618</x:v>
       </x:c>
       <x:c r="E393" s="0" t="s">
-        <x:v>1433</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="F393" s="0" t="s">
-        <x:v>1616</x:v>
+        <x:v>1619</x:v>
       </x:c>
       <x:c r="G393" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J393" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A394" s="0" t="s">
-        <x:v>1617</x:v>
+        <x:v>1620</x:v>
       </x:c>
       <x:c r="B394" s="0" t="s">
-        <x:v>1618</x:v>
+        <x:v>1621</x:v>
       </x:c>
       <x:c r="D394" s="0" t="s">
-        <x:v>1619</x:v>
+        <x:v>1622</x:v>
       </x:c>
       <x:c r="E394" s="0" t="s">
-        <x:v>1433</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="F394" s="0" t="s">
-        <x:v>1620</x:v>
+        <x:v>1623</x:v>
       </x:c>
       <x:c r="G394" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J394" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A395" s="0" t="s">
-        <x:v>1621</x:v>
+        <x:v>1624</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
-        <x:v>1622</x:v>
+        <x:v>1625</x:v>
       </x:c>
       <x:c r="D395" s="0" t="s">
-        <x:v>1623</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="E395" s="0" t="s">
-        <x:v>1624</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="F395" s="0" t="s">
-        <x:v>1625</x:v>
+        <x:v>1626</x:v>
       </x:c>
       <x:c r="G395" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J395" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>1627</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A396" s="0" t="s">
-        <x:v>1626</x:v>
+        <x:v>1628</x:v>
       </x:c>
       <x:c r="B396" s="0" t="s">
-        <x:v>1627</x:v>
+        <x:v>1629</x:v>
       </x:c>
       <x:c r="D396" s="0" t="s">
-        <x:v>1628</x:v>
+        <x:v>1208</x:v>
       </x:c>
       <x:c r="E396" s="0" t="s">
-        <x:v>1624</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="F396" s="0" t="s">
-        <x:v>1629</x:v>
+        <x:v>1630</x:v>
       </x:c>
       <x:c r="G396" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J396" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A397" s="0" t="s">
-        <x:v>1630</x:v>
+        <x:v>1631</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
-        <x:v>1631</x:v>
+        <x:v>1632</x:v>
       </x:c>
       <x:c r="D397" s="0" t="s">
-        <x:v>1632</x:v>
+        <x:v>1208</x:v>
       </x:c>
       <x:c r="E397" s="0" t="s">
-        <x:v>1624</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="F397" s="0" t="s">
         <x:v>1633</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>1634</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A398" s="0" t="s">
-        <x:v>1634</x:v>
+        <x:v>1635</x:v>
       </x:c>
       <x:c r="B398" s="0" t="s">
-        <x:v>1635</x:v>
+        <x:v>1636</x:v>
       </x:c>
       <x:c r="D398" s="0" t="s">
-        <x:v>1636</x:v>
+        <x:v>1545</x:v>
       </x:c>
       <x:c r="E398" s="0" t="s">
-        <x:v>1624</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="F398" s="0" t="s">
         <x:v>1637</x:v>
       </x:c>
       <x:c r="G398" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J398" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="K398" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A399" s="0" t="s">
         <x:v>1638</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>1639</x:v>
       </x:c>
       <x:c r="D399" s="0" t="s">
-        <x:v>1636</x:v>
+        <x:v>1640</x:v>
       </x:c>
       <x:c r="E399" s="0" t="s">
-        <x:v>1624</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="F399" s="0" t="s">
-        <x:v>1640</x:v>
+        <x:v>1641</x:v>
       </x:c>
       <x:c r="G399" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J399" s="0" t="s">
-        <x:v>256</x:v>
-[...2 lines deleted...]
-        <x:v>321</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A400" s="0" t="s">
-        <x:v>1641</x:v>
+        <x:v>1642</x:v>
       </x:c>
       <x:c r="B400" s="0" t="s">
-        <x:v>1642</x:v>
+        <x:v>1643</x:v>
       </x:c>
       <x:c r="D400" s="0" t="s">
-        <x:v>1643</x:v>
+        <x:v>1644</x:v>
       </x:c>
       <x:c r="E400" s="0" t="s">
-        <x:v>1624</x:v>
+        <x:v>1645</x:v>
       </x:c>
       <x:c r="F400" s="0" t="s">
-        <x:v>1644</x:v>
+        <x:v>1646</x:v>
       </x:c>
       <x:c r="G400" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J400" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="K400" s="0" t="s">
-        <x:v>1645</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A401" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>1647</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
-        <x:v>1646</x:v>
+        <x:v>1648</x:v>
       </x:c>
       <x:c r="D401" s="0" t="s">
-        <x:v>1647</x:v>
+        <x:v>1649</x:v>
       </x:c>
       <x:c r="E401" s="0" t="s">
-        <x:v>1624</x:v>
+        <x:v>1645</x:v>
       </x:c>
       <x:c r="F401" s="0" t="s">
-        <x:v>1648</x:v>
+        <x:v>1650</x:v>
       </x:c>
       <x:c r="G401" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J401" s="0" t="s">
-        <x:v>37</x:v>
-[...1 lines deleted...]
-      <x:c r="K401" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A402" s="0" t="s">
-        <x:v>1649</x:v>
+        <x:v>1651</x:v>
       </x:c>
       <x:c r="B402" s="0" t="s">
-        <x:v>1650</x:v>
+        <x:v>1652</x:v>
       </x:c>
       <x:c r="D402" s="0" t="s">
-        <x:v>1651</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="E402" s="0" t="s">
-        <x:v>1624</x:v>
+        <x:v>1645</x:v>
       </x:c>
       <x:c r="F402" s="0" t="s">
-        <x:v>1652</x:v>
+        <x:v>1654</x:v>
       </x:c>
       <x:c r="G402" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J402" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="K402" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A403" s="0" t="s">
-        <x:v>1653</x:v>
+        <x:v>1655</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
-        <x:v>1654</x:v>
+        <x:v>1656</x:v>
       </x:c>
       <x:c r="D403" s="0" t="s">
-        <x:v>1623</x:v>
+        <x:v>1657</x:v>
       </x:c>
       <x:c r="E403" s="0" t="s">
-        <x:v>1624</x:v>
+        <x:v>1645</x:v>
       </x:c>
       <x:c r="F403" s="0" t="s">
-        <x:v>1655</x:v>
+        <x:v>1658</x:v>
       </x:c>
       <x:c r="G403" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J403" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
-        <x:v>393</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A404" s="0" t="s">
-        <x:v>1656</x:v>
+        <x:v>1659</x:v>
       </x:c>
       <x:c r="B404" s="0" t="s">
+        <x:v>1660</x:v>
+      </x:c>
+      <x:c r="D404" s="0" t="s">
         <x:v>1657</x:v>
       </x:c>
-      <x:c r="D404" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E404" s="0" t="s">
-        <x:v>1624</x:v>
+        <x:v>1645</x:v>
       </x:c>
       <x:c r="F404" s="0" t="s">
-        <x:v>1659</x:v>
+        <x:v>1661</x:v>
       </x:c>
       <x:c r="G404" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J404" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="K404" s="0" t="s">
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A405" s="0" t="s">
-        <x:v>1660</x:v>
+        <x:v>1662</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
-        <x:v>1661</x:v>
+        <x:v>1663</x:v>
       </x:c>
       <x:c r="D405" s="0" t="s">
-        <x:v>1662</x:v>
+        <x:v>1664</x:v>
       </x:c>
       <x:c r="E405" s="0" t="s">
-        <x:v>1624</x:v>
+        <x:v>1645</x:v>
       </x:c>
       <x:c r="F405" s="0" t="s">
-        <x:v>1663</x:v>
+        <x:v>1665</x:v>
       </x:c>
       <x:c r="G405" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J405" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>1666</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A406" s="0" t="s">
-        <x:v>1664</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="B406" s="0" t="s">
-        <x:v>1665</x:v>
+        <x:v>1667</x:v>
       </x:c>
       <x:c r="D406" s="0" t="s">
-        <x:v>1632</x:v>
+        <x:v>1668</x:v>
       </x:c>
       <x:c r="E406" s="0" t="s">
-        <x:v>1624</x:v>
+        <x:v>1645</x:v>
       </x:c>
       <x:c r="F406" s="0" t="s">
-        <x:v>1666</x:v>
+        <x:v>1669</x:v>
       </x:c>
       <x:c r="G406" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J406" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K406" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A407" s="0" t="s">
-        <x:v>1667</x:v>
+        <x:v>1670</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
-        <x:v>1668</x:v>
+        <x:v>1671</x:v>
       </x:c>
       <x:c r="D407" s="0" t="s">
-        <x:v>1632</x:v>
+        <x:v>1672</x:v>
       </x:c>
       <x:c r="E407" s="0" t="s">
-        <x:v>1624</x:v>
+        <x:v>1645</x:v>
       </x:c>
       <x:c r="F407" s="0" t="s">
-        <x:v>1669</x:v>
+        <x:v>1673</x:v>
       </x:c>
       <x:c r="G407" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J407" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A408" s="0" t="s">
-        <x:v>1670</x:v>
+        <x:v>1674</x:v>
       </x:c>
       <x:c r="B408" s="0" t="s">
-        <x:v>1671</x:v>
-[...2 lines deleted...]
-        <x:v>1672</x:v>
+        <x:v>1675</x:v>
       </x:c>
       <x:c r="D408" s="0" t="s">
-        <x:v>1673</x:v>
+        <x:v>1644</x:v>
       </x:c>
       <x:c r="E408" s="0" t="s">
-        <x:v>1674</x:v>
+        <x:v>1645</x:v>
       </x:c>
       <x:c r="F408" s="0" t="s">
-        <x:v>1675</x:v>
+        <x:v>1676</x:v>
       </x:c>
       <x:c r="G408" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J408" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="K408" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A409" s="0" t="s">
-        <x:v>1676</x:v>
+        <x:v>1677</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
-        <x:v>1677</x:v>
+        <x:v>1678</x:v>
       </x:c>
       <x:c r="D409" s="0" t="s">
-        <x:v>1678</x:v>
+        <x:v>1679</x:v>
       </x:c>
       <x:c r="E409" s="0" t="s">
-        <x:v>1674</x:v>
+        <x:v>1645</x:v>
       </x:c>
       <x:c r="F409" s="0" t="s">
-        <x:v>1679</x:v>
+        <x:v>1680</x:v>
       </x:c>
       <x:c r="G409" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J409" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A410" s="0" t="s">
-        <x:v>1680</x:v>
+        <x:v>1681</x:v>
       </x:c>
       <x:c r="B410" s="0" t="s">
-        <x:v>1681</x:v>
+        <x:v>1682</x:v>
       </x:c>
       <x:c r="D410" s="0" t="s">
-        <x:v>1682</x:v>
+        <x:v>1683</x:v>
       </x:c>
       <x:c r="E410" s="0" t="s">
-        <x:v>1683</x:v>
+        <x:v>1645</x:v>
       </x:c>
       <x:c r="F410" s="0" t="s">
         <x:v>1684</x:v>
       </x:c>
       <x:c r="G410" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J410" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="K410" s="0" t="s">
-        <x:v>1516</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A411" s="0" t="s">
         <x:v>1685</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>1686</x:v>
       </x:c>
       <x:c r="D411" s="0" t="s">
+        <x:v>1653</x:v>
+      </x:c>
+      <x:c r="E411" s="0" t="s">
+        <x:v>1645</x:v>
+      </x:c>
+      <x:c r="F411" s="0" t="s">
         <x:v>1687</x:v>
       </x:c>
-      <x:c r="E411" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G411" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J411" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
-        <x:v>1689</x:v>
+        <x:v>1459</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A412" s="0" t="s">
+        <x:v>1688</x:v>
+      </x:c>
+      <x:c r="B412" s="0" t="s">
+        <x:v>1689</x:v>
+      </x:c>
+      <x:c r="D412" s="0" t="s">
+        <x:v>1653</x:v>
+      </x:c>
+      <x:c r="E412" s="0" t="s">
+        <x:v>1645</x:v>
+      </x:c>
+      <x:c r="F412" s="0" t="s">
         <x:v>1690</x:v>
       </x:c>
-      <x:c r="B412" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G412" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J412" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K412" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A413" s="0" t="s">
+        <x:v>1691</x:v>
+      </x:c>
+      <x:c r="B413" s="0" t="s">
+        <x:v>1692</x:v>
+      </x:c>
+      <x:c r="C413" s="0" t="s">
+        <x:v>1693</x:v>
+      </x:c>
+      <x:c r="D413" s="0" t="s">
         <x:v>1694</x:v>
       </x:c>
-      <x:c r="B413" s="0" t="s">
+      <x:c r="E413" s="0" t="s">
         <x:v>1695</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1683</x:v>
       </x:c>
       <x:c r="F413" s="0" t="s">
         <x:v>1696</x:v>
       </x:c>
       <x:c r="G413" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J413" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
-        <x:v>1697</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A414" s="0" t="s">
+        <x:v>1697</x:v>
+      </x:c>
+      <x:c r="B414" s="0" t="s">
         <x:v>1698</x:v>
       </x:c>
-      <x:c r="B414" s="0" t="s">
+      <x:c r="D414" s="0" t="s">
         <x:v>1699</x:v>
       </x:c>
-      <x:c r="D414" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E414" s="0" t="s">
-        <x:v>1683</x:v>
+        <x:v>1695</x:v>
       </x:c>
       <x:c r="F414" s="0" t="s">
         <x:v>1700</x:v>
       </x:c>
       <x:c r="G414" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J414" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A415" s="0" t="s">
         <x:v>1701</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>1702</x:v>
       </x:c>
       <x:c r="D415" s="0" t="s">
         <x:v>1703</x:v>
       </x:c>
       <x:c r="E415" s="0" t="s">
-        <x:v>1683</x:v>
+        <x:v>1704</x:v>
       </x:c>
       <x:c r="F415" s="0" t="s">
-        <x:v>1704</x:v>
+        <x:v>1705</x:v>
       </x:c>
       <x:c r="G415" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J415" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="K415" s="0" t="s">
+        <x:v>1532</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A416" s="0" t="s">
-        <x:v>1705</x:v>
+        <x:v>1706</x:v>
       </x:c>
       <x:c r="B416" s="0" t="s">
-        <x:v>1706</x:v>
+        <x:v>1707</x:v>
       </x:c>
       <x:c r="D416" s="0" t="s">
-        <x:v>1692</x:v>
+        <x:v>1708</x:v>
       </x:c>
       <x:c r="E416" s="0" t="s">
-        <x:v>1683</x:v>
+        <x:v>1704</x:v>
       </x:c>
       <x:c r="F416" s="0" t="s">
-        <x:v>1707</x:v>
+        <x:v>1709</x:v>
       </x:c>
       <x:c r="G416" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J416" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="K416" s="0" t="s">
-        <x:v>1708</x:v>
+        <x:v>1710</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A417" s="0" t="s">
-        <x:v>1709</x:v>
+        <x:v>1711</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
-        <x:v>1710</x:v>
-[...2 lines deleted...]
-        <x:v>1711</x:v>
+        <x:v>1712</x:v>
       </x:c>
       <x:c r="D417" s="0" t="s">
-        <x:v>1712</x:v>
+        <x:v>1713</x:v>
       </x:c>
       <x:c r="E417" s="0" t="s">
-        <x:v>1683</x:v>
+        <x:v>1704</x:v>
       </x:c>
       <x:c r="F417" s="0" t="s">
-        <x:v>1713</x:v>
+        <x:v>1714</x:v>
       </x:c>
       <x:c r="G417" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J417" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A418" s="0" t="s">
-        <x:v>1714</x:v>
+        <x:v>1715</x:v>
       </x:c>
       <x:c r="B418" s="0" t="s">
-        <x:v>1715</x:v>
+        <x:v>1716</x:v>
       </x:c>
       <x:c r="D418" s="0" t="s">
-        <x:v>1692</x:v>
+        <x:v>1703</x:v>
       </x:c>
       <x:c r="E418" s="0" t="s">
-        <x:v>1683</x:v>
+        <x:v>1704</x:v>
       </x:c>
       <x:c r="F418" s="0" t="s">
-        <x:v>1716</x:v>
+        <x:v>1717</x:v>
       </x:c>
       <x:c r="G418" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J418" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="K418" s="0" t="s">
+        <x:v>1718</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A419" s="0" t="s">
-        <x:v>1717</x:v>
+        <x:v>1719</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
-        <x:v>1718</x:v>
-[...2 lines deleted...]
-        <x:v>1719</x:v>
+        <x:v>1720</x:v>
       </x:c>
       <x:c r="D419" s="0" t="s">
-        <x:v>1720</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="E419" s="0" t="s">
-        <x:v>1683</x:v>
+        <x:v>1704</x:v>
       </x:c>
       <x:c r="F419" s="0" t="s">
         <x:v>1721</x:v>
       </x:c>
       <x:c r="G419" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J419" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A420" s="0" t="s">
         <x:v>1722</x:v>
       </x:c>
       <x:c r="B420" s="0" t="s">
         <x:v>1723</x:v>
       </x:c>
       <x:c r="D420" s="0" t="s">
         <x:v>1724</x:v>
       </x:c>
       <x:c r="E420" s="0" t="s">
-        <x:v>1683</x:v>
+        <x:v>1704</x:v>
       </x:c>
       <x:c r="F420" s="0" t="s">
         <x:v>1725</x:v>
       </x:c>
       <x:c r="G420" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J420" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A421" s="0" t="s">
         <x:v>1726</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>1727</x:v>
       </x:c>
       <x:c r="D421" s="0" t="s">
+        <x:v>1713</x:v>
+      </x:c>
+      <x:c r="E421" s="0" t="s">
+        <x:v>1704</x:v>
+      </x:c>
+      <x:c r="F421" s="0" t="s">
         <x:v>1728</x:v>
       </x:c>
-      <x:c r="E421" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F421" s="0" t="s">
+      <x:c r="G421" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J421" s="0" t="s">
+        <x:v>369</x:v>
+      </x:c>
+      <x:c r="K421" s="0" t="s">
         <x:v>1729</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A422" s="0" t="s">
         <x:v>1730</x:v>
       </x:c>
       <x:c r="B422" s="0" t="s">
         <x:v>1731</x:v>
       </x:c>
+      <x:c r="C422" s="0" t="s">
+        <x:v>1732</x:v>
+      </x:c>
       <x:c r="D422" s="0" t="s">
-        <x:v>1732</x:v>
+        <x:v>1733</x:v>
       </x:c>
       <x:c r="E422" s="0" t="s">
-        <x:v>1683</x:v>
+        <x:v>1704</x:v>
       </x:c>
       <x:c r="F422" s="0" t="s">
-        <x:v>1733</x:v>
+        <x:v>1734</x:v>
       </x:c>
       <x:c r="G422" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J422" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="K422" s="0" t="s">
-        <x:v>1734</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A423" s="0" t="s">
         <x:v>1735</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>1736</x:v>
       </x:c>
       <x:c r="D423" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>1713</x:v>
       </x:c>
       <x:c r="E423" s="0" t="s">
-        <x:v>1683</x:v>
+        <x:v>1704</x:v>
       </x:c>
       <x:c r="F423" s="0" t="s">
         <x:v>1737</x:v>
       </x:c>
       <x:c r="G423" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J423" s="0" t="s">
-        <x:v>256</x:v>
-[...2 lines deleted...]
-        <x:v>321</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A424" s="0" t="s">
         <x:v>1738</x:v>
       </x:c>
       <x:c r="B424" s="0" t="s">
         <x:v>1739</x:v>
       </x:c>
+      <x:c r="C424" s="0" t="s">
+        <x:v>1740</x:v>
+      </x:c>
       <x:c r="D424" s="0" t="s">
-        <x:v>1740</x:v>
+        <x:v>1741</x:v>
       </x:c>
       <x:c r="E424" s="0" t="s">
-        <x:v>1683</x:v>
+        <x:v>1704</x:v>
       </x:c>
       <x:c r="F424" s="0" t="s">
-        <x:v>1741</x:v>
+        <x:v>1742</x:v>
       </x:c>
       <x:c r="G424" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J424" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="K424" s="0" t="s">
-        <x:v>872</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A425" s="0" t="s">
-        <x:v>1742</x:v>
+        <x:v>1743</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
-        <x:v>1743</x:v>
+        <x:v>1744</x:v>
       </x:c>
       <x:c r="D425" s="0" t="s">
-        <x:v>1687</x:v>
+        <x:v>1745</x:v>
       </x:c>
       <x:c r="E425" s="0" t="s">
-        <x:v>1683</x:v>
+        <x:v>1704</x:v>
       </x:c>
       <x:c r="F425" s="0" t="s">
-        <x:v>1744</x:v>
+        <x:v>1746</x:v>
       </x:c>
       <x:c r="G425" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J425" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A426" s="0" t="s">
-        <x:v>1745</x:v>
+        <x:v>1747</x:v>
       </x:c>
       <x:c r="B426" s="0" t="s">
-        <x:v>1746</x:v>
+        <x:v>1748</x:v>
       </x:c>
       <x:c r="D426" s="0" t="s">
-        <x:v>1747</x:v>
+        <x:v>1749</x:v>
       </x:c>
       <x:c r="E426" s="0" t="s">
-        <x:v>1683</x:v>
+        <x:v>1704</x:v>
       </x:c>
       <x:c r="F426" s="0" t="s">
-        <x:v>1748</x:v>
+        <x:v>1750</x:v>
       </x:c>
       <x:c r="G426" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J426" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K426" s="0" t="s">
-        <x:v>1749</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A427" s="0" t="s">
-        <x:v>1750</x:v>
+        <x:v>1751</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
-        <x:v>1751</x:v>
+        <x:v>1752</x:v>
       </x:c>
       <x:c r="D427" s="0" t="s">
-        <x:v>1752</x:v>
+        <x:v>1753</x:v>
       </x:c>
       <x:c r="E427" s="0" t="s">
-        <x:v>1683</x:v>
+        <x:v>1704</x:v>
       </x:c>
       <x:c r="F427" s="0" t="s">
-        <x:v>1753</x:v>
+        <x:v>1754</x:v>
       </x:c>
       <x:c r="G427" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J427" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
-        <x:v>1754</x:v>
+        <x:v>1755</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A428" s="0" t="s">
-        <x:v>1755</x:v>
+        <x:v>1756</x:v>
       </x:c>
       <x:c r="B428" s="0" t="s">
-        <x:v>1756</x:v>
+        <x:v>1757</x:v>
       </x:c>
       <x:c r="D428" s="0" t="s">
-        <x:v>1757</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="E428" s="0" t="s">
-        <x:v>1683</x:v>
+        <x:v>1704</x:v>
       </x:c>
       <x:c r="F428" s="0" t="s">
         <x:v>1758</x:v>
       </x:c>
       <x:c r="G428" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J428" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="K428" s="0" t="s">
-        <x:v>916</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A429" s="0" t="s">
         <x:v>1759</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>1760</x:v>
       </x:c>
       <x:c r="D429" s="0" t="s">
-        <x:v>1757</x:v>
+        <x:v>1761</x:v>
       </x:c>
       <x:c r="E429" s="0" t="s">
-        <x:v>1683</x:v>
+        <x:v>1704</x:v>
       </x:c>
       <x:c r="F429" s="0" t="s">
-        <x:v>1761</x:v>
+        <x:v>1762</x:v>
       </x:c>
       <x:c r="G429" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J429" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
-        <x:v>968</x:v>
+        <x:v>884</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A430" s="0" t="s">
-        <x:v>1762</x:v>
+        <x:v>1763</x:v>
       </x:c>
       <x:c r="B430" s="0" t="s">
-        <x:v>1763</x:v>
+        <x:v>1764</x:v>
       </x:c>
       <x:c r="D430" s="0" t="s">
-        <x:v>1764</x:v>
+        <x:v>1708</x:v>
       </x:c>
       <x:c r="E430" s="0" t="s">
-        <x:v>1683</x:v>
+        <x:v>1704</x:v>
       </x:c>
       <x:c r="F430" s="0" t="s">
         <x:v>1765</x:v>
       </x:c>
       <x:c r="G430" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J430" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A431" s="0" t="s">
         <x:v>1766</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>1767</x:v>
       </x:c>
       <x:c r="D431" s="0" t="s">
-        <x:v>1757</x:v>
+        <x:v>1768</x:v>
       </x:c>
       <x:c r="E431" s="0" t="s">
-        <x:v>1683</x:v>
+        <x:v>1704</x:v>
       </x:c>
       <x:c r="F431" s="0" t="s">
-        <x:v>1768</x:v>
+        <x:v>1769</x:v>
       </x:c>
       <x:c r="G431" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J431" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>981</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A432" s="0" t="s">
-        <x:v>1769</x:v>
+        <x:v>1770</x:v>
       </x:c>
       <x:c r="B432" s="0" t="s">
-        <x:v>1770</x:v>
+        <x:v>1771</x:v>
       </x:c>
       <x:c r="D432" s="0" t="s">
-        <x:v>1771</x:v>
+        <x:v>1772</x:v>
       </x:c>
       <x:c r="E432" s="0" t="s">
-        <x:v>1683</x:v>
+        <x:v>1704</x:v>
       </x:c>
       <x:c r="F432" s="0" t="s">
-        <x:v>1772</x:v>
+        <x:v>1773</x:v>
       </x:c>
       <x:c r="G432" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J432" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="K432" s="0" t="s">
+        <x:v>1774</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A433" s="0" t="s">
-        <x:v>1773</x:v>
+        <x:v>1775</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
-        <x:v>1774</x:v>
+        <x:v>1776</x:v>
       </x:c>
       <x:c r="D433" s="0" t="s">
-        <x:v>1682</x:v>
+        <x:v>1777</x:v>
       </x:c>
       <x:c r="E433" s="0" t="s">
-        <x:v>1683</x:v>
+        <x:v>1704</x:v>
       </x:c>
       <x:c r="F433" s="0" t="s">
-        <x:v>1775</x:v>
+        <x:v>1778</x:v>
       </x:c>
       <x:c r="G433" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J433" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>920</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A434" s="0" t="s">
-        <x:v>1776</x:v>
+        <x:v>1779</x:v>
       </x:c>
       <x:c r="B434" s="0" t="s">
+        <x:v>1780</x:v>
+      </x:c>
+      <x:c r="D434" s="0" t="s">
         <x:v>1777</x:v>
       </x:c>
-      <x:c r="D434" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E434" s="0" t="s">
-        <x:v>1683</x:v>
+        <x:v>1704</x:v>
       </x:c>
       <x:c r="F434" s="0" t="s">
-        <x:v>1779</x:v>
+        <x:v>1781</x:v>
       </x:c>
       <x:c r="G434" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J434" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="K434" s="0" t="s">
+        <x:v>972</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A435" s="0" t="s">
-        <x:v>1780</x:v>
+        <x:v>1782</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
-        <x:v>1781</x:v>
+        <x:v>1783</x:v>
       </x:c>
       <x:c r="D435" s="0" t="s">
-        <x:v>1687</x:v>
+        <x:v>1784</x:v>
       </x:c>
       <x:c r="E435" s="0" t="s">
-        <x:v>1683</x:v>
+        <x:v>1704</x:v>
       </x:c>
       <x:c r="F435" s="0" t="s">
-        <x:v>1782</x:v>
+        <x:v>1785</x:v>
       </x:c>
       <x:c r="G435" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J435" s="0" t="s">
-        <x:v>161</x:v>
-[...2 lines deleted...]
-        <x:v>461</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A436" s="0" t="s">
-        <x:v>1783</x:v>
+        <x:v>1786</x:v>
       </x:c>
       <x:c r="B436" s="0" t="s">
-        <x:v>1784</x:v>
+        <x:v>1787</x:v>
       </x:c>
       <x:c r="D436" s="0" t="s">
-        <x:v>1687</x:v>
+        <x:v>1777</x:v>
       </x:c>
       <x:c r="E436" s="0" t="s">
-        <x:v>1683</x:v>
+        <x:v>1704</x:v>
       </x:c>
       <x:c r="F436" s="0" t="s">
-        <x:v>1785</x:v>
+        <x:v>1788</x:v>
       </x:c>
       <x:c r="G436" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J436" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K436" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A437" s="0" t="s">
-        <x:v>1786</x:v>
+        <x:v>1789</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
-        <x:v>1787</x:v>
+        <x:v>1790</x:v>
       </x:c>
       <x:c r="D437" s="0" t="s">
-        <x:v>1692</x:v>
+        <x:v>1791</x:v>
       </x:c>
       <x:c r="E437" s="0" t="s">
-        <x:v>1683</x:v>
+        <x:v>1704</x:v>
       </x:c>
       <x:c r="F437" s="0" t="s">
-        <x:v>1788</x:v>
+        <x:v>1792</x:v>
       </x:c>
       <x:c r="G437" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J437" s="0" t="s">
-        <x:v>31</x:v>
-[...2 lines deleted...]
-        <x:v>389</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A438" s="0" t="s">
-        <x:v>1789</x:v>
+        <x:v>1793</x:v>
       </x:c>
       <x:c r="B438" s="0" t="s">
-        <x:v>1790</x:v>
+        <x:v>1794</x:v>
       </x:c>
       <x:c r="D438" s="0" t="s">
-        <x:v>1757</x:v>
+        <x:v>1703</x:v>
       </x:c>
       <x:c r="E438" s="0" t="s">
-        <x:v>1683</x:v>
+        <x:v>1704</x:v>
       </x:c>
       <x:c r="F438" s="0" t="s">
-        <x:v>1791</x:v>
+        <x:v>1795</x:v>
       </x:c>
       <x:c r="G438" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J438" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K438" s="0" t="s">
-        <x:v>689</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A439" s="0" t="s">
-        <x:v>1792</x:v>
+        <x:v>1796</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
-        <x:v>1793</x:v>
+        <x:v>1797</x:v>
       </x:c>
       <x:c r="D439" s="0" t="s">
-        <x:v>1687</x:v>
+        <x:v>1798</x:v>
       </x:c>
       <x:c r="E439" s="0" t="s">
-        <x:v>1683</x:v>
+        <x:v>1704</x:v>
       </x:c>
       <x:c r="F439" s="0" t="s">
-        <x:v>1794</x:v>
+        <x:v>1799</x:v>
       </x:c>
       <x:c r="G439" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J439" s="0" t="s">
-        <x:v>250</x:v>
-[...2 lines deleted...]
-        <x:v>74</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A440" s="0" t="s">
-        <x:v>1795</x:v>
+        <x:v>1800</x:v>
       </x:c>
       <x:c r="B440" s="0" t="s">
-        <x:v>1796</x:v>
+        <x:v>1801</x:v>
       </x:c>
       <x:c r="D440" s="0" t="s">
-        <x:v>1687</x:v>
+        <x:v>1708</x:v>
       </x:c>
       <x:c r="E440" s="0" t="s">
-        <x:v>1683</x:v>
+        <x:v>1704</x:v>
       </x:c>
       <x:c r="F440" s="0" t="s">
-        <x:v>1797</x:v>
+        <x:v>1802</x:v>
       </x:c>
       <x:c r="G440" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J440" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="K440" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A441" s="0" t="s">
-        <x:v>1798</x:v>
+        <x:v>1803</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
-        <x:v>1799</x:v>
+        <x:v>1804</x:v>
       </x:c>
       <x:c r="D441" s="0" t="s">
-        <x:v>1757</x:v>
+        <x:v>1708</x:v>
       </x:c>
       <x:c r="E441" s="0" t="s">
-        <x:v>1683</x:v>
+        <x:v>1704</x:v>
       </x:c>
       <x:c r="F441" s="0" t="s">
-        <x:v>1800</x:v>
+        <x:v>1805</x:v>
       </x:c>
       <x:c r="G441" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J441" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K441" s="0" t="s">
-        <x:v>1801</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A442" s="0" t="s">
-        <x:v>1802</x:v>
+        <x:v>1806</x:v>
       </x:c>
       <x:c r="B442" s="0" t="s">
-        <x:v>1803</x:v>
-[...2 lines deleted...]
-        <x:v>1804</x:v>
+        <x:v>1807</x:v>
       </x:c>
       <x:c r="D442" s="0" t="s">
-        <x:v>1692</x:v>
+        <x:v>1713</x:v>
       </x:c>
       <x:c r="E442" s="0" t="s">
-        <x:v>1683</x:v>
+        <x:v>1704</x:v>
       </x:c>
       <x:c r="F442" s="0" t="s">
-        <x:v>1805</x:v>
+        <x:v>1808</x:v>
       </x:c>
       <x:c r="G442" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J442" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="K442" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>1809</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A443" s="0" t="s">
-        <x:v>1806</x:v>
+        <x:v>1810</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
-        <x:v>1807</x:v>
+        <x:v>1811</x:v>
       </x:c>
       <x:c r="D443" s="0" t="s">
-        <x:v>1808</x:v>
+        <x:v>1777</x:v>
       </x:c>
       <x:c r="E443" s="0" t="s">
-        <x:v>1683</x:v>
+        <x:v>1704</x:v>
       </x:c>
       <x:c r="F443" s="0" t="s">
-        <x:v>1809</x:v>
+        <x:v>1812</x:v>
       </x:c>
       <x:c r="G443" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J443" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="K443" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>693</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A444" s="0" t="s">
-        <x:v>1810</x:v>
+        <x:v>1813</x:v>
       </x:c>
       <x:c r="B444" s="0" t="s">
-        <x:v>1811</x:v>
+        <x:v>1814</x:v>
       </x:c>
       <x:c r="D444" s="0" t="s">
-        <x:v>1015</x:v>
+        <x:v>1708</x:v>
       </x:c>
       <x:c r="E444" s="0" t="s">
-        <x:v>1812</x:v>
+        <x:v>1704</x:v>
       </x:c>
       <x:c r="F444" s="0" t="s">
-        <x:v>1813</x:v>
+        <x:v>1815</x:v>
       </x:c>
       <x:c r="G444" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J444" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="K444" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A445" s="0" t="s">
-        <x:v>1814</x:v>
+        <x:v>1816</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
-        <x:v>1815</x:v>
+        <x:v>1817</x:v>
       </x:c>
       <x:c r="D445" s="0" t="s">
-        <x:v>1015</x:v>
+        <x:v>1708</x:v>
       </x:c>
       <x:c r="E445" s="0" t="s">
-        <x:v>1812</x:v>
+        <x:v>1704</x:v>
       </x:c>
       <x:c r="F445" s="0" t="s">
-        <x:v>1816</x:v>
+        <x:v>1818</x:v>
       </x:c>
       <x:c r="G445" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J445" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="K445" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A446" s="0" t="s">
-        <x:v>1817</x:v>
+        <x:v>1819</x:v>
       </x:c>
       <x:c r="B446" s="0" t="s">
-        <x:v>1818</x:v>
+        <x:v>1820</x:v>
       </x:c>
       <x:c r="D446" s="0" t="s">
-        <x:v>1015</x:v>
+        <x:v>1777</x:v>
       </x:c>
       <x:c r="E446" s="0" t="s">
-        <x:v>1812</x:v>
+        <x:v>1704</x:v>
       </x:c>
       <x:c r="F446" s="0" t="s">
-        <x:v>1819</x:v>
+        <x:v>1821</x:v>
       </x:c>
       <x:c r="G446" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J446" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="K446" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>595</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A447" s="0" t="s">
-        <x:v>1820</x:v>
+        <x:v>1822</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
-        <x:v>1821</x:v>
+        <x:v>1823</x:v>
+      </x:c>
+      <x:c r="C447" s="0" t="s">
+        <x:v>1824</x:v>
       </x:c>
       <x:c r="D447" s="0" t="s">
-        <x:v>1822</x:v>
+        <x:v>1713</x:v>
       </x:c>
       <x:c r="E447" s="0" t="s">
-        <x:v>1812</x:v>
+        <x:v>1704</x:v>
       </x:c>
       <x:c r="F447" s="0" t="s">
-        <x:v>1823</x:v>
+        <x:v>1825</x:v>
       </x:c>
       <x:c r="G447" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J447" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K447" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>1459</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A448" s="0" t="s">
-        <x:v>1824</x:v>
+        <x:v>1826</x:v>
       </x:c>
       <x:c r="B448" s="0" t="s">
-        <x:v>1825</x:v>
+        <x:v>1827</x:v>
       </x:c>
       <x:c r="D448" s="0" t="s">
-        <x:v>1015</x:v>
+        <x:v>1828</x:v>
       </x:c>
       <x:c r="E448" s="0" t="s">
-        <x:v>1812</x:v>
+        <x:v>1704</x:v>
       </x:c>
       <x:c r="F448" s="0" t="s">
-        <x:v>1826</x:v>
+        <x:v>1829</x:v>
       </x:c>
       <x:c r="G448" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J448" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K448" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A449" s="0" t="s">
-        <x:v>1827</x:v>
+        <x:v>1830</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
-        <x:v>1828</x:v>
+        <x:v>1831</x:v>
       </x:c>
       <x:c r="D449" s="0" t="s">
-        <x:v>1829</x:v>
+        <x:v>1021</x:v>
       </x:c>
       <x:c r="E449" s="0" t="s">
-        <x:v>1830</x:v>
+        <x:v>1832</x:v>
       </x:c>
       <x:c r="F449" s="0" t="s">
-        <x:v>1831</x:v>
+        <x:v>1833</x:v>
       </x:c>
       <x:c r="G449" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J449" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="K449" s="0" t="s">
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A450" s="0" t="s">
+        <x:v>1834</x:v>
+      </x:c>
+      <x:c r="B450" s="0" t="s">
+        <x:v>1835</x:v>
+      </x:c>
+      <x:c r="D450" s="0" t="s">
+        <x:v>1021</x:v>
+      </x:c>
+      <x:c r="E450" s="0" t="s">
         <x:v>1832</x:v>
       </x:c>
-      <x:c r="B450" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F450" s="0" t="s">
-        <x:v>1835</x:v>
+        <x:v>1836</x:v>
       </x:c>
       <x:c r="G450" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J450" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="K450" s="0" t="s">
+        <x:v>1809</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A451" s="0" t="s">
-        <x:v>1836</x:v>
+        <x:v>1837</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
-        <x:v>1837</x:v>
+        <x:v>1838</x:v>
       </x:c>
       <x:c r="D451" s="0" t="s">
-        <x:v>1829</x:v>
+        <x:v>1021</x:v>
       </x:c>
       <x:c r="E451" s="0" t="s">
-        <x:v>1830</x:v>
+        <x:v>1832</x:v>
       </x:c>
       <x:c r="F451" s="0" t="s">
-        <x:v>1838</x:v>
+        <x:v>1839</x:v>
       </x:c>
       <x:c r="G451" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J451" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="K451" s="0" t="s">
-        <x:v>1012</x:v>
+        <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A452" s="0" t="s">
-        <x:v>1839</x:v>
+        <x:v>1840</x:v>
       </x:c>
       <x:c r="B452" s="0" t="s">
-        <x:v>1840</x:v>
+        <x:v>1841</x:v>
       </x:c>
       <x:c r="D452" s="0" t="s">
-        <x:v>1841</x:v>
+        <x:v>1842</x:v>
       </x:c>
       <x:c r="E452" s="0" t="s">
-        <x:v>1830</x:v>
+        <x:v>1832</x:v>
       </x:c>
       <x:c r="F452" s="0" t="s">
-        <x:v>1842</x:v>
+        <x:v>1843</x:v>
       </x:c>
       <x:c r="G452" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J452" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="K452" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A453" s="0" t="s">
-        <x:v>1843</x:v>
+        <x:v>1844</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
-        <x:v>1844</x:v>
+        <x:v>1845</x:v>
       </x:c>
       <x:c r="D453" s="0" t="s">
-        <x:v>1808</x:v>
+        <x:v>1021</x:v>
       </x:c>
       <x:c r="E453" s="0" t="s">
-        <x:v>1830</x:v>
+        <x:v>1832</x:v>
       </x:c>
       <x:c r="F453" s="0" t="s">
-        <x:v>1845</x:v>
+        <x:v>1846</x:v>
       </x:c>
       <x:c r="G453" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J453" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A454" s="0" t="s">
-        <x:v>1846</x:v>
+        <x:v>1847</x:v>
       </x:c>
       <x:c r="B454" s="0" t="s">
-        <x:v>1847</x:v>
+        <x:v>1848</x:v>
       </x:c>
       <x:c r="D454" s="0" t="s">
-        <x:v>1841</x:v>
+        <x:v>1849</x:v>
       </x:c>
       <x:c r="E454" s="0" t="s">
-        <x:v>1830</x:v>
+        <x:v>1850</x:v>
       </x:c>
       <x:c r="F454" s="0" t="s">
-        <x:v>1848</x:v>
+        <x:v>1851</x:v>
       </x:c>
       <x:c r="G454" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J454" s="0" t="s">
-        <x:v>59</x:v>
-[...2 lines deleted...]
-        <x:v>343</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A455" s="0" t="s">
-        <x:v>1849</x:v>
+        <x:v>1852</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
+        <x:v>1853</x:v>
+      </x:c>
+      <x:c r="D455" s="0" t="s">
+        <x:v>1854</x:v>
+      </x:c>
+      <x:c r="E455" s="0" t="s">
         <x:v>1850</x:v>
       </x:c>
-      <x:c r="D455" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F455" s="0" t="s">
-        <x:v>1851</x:v>
+        <x:v>1855</x:v>
       </x:c>
       <x:c r="G455" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J455" s="0" t="s">
-        <x:v>118</x:v>
-[...2 lines deleted...]
-        <x:v>1852</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A456" s="0" t="s">
-        <x:v>1853</x:v>
+        <x:v>1856</x:v>
       </x:c>
       <x:c r="B456" s="0" t="s">
-        <x:v>1854</x:v>
+        <x:v>1857</x:v>
       </x:c>
       <x:c r="D456" s="0" t="s">
-        <x:v>892</x:v>
+        <x:v>1858</x:v>
       </x:c>
       <x:c r="E456" s="0" t="s">
-        <x:v>1830</x:v>
+        <x:v>1850</x:v>
       </x:c>
       <x:c r="F456" s="0" t="s">
-        <x:v>1855</x:v>
+        <x:v>1859</x:v>
       </x:c>
       <x:c r="G456" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J456" s="0" t="s">
-        <x:v>123</x:v>
-[...2 lines deleted...]
-        <x:v>127</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A457" s="0" t="s">
-        <x:v>1856</x:v>
+        <x:v>1860</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
-        <x:v>1857</x:v>
+        <x:v>1861</x:v>
       </x:c>
       <x:c r="D457" s="0" t="s">
-        <x:v>1858</x:v>
+        <x:v>1849</x:v>
       </x:c>
       <x:c r="E457" s="0" t="s">
-        <x:v>1830</x:v>
+        <x:v>1850</x:v>
       </x:c>
       <x:c r="F457" s="0" t="s">
-        <x:v>1859</x:v>
+        <x:v>1862</x:v>
       </x:c>
       <x:c r="G457" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J457" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>1018</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A458" s="0" t="s">
-        <x:v>1860</x:v>
+        <x:v>1863</x:v>
       </x:c>
       <x:c r="B458" s="0" t="s">
-        <x:v>1861</x:v>
+        <x:v>1864</x:v>
       </x:c>
       <x:c r="D458" s="0" t="s">
-        <x:v>1841</x:v>
+        <x:v>1865</x:v>
       </x:c>
       <x:c r="E458" s="0" t="s">
-        <x:v>1830</x:v>
+        <x:v>1850</x:v>
       </x:c>
       <x:c r="F458" s="0" t="s">
-        <x:v>1848</x:v>
+        <x:v>1866</x:v>
       </x:c>
       <x:c r="G458" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J458" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="K458" s="0" t="s">
-        <x:v>1862</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A459" s="0" t="s">
-        <x:v>1863</x:v>
+        <x:v>1867</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
-        <x:v>1864</x:v>
+        <x:v>1868</x:v>
       </x:c>
       <x:c r="D459" s="0" t="s">
-        <x:v>1865</x:v>
+        <x:v>1828</x:v>
       </x:c>
       <x:c r="E459" s="0" t="s">
-        <x:v>1830</x:v>
+        <x:v>1850</x:v>
       </x:c>
       <x:c r="F459" s="0" t="s">
-        <x:v>1866</x:v>
+        <x:v>1869</x:v>
       </x:c>
       <x:c r="G459" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J459" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="K459" s="0" t="s">
-        <x:v>1867</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A460" s="0" t="s">
-        <x:v>1868</x:v>
+        <x:v>1870</x:v>
       </x:c>
       <x:c r="B460" s="0" t="s">
-        <x:v>1869</x:v>
-[...2 lines deleted...]
-        <x:v>1870</x:v>
+        <x:v>1871</x:v>
       </x:c>
       <x:c r="D460" s="0" t="s">
-        <x:v>1871</x:v>
+        <x:v>1865</x:v>
       </x:c>
       <x:c r="E460" s="0" t="s">
-        <x:v>1830</x:v>
+        <x:v>1850</x:v>
       </x:c>
       <x:c r="F460" s="0" t="s">
         <x:v>1872</x:v>
       </x:c>
       <x:c r="G460" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J460" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K460" s="0" t="s">
-        <x:v>1321</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A461" s="0" t="s">
         <x:v>1873</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
         <x:v>1874</x:v>
       </x:c>
       <x:c r="D461" s="0" t="s">
-        <x:v>1841</x:v>
+        <x:v>1865</x:v>
       </x:c>
       <x:c r="E461" s="0" t="s">
-        <x:v>1830</x:v>
+        <x:v>1850</x:v>
       </x:c>
       <x:c r="F461" s="0" t="s">
-        <x:v>1848</x:v>
+        <x:v>1875</x:v>
       </x:c>
       <x:c r="G461" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J461" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="K461" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>1876</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A462" s="0" t="s">
-        <x:v>1875</x:v>
+        <x:v>1877</x:v>
       </x:c>
       <x:c r="B462" s="0" t="s">
-        <x:v>1876</x:v>
+        <x:v>1878</x:v>
       </x:c>
       <x:c r="D462" s="0" t="s">
-        <x:v>1877</x:v>
+        <x:v>896</x:v>
       </x:c>
       <x:c r="E462" s="0" t="s">
-        <x:v>1830</x:v>
+        <x:v>1850</x:v>
       </x:c>
       <x:c r="F462" s="0" t="s">
-        <x:v>1878</x:v>
+        <x:v>1879</x:v>
       </x:c>
       <x:c r="G462" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J462" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="K462" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A463" s="0" t="s">
-        <x:v>1879</x:v>
+        <x:v>1880</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
-        <x:v>1880</x:v>
+        <x:v>1881</x:v>
       </x:c>
       <x:c r="D463" s="0" t="s">
-        <x:v>1841</x:v>
+        <x:v>1882</x:v>
       </x:c>
       <x:c r="E463" s="0" t="s">
-        <x:v>1830</x:v>
+        <x:v>1850</x:v>
       </x:c>
       <x:c r="F463" s="0" t="s">
-        <x:v>1881</x:v>
+        <x:v>1883</x:v>
       </x:c>
       <x:c r="G463" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J463" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A464" s="0" t="s">
-        <x:v>1882</x:v>
+        <x:v>1884</x:v>
       </x:c>
       <x:c r="B464" s="0" t="s">
-        <x:v>1883</x:v>
+        <x:v>1885</x:v>
       </x:c>
       <x:c r="D464" s="0" t="s">
-        <x:v>1884</x:v>
+        <x:v>1865</x:v>
       </x:c>
       <x:c r="E464" s="0" t="s">
-        <x:v>1830</x:v>
+        <x:v>1850</x:v>
       </x:c>
       <x:c r="F464" s="0" t="s">
-        <x:v>1885</x:v>
+        <x:v>1872</x:v>
       </x:c>
       <x:c r="G464" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J464" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="K464" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>1886</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A465" s="0" t="s">
-        <x:v>1886</x:v>
+        <x:v>1887</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
-        <x:v>1887</x:v>
+        <x:v>1888</x:v>
       </x:c>
       <x:c r="D465" s="0" t="s">
-        <x:v>1888</x:v>
+        <x:v>1889</x:v>
       </x:c>
       <x:c r="E465" s="0" t="s">
-        <x:v>1830</x:v>
+        <x:v>1850</x:v>
       </x:c>
       <x:c r="F465" s="0" t="s">
-        <x:v>1889</x:v>
+        <x:v>1890</x:v>
       </x:c>
       <x:c r="G465" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J465" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="K465" s="0" t="s">
+        <x:v>1891</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A466" s="0" t="s">
-        <x:v>1890</x:v>
+        <x:v>1892</x:v>
       </x:c>
       <x:c r="B466" s="0" t="s">
-        <x:v>1891</x:v>
+        <x:v>1893</x:v>
       </x:c>
       <x:c r="D466" s="0" t="s">
-        <x:v>1841</x:v>
+        <x:v>1894</x:v>
       </x:c>
       <x:c r="E466" s="0" t="s">
-        <x:v>1830</x:v>
+        <x:v>1850</x:v>
       </x:c>
       <x:c r="F466" s="0" t="s">
-        <x:v>1892</x:v>
+        <x:v>1895</x:v>
       </x:c>
       <x:c r="G466" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J466" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K466" s="0" t="s">
-        <x:v>393</x:v>
+        <x:v>1896</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A467" s="0" t="s">
-        <x:v>1893</x:v>
+        <x:v>1897</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
-        <x:v>1894</x:v>
+        <x:v>1898</x:v>
       </x:c>
       <x:c r="D467" s="0" t="s">
-        <x:v>1841</x:v>
+        <x:v>1865</x:v>
       </x:c>
       <x:c r="E467" s="0" t="s">
-        <x:v>1830</x:v>
+        <x:v>1850</x:v>
       </x:c>
       <x:c r="F467" s="0" t="s">
-        <x:v>1895</x:v>
+        <x:v>1872</x:v>
       </x:c>
       <x:c r="G467" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J467" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="K467" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A468" s="0" t="s">
-        <x:v>1896</x:v>
+        <x:v>1899</x:v>
       </x:c>
       <x:c r="B468" s="0" t="s">
-        <x:v>1897</x:v>
+        <x:v>1900</x:v>
       </x:c>
       <x:c r="D468" s="0" t="s">
-        <x:v>1841</x:v>
+        <x:v>1901</x:v>
       </x:c>
       <x:c r="E468" s="0" t="s">
-        <x:v>1830</x:v>
+        <x:v>1850</x:v>
       </x:c>
       <x:c r="F468" s="0" t="s">
-        <x:v>1881</x:v>
+        <x:v>1902</x:v>
       </x:c>
       <x:c r="G468" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J468" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="K468" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A469" s="0" t="s">
-        <x:v>1898</x:v>
+        <x:v>1903</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
-        <x:v>1899</x:v>
-[...2 lines deleted...]
-        <x:v>1900</x:v>
+        <x:v>1904</x:v>
       </x:c>
       <x:c r="D469" s="0" t="s">
-        <x:v>1829</x:v>
+        <x:v>1865</x:v>
       </x:c>
       <x:c r="E469" s="0" t="s">
-        <x:v>1830</x:v>
+        <x:v>1850</x:v>
       </x:c>
       <x:c r="F469" s="0" t="s">
-        <x:v>1838</x:v>
+        <x:v>1905</x:v>
       </x:c>
       <x:c r="G469" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J469" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K469" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A470" s="0" t="s">
-        <x:v>1901</x:v>
+        <x:v>1906</x:v>
       </x:c>
       <x:c r="B470" s="0" t="s">
-        <x:v>1902</x:v>
+        <x:v>1907</x:v>
       </x:c>
       <x:c r="D470" s="0" t="s">
-        <x:v>1903</x:v>
+        <x:v>1908</x:v>
       </x:c>
       <x:c r="E470" s="0" t="s">
-        <x:v>1830</x:v>
+        <x:v>1850</x:v>
       </x:c>
       <x:c r="F470" s="0" t="s">
-        <x:v>1904</x:v>
+        <x:v>1909</x:v>
       </x:c>
       <x:c r="G470" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J470" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="K470" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>993</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A471" s="0" t="s">
-        <x:v>1905</x:v>
+        <x:v>1910</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
-        <x:v>1906</x:v>
+        <x:v>1911</x:v>
       </x:c>
       <x:c r="D471" s="0" t="s">
-        <x:v>1888</x:v>
+        <x:v>1865</x:v>
       </x:c>
       <x:c r="E471" s="0" t="s">
-        <x:v>1830</x:v>
+        <x:v>1850</x:v>
       </x:c>
       <x:c r="F471" s="0" t="s">
-        <x:v>1907</x:v>
+        <x:v>1912</x:v>
       </x:c>
       <x:c r="G471" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J471" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="K471" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A472" s="0" t="s">
-        <x:v>1908</x:v>
+        <x:v>1913</x:v>
       </x:c>
       <x:c r="B472" s="0" t="s">
-        <x:v>1909</x:v>
+        <x:v>1914</x:v>
       </x:c>
       <x:c r="D472" s="0" t="s">
-        <x:v>1903</x:v>
+        <x:v>1865</x:v>
       </x:c>
       <x:c r="E472" s="0" t="s">
-        <x:v>1830</x:v>
+        <x:v>1850</x:v>
       </x:c>
       <x:c r="F472" s="0" t="s">
-        <x:v>1910</x:v>
+        <x:v>1915</x:v>
       </x:c>
       <x:c r="G472" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J472" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="K472" s="0" t="s">
-        <x:v>651</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A473" s="0" t="s">
-        <x:v>1911</x:v>
+        <x:v>1916</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
-        <x:v>1912</x:v>
+        <x:v>1917</x:v>
       </x:c>
       <x:c r="D473" s="0" t="s">
-        <x:v>1829</x:v>
+        <x:v>1865</x:v>
       </x:c>
       <x:c r="E473" s="0" t="s">
-        <x:v>1830</x:v>
+        <x:v>1850</x:v>
       </x:c>
       <x:c r="F473" s="0" t="s">
-        <x:v>1913</x:v>
+        <x:v>1905</x:v>
       </x:c>
       <x:c r="G473" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J473" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="K473" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A474" s="0" t="s">
-        <x:v>1914</x:v>
+        <x:v>1918</x:v>
       </x:c>
       <x:c r="B474" s="0" t="s">
-        <x:v>1915</x:v>
+        <x:v>1919</x:v>
+      </x:c>
+      <x:c r="C474" s="0" t="s">
+        <x:v>1920</x:v>
       </x:c>
       <x:c r="D474" s="0" t="s">
-        <x:v>1829</x:v>
+        <x:v>1849</x:v>
       </x:c>
       <x:c r="E474" s="0" t="s">
-        <x:v>1830</x:v>
+        <x:v>1850</x:v>
       </x:c>
       <x:c r="F474" s="0" t="s">
-        <x:v>1916</x:v>
+        <x:v>1862</x:v>
       </x:c>
       <x:c r="G474" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J474" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="K474" s="0" t="s">
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A475" s="0" t="s">
-        <x:v>1917</x:v>
+        <x:v>1921</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
-        <x:v>1918</x:v>
-[...2 lines deleted...]
-        <x:v>1919</x:v>
+        <x:v>1922</x:v>
       </x:c>
       <x:c r="D475" s="0" t="s">
-        <x:v>1829</x:v>
+        <x:v>1923</x:v>
       </x:c>
       <x:c r="E475" s="0" t="s">
-        <x:v>1830</x:v>
+        <x:v>1850</x:v>
       </x:c>
       <x:c r="F475" s="0" t="s">
-        <x:v>1920</x:v>
+        <x:v>1924</x:v>
       </x:c>
       <x:c r="G475" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J475" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K475" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A476" s="0" t="s">
-        <x:v>1921</x:v>
+        <x:v>1925</x:v>
       </x:c>
       <x:c r="B476" s="0" t="s">
-        <x:v>1922</x:v>
+        <x:v>1926</x:v>
       </x:c>
       <x:c r="D476" s="0" t="s">
-        <x:v>1829</x:v>
+        <x:v>1858</x:v>
       </x:c>
       <x:c r="E476" s="0" t="s">
-        <x:v>1830</x:v>
+        <x:v>1850</x:v>
       </x:c>
       <x:c r="F476" s="0" t="s">
-        <x:v>1923</x:v>
+        <x:v>1927</x:v>
       </x:c>
       <x:c r="G476" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J476" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="K476" s="0" t="s">
-        <x:v>393</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A477" s="0" t="s">
-        <x:v>1924</x:v>
+        <x:v>1928</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
-        <x:v>1925</x:v>
+        <x:v>1929</x:v>
       </x:c>
       <x:c r="D477" s="0" t="s">
-        <x:v>1926</x:v>
+        <x:v>1923</x:v>
       </x:c>
       <x:c r="E477" s="0" t="s">
-        <x:v>1830</x:v>
+        <x:v>1850</x:v>
       </x:c>
       <x:c r="F477" s="0" t="s">
-        <x:v>1927</x:v>
+        <x:v>1930</x:v>
       </x:c>
       <x:c r="G477" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J477" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K477" s="0" t="s">
-        <x:v>1928</x:v>
+        <x:v>655</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A478" s="0" t="s">
-        <x:v>1929</x:v>
+        <x:v>1931</x:v>
       </x:c>
       <x:c r="B478" s="0" t="s">
-        <x:v>1930</x:v>
+        <x:v>1932</x:v>
       </x:c>
       <x:c r="D478" s="0" t="s">
-        <x:v>1931</x:v>
+        <x:v>1849</x:v>
       </x:c>
       <x:c r="E478" s="0" t="s">
-        <x:v>1830</x:v>
+        <x:v>1850</x:v>
       </x:c>
       <x:c r="F478" s="0" t="s">
-        <x:v>1932</x:v>
+        <x:v>1933</x:v>
       </x:c>
       <x:c r="G478" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J478" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K478" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A479" s="0" t="s">
-        <x:v>1933</x:v>
+        <x:v>1934</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
-        <x:v>1934</x:v>
+        <x:v>1935</x:v>
       </x:c>
       <x:c r="D479" s="0" t="s">
-        <x:v>1935</x:v>
+        <x:v>1849</x:v>
       </x:c>
       <x:c r="E479" s="0" t="s">
+        <x:v>1850</x:v>
+      </x:c>
+      <x:c r="F479" s="0" t="s">
         <x:v>1936</x:v>
       </x:c>
-      <x:c r="F479" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G479" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J479" s="0" t="s">
-        <x:v>59</x:v>
-[...2 lines deleted...]
-        <x:v>567</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A480" s="0" t="s">
+        <x:v>1937</x:v>
+      </x:c>
+      <x:c r="B480" s="0" t="s">
         <x:v>1938</x:v>
       </x:c>
-      <x:c r="B480" s="0" t="s">
+      <x:c r="C480" s="0" t="s">
         <x:v>1939</x:v>
       </x:c>
       <x:c r="D480" s="0" t="s">
+        <x:v>1849</x:v>
+      </x:c>
+      <x:c r="E480" s="0" t="s">
+        <x:v>1850</x:v>
+      </x:c>
+      <x:c r="F480" s="0" t="s">
         <x:v>1940</x:v>
       </x:c>
-      <x:c r="E480" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G480" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J480" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="K480" s="0" t="s">
-        <x:v>1942</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A481" s="0" t="s">
+        <x:v>1941</x:v>
+      </x:c>
+      <x:c r="B481" s="0" t="s">
+        <x:v>1942</x:v>
+      </x:c>
+      <x:c r="D481" s="0" t="s">
+        <x:v>1849</x:v>
+      </x:c>
+      <x:c r="E481" s="0" t="s">
+        <x:v>1850</x:v>
+      </x:c>
+      <x:c r="F481" s="0" t="s">
         <x:v>1943</x:v>
       </x:c>
-      <x:c r="B481" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G481" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J481" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="K481" s="0" t="s">
-        <x:v>1949</x:v>
+        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A482" s="0" t="s">
-        <x:v>1950</x:v>
+        <x:v>1944</x:v>
       </x:c>
       <x:c r="B482" s="0" t="s">
-        <x:v>1951</x:v>
+        <x:v>1945</x:v>
+      </x:c>
+      <x:c r="D482" s="0" t="s">
+        <x:v>1946</x:v>
       </x:c>
       <x:c r="E482" s="0" t="s">
+        <x:v>1850</x:v>
+      </x:c>
+      <x:c r="F482" s="0" t="s">
         <x:v>1947</x:v>
       </x:c>
-      <x:c r="F482" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G482" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J482" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K482" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>1948</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A483" s="0" t="s">
-        <x:v>1953</x:v>
+        <x:v>1949</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
-        <x:v>1954</x:v>
+        <x:v>1950</x:v>
       </x:c>
       <x:c r="D483" s="0" t="s">
-        <x:v>1946</x:v>
+        <x:v>1951</x:v>
       </x:c>
       <x:c r="E483" s="0" t="s">
-        <x:v>1947</x:v>
+        <x:v>1850</x:v>
       </x:c>
       <x:c r="F483" s="0" t="s">
-        <x:v>1955</x:v>
+        <x:v>1952</x:v>
       </x:c>
       <x:c r="G483" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J483" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K483" s="0" t="s">
-        <x:v>1956</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A484" s="0" t="s">
+        <x:v>1953</x:v>
+      </x:c>
+      <x:c r="B484" s="0" t="s">
+        <x:v>1954</x:v>
+      </x:c>
+      <x:c r="D484" s="0" t="s">
+        <x:v>1955</x:v>
+      </x:c>
+      <x:c r="E484" s="0" t="s">
+        <x:v>1956</x:v>
+      </x:c>
+      <x:c r="F484" s="0" t="s">
         <x:v>1957</x:v>
       </x:c>
-      <x:c r="B484" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G484" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J484" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="K484" s="0" t="s">
+        <x:v>572</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A485" s="0" t="s">
+        <x:v>1958</x:v>
+      </x:c>
+      <x:c r="B485" s="0" t="s">
+        <x:v>1959</x:v>
+      </x:c>
+      <x:c r="D485" s="0" t="s">
+        <x:v>1960</x:v>
+      </x:c>
+      <x:c r="E485" s="0" t="s">
+        <x:v>1956</x:v>
+      </x:c>
+      <x:c r="F485" s="0" t="s">
         <x:v>1961</x:v>
       </x:c>
-      <x:c r="B485" s="0" t="s">
+      <x:c r="G485" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J485" s="0" t="s">
+        <x:v>500</x:v>
+      </x:c>
+      <x:c r="K485" s="0" t="s">
         <x:v>1962</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A486" s="0" t="s">
+        <x:v>1963</x:v>
+      </x:c>
+      <x:c r="B486" s="0" t="s">
         <x:v>1964</x:v>
       </x:c>
-      <x:c r="B486" s="0" t="s">
+      <x:c r="E486" s="0" t="s">
         <x:v>1965</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1947</x:v>
       </x:c>
       <x:c r="F486" s="0" t="s">
         <x:v>1966</x:v>
       </x:c>
       <x:c r="G486" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J486" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="K486" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A487" s="0" t="s">
         <x:v>1967</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
         <x:v>1968</x:v>
       </x:c>
       <x:c r="D487" s="0" t="s">
-        <x:v>1643</x:v>
+        <x:v>1969</x:v>
       </x:c>
       <x:c r="E487" s="0" t="s">
-        <x:v>1947</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="F487" s="0" t="s">
-        <x:v>1969</x:v>
+        <x:v>1970</x:v>
       </x:c>
       <x:c r="G487" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J487" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="K487" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>1971</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A488" s="0" t="s">
-        <x:v>1970</x:v>
+        <x:v>1972</x:v>
       </x:c>
       <x:c r="B488" s="0" t="s">
-        <x:v>1971</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="D488" s="0" t="s">
-        <x:v>1972</x:v>
+        <x:v>1974</x:v>
       </x:c>
       <x:c r="E488" s="0" t="s">
-        <x:v>1947</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="F488" s="0" t="s">
-        <x:v>1973</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="G488" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J488" s="0" t="s">
-        <x:v>241</x:v>
-[...2 lines deleted...]
-        <x:v>88</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A489" s="0" t="s">
-        <x:v>1974</x:v>
+        <x:v>1976</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
-        <x:v>1975</x:v>
+        <x:v>1977</x:v>
+      </x:c>
+      <x:c r="C489" s="0" t="s">
+        <x:v>1978</x:v>
       </x:c>
       <x:c r="D489" s="0" t="s">
-        <x:v>1976</x:v>
+        <x:v>1969</x:v>
       </x:c>
       <x:c r="E489" s="0" t="s">
-        <x:v>1947</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="F489" s="0" t="s">
-        <x:v>1977</x:v>
+        <x:v>1979</x:v>
       </x:c>
       <x:c r="G489" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J489" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="K489" s="0" t="s">
+        <x:v>1980</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A490" s="0" t="s">
-        <x:v>1978</x:v>
+        <x:v>1981</x:v>
       </x:c>
       <x:c r="B490" s="0" t="s">
-        <x:v>1979</x:v>
+        <x:v>1982</x:v>
       </x:c>
       <x:c r="D490" s="0" t="s">
-        <x:v>1218</x:v>
+        <x:v>1228</x:v>
       </x:c>
       <x:c r="E490" s="0" t="s">
-        <x:v>1947</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="F490" s="0" t="s">
-        <x:v>1980</x:v>
+        <x:v>1983</x:v>
       </x:c>
       <x:c r="G490" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J490" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A491" s="0" t="s">
-        <x:v>1981</x:v>
+        <x:v>1984</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
-        <x:v>1982</x:v>
+        <x:v>1985</x:v>
       </x:c>
       <x:c r="D491" s="0" t="s">
-        <x:v>1983</x:v>
+        <x:v>1228</x:v>
       </x:c>
       <x:c r="E491" s="0" t="s">
-        <x:v>1984</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="F491" s="0" t="s">
-        <x:v>1985</x:v>
+        <x:v>1986</x:v>
       </x:c>
       <x:c r="G491" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J491" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K491" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A492" s="0" t="s">
-        <x:v>1986</x:v>
+        <x:v>1987</x:v>
       </x:c>
       <x:c r="B492" s="0" t="s">
-        <x:v>1987</x:v>
+        <x:v>1988</x:v>
       </x:c>
       <x:c r="D492" s="0" t="s">
-        <x:v>1988</x:v>
+        <x:v>1664</x:v>
       </x:c>
       <x:c r="E492" s="0" t="s">
-        <x:v>1984</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="F492" s="0" t="s">
         <x:v>1989</x:v>
       </x:c>
       <x:c r="G492" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="I492" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J492" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="K492" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A493" s="0" t="s">
+        <x:v>1990</x:v>
+      </x:c>
+      <x:c r="B493" s="0" t="s">
         <x:v>1991</x:v>
       </x:c>
-      <x:c r="B493" s="0" t="s">
+      <x:c r="D493" s="0" t="s">
         <x:v>1992</x:v>
       </x:c>
-      <x:c r="D493" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E493" s="0" t="s">
-        <x:v>1984</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="F493" s="0" t="s">
         <x:v>1993</x:v>
       </x:c>
       <x:c r="G493" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J493" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="K493" s="0" t="s">
-        <x:v>1473</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A494" s="0" t="s">
         <x:v>1994</x:v>
       </x:c>
       <x:c r="B494" s="0" t="s">
         <x:v>1995</x:v>
       </x:c>
       <x:c r="D494" s="0" t="s">
         <x:v>1996</x:v>
       </x:c>
       <x:c r="E494" s="0" t="s">
+        <x:v>1965</x:v>
+      </x:c>
+      <x:c r="F494" s="0" t="s">
         <x:v>1997</x:v>
       </x:c>
-      <x:c r="F494" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G494" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J494" s="0" t="s">
-        <x:v>241</x:v>
-[...2 lines deleted...]
-        <x:v>88</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A495" s="0" t="s">
+        <x:v>1998</x:v>
+      </x:c>
+      <x:c r="B495" s="0" t="s">
         <x:v>1999</x:v>
       </x:c>
-      <x:c r="B495" s="0" t="s">
+      <x:c r="D495" s="0" t="s">
+        <x:v>1228</x:v>
+      </x:c>
+      <x:c r="E495" s="0" t="s">
+        <x:v>1965</x:v>
+      </x:c>
+      <x:c r="F495" s="0" t="s">
         <x:v>2000</x:v>
       </x:c>
-      <x:c r="D495" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G495" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J495" s="0" t="s">
-        <x:v>37</x:v>
-[...2 lines deleted...]
-        <x:v>98</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A496" s="0" t="s">
+        <x:v>2001</x:v>
+      </x:c>
+      <x:c r="B496" s="0" t="s">
         <x:v>2002</x:v>
       </x:c>
-      <x:c r="B496" s="0" t="s">
+      <x:c r="D496" s="0" t="s">
         <x:v>2003</x:v>
       </x:c>
-      <x:c r="D496" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E496" s="0" t="s">
-        <x:v>1997</x:v>
+        <x:v>2004</x:v>
       </x:c>
       <x:c r="F496" s="0" t="s">
-        <x:v>2004</x:v>
+        <x:v>2005</x:v>
       </x:c>
       <x:c r="G496" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J496" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="K496" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A497" s="0" t="s">
-        <x:v>2005</x:v>
+        <x:v>2006</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
-        <x:v>2006</x:v>
+        <x:v>2007</x:v>
       </x:c>
       <x:c r="D497" s="0" t="s">
-        <x:v>1996</x:v>
+        <x:v>2008</x:v>
       </x:c>
       <x:c r="E497" s="0" t="s">
-        <x:v>1997</x:v>
+        <x:v>2004</x:v>
       </x:c>
       <x:c r="F497" s="0" t="s">
-        <x:v>2007</x:v>
+        <x:v>2009</x:v>
       </x:c>
       <x:c r="G497" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
+      <x:c r="I497" s="0" t="s">
+        <x:v>2010</x:v>
+      </x:c>
       <x:c r="J497" s="0" t="s">
-        <x:v>36</x:v>
-[...2 lines deleted...]
-        <x:v>55</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A498" s="0" t="s">
-        <x:v>2008</x:v>
+        <x:v>2011</x:v>
       </x:c>
       <x:c r="B498" s="0" t="s">
-        <x:v>2009</x:v>
+        <x:v>2012</x:v>
       </x:c>
       <x:c r="D498" s="0" t="s">
-        <x:v>2010</x:v>
+        <x:v>2003</x:v>
       </x:c>
       <x:c r="E498" s="0" t="s">
-        <x:v>1997</x:v>
+        <x:v>2004</x:v>
       </x:c>
       <x:c r="F498" s="0" t="s">
-        <x:v>2011</x:v>
+        <x:v>2013</x:v>
       </x:c>
       <x:c r="G498" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J498" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="K498" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>1485</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A499" s="0" t="s">
-        <x:v>2012</x:v>
+        <x:v>2014</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
-        <x:v>2013</x:v>
-[...2 lines deleted...]
-        <x:v>2014</x:v>
+        <x:v>2015</x:v>
       </x:c>
       <x:c r="D499" s="0" t="s">
-        <x:v>2015</x:v>
+        <x:v>2016</x:v>
       </x:c>
       <x:c r="E499" s="0" t="s">
-        <x:v>1997</x:v>
+        <x:v>2017</x:v>
       </x:c>
       <x:c r="F499" s="0" t="s">
-        <x:v>2016</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="G499" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J499" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="K499" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>993</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A500" s="0" t="s">
+        <x:v>2019</x:v>
+      </x:c>
+      <x:c r="B500" s="0" t="s">
+        <x:v>2020</x:v>
+      </x:c>
+      <x:c r="D500" s="0" t="s">
+        <x:v>1228</x:v>
+      </x:c>
+      <x:c r="E500" s="0" t="s">
         <x:v>2017</x:v>
       </x:c>
-      <x:c r="B500" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F500" s="0" t="s">
-        <x:v>2019</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="G500" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J500" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K500" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A501" s="0" t="s">
-        <x:v>2020</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
-        <x:v>2021</x:v>
-[...2 lines deleted...]
-        <x:v>2022</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="D501" s="0" t="s">
-        <x:v>2015</x:v>
+        <x:v>2016</x:v>
       </x:c>
       <x:c r="E501" s="0" t="s">
-        <x:v>1997</x:v>
+        <x:v>2017</x:v>
       </x:c>
       <x:c r="F501" s="0" t="s">
-        <x:v>2016</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="G501" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J501" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="K501" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A502" s="0" t="s">
-        <x:v>2023</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B502" s="0" t="s">
-        <x:v>2024</x:v>
-[...2 lines deleted...]
-        <x:v>2025</x:v>
+        <x:v>2026</x:v>
       </x:c>
       <x:c r="D502" s="0" t="s">
-        <x:v>2015</x:v>
+        <x:v>2016</x:v>
       </x:c>
       <x:c r="E502" s="0" t="s">
-        <x:v>1997</x:v>
+        <x:v>2017</x:v>
       </x:c>
       <x:c r="F502" s="0" t="s">
-        <x:v>2016</x:v>
+        <x:v>2027</x:v>
       </x:c>
       <x:c r="G502" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J502" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K502" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A503" s="0" t="s">
-        <x:v>2026</x:v>
+        <x:v>2028</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
-        <x:v>2027</x:v>
+        <x:v>2029</x:v>
       </x:c>
       <x:c r="D503" s="0" t="s">
-        <x:v>2028</x:v>
+        <x:v>2030</x:v>
       </x:c>
       <x:c r="E503" s="0" t="s">
-        <x:v>2029</x:v>
+        <x:v>2017</x:v>
       </x:c>
       <x:c r="F503" s="0" t="s">
-        <x:v>2030</x:v>
+        <x:v>2031</x:v>
       </x:c>
       <x:c r="G503" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J503" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="K503" s="0" t="s">
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A504" s="0" t="s">
-        <x:v>2031</x:v>
+        <x:v>2032</x:v>
       </x:c>
       <x:c r="B504" s="0" t="s">
-        <x:v>2032</x:v>
+        <x:v>2033</x:v>
+      </x:c>
+      <x:c r="C504" s="0" t="s">
+        <x:v>2034</x:v>
       </x:c>
       <x:c r="D504" s="0" t="s">
-        <x:v>2033</x:v>
+        <x:v>2035</x:v>
       </x:c>
       <x:c r="E504" s="0" t="s">
-        <x:v>2029</x:v>
+        <x:v>2017</x:v>
       </x:c>
       <x:c r="F504" s="0" t="s">
-        <x:v>2034</x:v>
+        <x:v>2036</x:v>
       </x:c>
       <x:c r="G504" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J504" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="K504" s="0" t="s">
+        <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A505" s="0" t="s">
+        <x:v>2037</x:v>
+      </x:c>
+      <x:c r="B505" s="0" t="s">
+        <x:v>2038</x:v>
+      </x:c>
+      <x:c r="D505" s="0" t="s">
         <x:v>2035</x:v>
       </x:c>
-      <x:c r="B505" s="0" t="s">
+      <x:c r="E505" s="0" t="s">
+        <x:v>2017</x:v>
+      </x:c>
+      <x:c r="F505" s="0" t="s">
+        <x:v>2039</x:v>
+      </x:c>
+      <x:c r="G505" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J505" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="K505" s="0" t="s">
+        <x:v>520</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="506" spans="1:11" ht="14.25" customHeight="1">
+      <x:c r="A506" s="0" t="s">
+        <x:v>2040</x:v>
+      </x:c>
+      <x:c r="B506" s="0" t="s">
+        <x:v>2041</x:v>
+      </x:c>
+      <x:c r="C506" s="0" t="s">
+        <x:v>2042</x:v>
+      </x:c>
+      <x:c r="D506" s="0" t="s">
+        <x:v>2035</x:v>
+      </x:c>
+      <x:c r="E506" s="0" t="s">
+        <x:v>2017</x:v>
+      </x:c>
+      <x:c r="F506" s="0" t="s">
         <x:v>2036</x:v>
       </x:c>
-      <x:c r="D505" s="0" t="s">
-[...33 lines deleted...]
-      </x:c>
       <x:c r="G506" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="I506" s="2" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J506" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="K506" s="0" t="s">
+        <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A507" s="0" t="s">
+        <x:v>2043</x:v>
+      </x:c>
+      <x:c r="B507" s="0" t="s">
         <x:v>2044</x:v>
       </x:c>
-      <x:c r="B507" s="0" t="s">
+      <x:c r="C507" s="0" t="s">
         <x:v>2045</x:v>
       </x:c>
       <x:c r="D507" s="0" t="s">
-        <x:v>2046</x:v>
+        <x:v>2035</x:v>
       </x:c>
       <x:c r="E507" s="0" t="s">
-        <x:v>2029</x:v>
+        <x:v>2017</x:v>
       </x:c>
       <x:c r="F507" s="0" t="s">
-        <x:v>2047</x:v>
+        <x:v>2036</x:v>
       </x:c>
       <x:c r="G507" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J507" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K507" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A508" s="0" t="s">
+        <x:v>2046</x:v>
+      </x:c>
+      <x:c r="B508" s="0" t="s">
+        <x:v>2047</x:v>
+      </x:c>
+      <x:c r="D508" s="0" t="s">
         <x:v>2048</x:v>
       </x:c>
-      <x:c r="B508" s="0" t="s">
+      <x:c r="E508" s="0" t="s">
         <x:v>2049</x:v>
       </x:c>
-      <x:c r="D508" s="0" t="s">
+      <x:c r="F508" s="0" t="s">
         <x:v>2050</x:v>
       </x:c>
-      <x:c r="E508" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G508" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J508" s="0" t="s">
-        <x:v>250</x:v>
-[...2 lines deleted...]
-        <x:v>2052</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A509" s="0" t="s">
+        <x:v>2051</x:v>
+      </x:c>
+      <x:c r="B509" s="0" t="s">
+        <x:v>2052</x:v>
+      </x:c>
+      <x:c r="D509" s="0" t="s">
         <x:v>2053</x:v>
       </x:c>
-      <x:c r="B509" s="0" t="s">
+      <x:c r="E509" s="0" t="s">
+        <x:v>2049</x:v>
+      </x:c>
+      <x:c r="F509" s="0" t="s">
         <x:v>2054</x:v>
       </x:c>
-      <x:c r="D509" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G509" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J509" s="0" t="s">
-        <x:v>233</x:v>
-[...2 lines deleted...]
-        <x:v>689</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A510" s="0" t="s">
+        <x:v>2055</x:v>
+      </x:c>
+      <x:c r="B510" s="0" t="s">
+        <x:v>2056</x:v>
+      </x:c>
+      <x:c r="D510" s="0" t="s">
         <x:v>2057</x:v>
       </x:c>
-      <x:c r="B510" s="0" t="s">
+      <x:c r="E510" s="0" t="s">
+        <x:v>2049</x:v>
+      </x:c>
+      <x:c r="F510" s="0" t="s">
         <x:v>2058</x:v>
       </x:c>
-      <x:c r="D510" s="0" t="s">
+      <x:c r="G510" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J510" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="K510" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="511" spans="1:11" ht="28.5" customHeight="1">
+      <x:c r="A511" s="0" t="s">
         <x:v>2059</x:v>
       </x:c>
-      <x:c r="E510" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F510" s="0" t="s">
+      <x:c r="B511" s="0" t="s">
         <x:v>2060</x:v>
       </x:c>
-      <x:c r="G510" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="K510" s="0" t="s">
+      <x:c r="D511" s="0" t="s">
         <x:v>2061</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A511" s="0" t="s">
+      <x:c r="E511" s="0" t="s">
+        <x:v>2049</x:v>
+      </x:c>
+      <x:c r="F511" s="0" t="s">
         <x:v>2062</x:v>
       </x:c>
-      <x:c r="B511" s="0" t="s">
+      <x:c r="G511" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I511" s="2" t="s">
         <x:v>2063</x:v>
       </x:c>
-      <x:c r="D511" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="J511" s="0" t="s">
-        <x:v>42</x:v>
-[...2 lines deleted...]
-        <x:v>51</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A512" s="0" t="s">
+        <x:v>2064</x:v>
+      </x:c>
+      <x:c r="B512" s="0" t="s">
+        <x:v>2065</x:v>
+      </x:c>
+      <x:c r="D512" s="0" t="s">
         <x:v>2066</x:v>
       </x:c>
-      <x:c r="B512" s="0" t="s">
+      <x:c r="E512" s="0" t="s">
+        <x:v>2049</x:v>
+      </x:c>
+      <x:c r="F512" s="0" t="s">
         <x:v>2067</x:v>
       </x:c>
-      <x:c r="D512" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G512" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J512" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="K512" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A513" s="0" t="s">
+        <x:v>2068</x:v>
+      </x:c>
+      <x:c r="B513" s="0" t="s">
+        <x:v>2069</x:v>
+      </x:c>
+      <x:c r="D513" s="0" t="s">
         <x:v>2070</x:v>
       </x:c>
-      <x:c r="B513" s="0" t="s">
+      <x:c r="E513" s="0" t="s">
+        <x:v>2049</x:v>
+      </x:c>
+      <x:c r="F513" s="0" t="s">
         <x:v>2071</x:v>
       </x:c>
-      <x:c r="D513" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="F513" s="0" t="s">
+      <x:c r="G513" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J513" s="0" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="K513" s="0" t="s">
         <x:v>2072</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2073</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A514" s="0" t="s">
+        <x:v>2073</x:v>
+      </x:c>
+      <x:c r="B514" s="0" t="s">
         <x:v>2074</x:v>
       </x:c>
-      <x:c r="B514" s="0" t="s">
+      <x:c r="D514" s="0" t="s">
         <x:v>2075</x:v>
       </x:c>
-      <x:c r="D514" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E514" s="0" t="s">
-        <x:v>2029</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="F514" s="0" t="s">
-        <x:v>2030</x:v>
+        <x:v>2076</x:v>
       </x:c>
       <x:c r="G514" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J514" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="K514" s="0" t="s">
+        <x:v>693</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A515" s="0" t="s">
-        <x:v>2076</x:v>
+        <x:v>2077</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
-        <x:v>2077</x:v>
+        <x:v>2078</x:v>
       </x:c>
       <x:c r="D515" s="0" t="s">
-        <x:v>2078</x:v>
+        <x:v>2079</x:v>
       </x:c>
       <x:c r="E515" s="0" t="s">
-        <x:v>2029</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="F515" s="0" t="s">
-        <x:v>2079</x:v>
+        <x:v>2080</x:v>
       </x:c>
       <x:c r="G515" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J515" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K515" s="0" t="s">
-        <x:v>1382</x:v>
+        <x:v>758</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A516" s="0" t="s">
-        <x:v>2080</x:v>
+        <x:v>2081</x:v>
       </x:c>
       <x:c r="B516" s="0" t="s">
-        <x:v>2081</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="D516" s="0" t="s">
-        <x:v>2082</x:v>
+        <x:v>2083</x:v>
       </x:c>
       <x:c r="E516" s="0" t="s">
-        <x:v>2029</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="F516" s="0" t="s">
-        <x:v>2083</x:v>
+        <x:v>2084</x:v>
       </x:c>
       <x:c r="G516" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J516" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K516" s="0" t="s">
-        <x:v>2084</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:11" ht="14.25" customHeight="1">
-      <x:c r="A517" s="2" t="s">
+      <x:c r="A517" s="0" t="s">
         <x:v>2085</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
         <x:v>2086</x:v>
       </x:c>
       <x:c r="D517" s="0" t="s">
-        <x:v>2078</x:v>
+        <x:v>2087</x:v>
       </x:c>
       <x:c r="E517" s="0" t="s">
-        <x:v>2029</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="F517" s="0" t="s">
-        <x:v>2079</x:v>
+        <x:v>2088</x:v>
       </x:c>
       <x:c r="G517" s="0" t="s">
         <x:v>16</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>2087</x:v>
       </x:c>
       <x:c r="J517" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K517" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A518" s="0" t="s">
-        <x:v>2088</x:v>
+        <x:v>2089</x:v>
       </x:c>
       <x:c r="B518" s="0" t="s">
-        <x:v>2089</x:v>
+        <x:v>2090</x:v>
       </x:c>
       <x:c r="D518" s="0" t="s">
-        <x:v>2082</x:v>
+        <x:v>2070</x:v>
       </x:c>
       <x:c r="E518" s="0" t="s">
-        <x:v>2029</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="F518" s="0" t="s">
-        <x:v>2090</x:v>
+        <x:v>2091</x:v>
       </x:c>
       <x:c r="G518" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J518" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K518" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>2092</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A519" s="0" t="s">
-        <x:v>2091</x:v>
+        <x:v>2093</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
-        <x:v>2092</x:v>
+        <x:v>2094</x:v>
       </x:c>
       <x:c r="D519" s="0" t="s">
-        <x:v>2093</x:v>
+        <x:v>2048</x:v>
       </x:c>
       <x:c r="E519" s="0" t="s">
-        <x:v>2029</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="F519" s="0" t="s">
-        <x:v>2094</x:v>
+        <x:v>2050</x:v>
       </x:c>
       <x:c r="G519" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J519" s="0" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-        <x:v>102</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A520" s="0" t="s">
         <x:v>2095</x:v>
       </x:c>
       <x:c r="B520" s="0" t="s">
         <x:v>2096</x:v>
       </x:c>
       <x:c r="D520" s="0" t="s">
         <x:v>2097</x:v>
       </x:c>
       <x:c r="E520" s="0" t="s">
-        <x:v>2029</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="F520" s="0" t="s">
         <x:v>2098</x:v>
       </x:c>
       <x:c r="G520" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J520" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="K520" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>1390</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A521" s="0" t="s">
         <x:v>2099</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
         <x:v>2100</x:v>
       </x:c>
       <x:c r="D521" s="0" t="s">
         <x:v>2101</x:v>
       </x:c>
       <x:c r="E521" s="0" t="s">
-        <x:v>2029</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="F521" s="0" t="s">
         <x:v>2102</x:v>
       </x:c>
       <x:c r="G521" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J521" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K521" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>2103</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:11" ht="14.25" customHeight="1">
-      <x:c r="A522" s="0" t="s">
-        <x:v>2103</x:v>
+      <x:c r="A522" s="2" t="s">
+        <x:v>2104</x:v>
       </x:c>
       <x:c r="B522" s="0" t="s">
-        <x:v>2104</x:v>
+        <x:v>2105</x:v>
       </x:c>
       <x:c r="D522" s="0" t="s">
-        <x:v>2037</x:v>
+        <x:v>2097</x:v>
       </x:c>
       <x:c r="E522" s="0" t="s">
-        <x:v>2029</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="F522" s="0" t="s">
-        <x:v>2038</x:v>
+        <x:v>2098</x:v>
       </x:c>
       <x:c r="G522" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
+      <x:c r="I522" s="0" t="s">
+        <x:v>2106</x:v>
+      </x:c>
       <x:c r="J522" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K522" s="0" t="s">
-        <x:v>927</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A523" s="0" t="s">
-        <x:v>2105</x:v>
+        <x:v>2107</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
-        <x:v>2106</x:v>
+        <x:v>2108</x:v>
       </x:c>
       <x:c r="D523" s="0" t="s">
-        <x:v>2107</x:v>
+        <x:v>2101</x:v>
       </x:c>
       <x:c r="E523" s="0" t="s">
-        <x:v>2029</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="F523" s="0" t="s">
-        <x:v>2108</x:v>
+        <x:v>2109</x:v>
       </x:c>
       <x:c r="G523" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J523" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="K523" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A524" s="0" t="s">
-        <x:v>2109</x:v>
+        <x:v>2110</x:v>
       </x:c>
       <x:c r="B524" s="0" t="s">
-        <x:v>2110</x:v>
+        <x:v>2111</x:v>
       </x:c>
       <x:c r="D524" s="0" t="s">
-        <x:v>2111</x:v>
+        <x:v>2112</x:v>
       </x:c>
       <x:c r="E524" s="0" t="s">
-        <x:v>2029</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="F524" s="0" t="s">
-        <x:v>2112</x:v>
+        <x:v>2113</x:v>
       </x:c>
       <x:c r="G524" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J524" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K524" s="0" t="s">
-        <x:v>2113</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A525" s="0" t="s">
         <x:v>2114</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
         <x:v>2115</x:v>
       </x:c>
       <x:c r="D525" s="0" t="s">
-        <x:v>2111</x:v>
+        <x:v>2116</x:v>
       </x:c>
       <x:c r="E525" s="0" t="s">
-        <x:v>2029</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="F525" s="0" t="s">
-        <x:v>2116</x:v>
+        <x:v>2117</x:v>
       </x:c>
       <x:c r="G525" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J525" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="K525" s="0" t="s">
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A526" s="0" t="s">
-        <x:v>2117</x:v>
+        <x:v>2118</x:v>
       </x:c>
       <x:c r="B526" s="0" t="s">
-        <x:v>2118</x:v>
+        <x:v>2119</x:v>
       </x:c>
       <x:c r="D526" s="0" t="s">
-        <x:v>2119</x:v>
+        <x:v>2120</x:v>
       </x:c>
       <x:c r="E526" s="0" t="s">
-        <x:v>2029</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="F526" s="0" t="s">
-        <x:v>2120</x:v>
+        <x:v>2121</x:v>
       </x:c>
       <x:c r="G526" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J526" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="K526" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A527" s="0" t="s">
-        <x:v>2121</x:v>
+        <x:v>2122</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
-        <x:v>2122</x:v>
+        <x:v>2123</x:v>
       </x:c>
       <x:c r="D527" s="0" t="s">
-        <x:v>2078</x:v>
+        <x:v>2057</x:v>
       </x:c>
       <x:c r="E527" s="0" t="s">
-        <x:v>2029</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="F527" s="0" t="s">
-        <x:v>2123</x:v>
+        <x:v>2124</x:v>
       </x:c>
       <x:c r="G527" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J527" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="K527" s="0" t="s">
+        <x:v>2125</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A528" s="0" t="s">
-        <x:v>2124</x:v>
+        <x:v>2126</x:v>
       </x:c>
       <x:c r="B528" s="0" t="s">
-        <x:v>2125</x:v>
+        <x:v>2127</x:v>
       </x:c>
       <x:c r="D528" s="0" t="s">
-        <x:v>2126</x:v>
+        <x:v>2128</x:v>
       </x:c>
       <x:c r="E528" s="0" t="s">
-        <x:v>2029</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="F528" s="0" t="s">
-        <x:v>2127</x:v>
+        <x:v>2129</x:v>
       </x:c>
       <x:c r="G528" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="I528" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J528" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K528" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A529" s="0" t="s">
-        <x:v>2129</x:v>
+        <x:v>2130</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
-        <x:v>2130</x:v>
+        <x:v>2131</x:v>
       </x:c>
       <x:c r="D529" s="0" t="s">
-        <x:v>2078</x:v>
+        <x:v>2132</x:v>
       </x:c>
       <x:c r="E529" s="0" t="s">
-        <x:v>2029</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="F529" s="0" t="s">
-        <x:v>2131</x:v>
+        <x:v>2133</x:v>
       </x:c>
       <x:c r="G529" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J529" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="K529" s="0" t="s">
+        <x:v>2134</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A530" s="0" t="s">
+        <x:v>2135</x:v>
+      </x:c>
+      <x:c r="B530" s="0" t="s">
+        <x:v>2136</x:v>
+      </x:c>
+      <x:c r="D530" s="0" t="s">
         <x:v>2132</x:v>
       </x:c>
-      <x:c r="B530" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E530" s="0" t="s">
-        <x:v>2029</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="F530" s="0" t="s">
-        <x:v>2079</x:v>
+        <x:v>2137</x:v>
       </x:c>
       <x:c r="G530" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="I530" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J530" s="0" t="s">
-        <x:v>17</x:v>
-[...2 lines deleted...]
-        <x:v>1321</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A531" s="0" t="s">
-        <x:v>2135</x:v>
+        <x:v>2138</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
-        <x:v>2136</x:v>
+        <x:v>2139</x:v>
       </x:c>
       <x:c r="D531" s="0" t="s">
-        <x:v>2137</x:v>
+        <x:v>2140</x:v>
       </x:c>
       <x:c r="E531" s="0" t="s">
-        <x:v>2029</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="F531" s="0" t="s">
-        <x:v>2138</x:v>
+        <x:v>2141</x:v>
       </x:c>
       <x:c r="G531" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J531" s="0" t="s">
-        <x:v>42</x:v>
-[...7 lines deleted...]
-        <x:v>2139</x:v>
+        <x:v>98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="532" spans="1:11" ht="14.25" customHeight="1">
+      <x:c r="A532" s="0" t="s">
+        <x:v>2142</x:v>
       </x:c>
       <x:c r="B532" s="0" t="s">
-        <x:v>2140</x:v>
+        <x:v>2143</x:v>
       </x:c>
       <x:c r="D532" s="0" t="s">
-        <x:v>2141</x:v>
+        <x:v>2097</x:v>
       </x:c>
       <x:c r="E532" s="0" t="s">
-        <x:v>2029</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="F532" s="0" t="s">
-        <x:v>2142</x:v>
+        <x:v>2144</x:v>
       </x:c>
       <x:c r="G532" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J532" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A533" s="0" t="s">
-        <x:v>2143</x:v>
+        <x:v>2145</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
-        <x:v>2144</x:v>
+        <x:v>2146</x:v>
       </x:c>
       <x:c r="D533" s="0" t="s">
-        <x:v>2078</x:v>
+        <x:v>2147</x:v>
       </x:c>
       <x:c r="E533" s="0" t="s">
-        <x:v>2029</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="F533" s="0" t="s">
-        <x:v>2145</x:v>
+        <x:v>2148</x:v>
       </x:c>
       <x:c r="G533" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
+      <x:c r="I533" s="0" t="s">
+        <x:v>2149</x:v>
+      </x:c>
       <x:c r="J533" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="K533" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A534" s="0" t="s">
-        <x:v>2146</x:v>
+        <x:v>2150</x:v>
       </x:c>
       <x:c r="B534" s="0" t="s">
-        <x:v>2147</x:v>
+        <x:v>2151</x:v>
       </x:c>
       <x:c r="D534" s="0" t="s">
-        <x:v>2078</x:v>
+        <x:v>2097</x:v>
       </x:c>
       <x:c r="E534" s="0" t="s">
-        <x:v>2029</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="F534" s="0" t="s">
-        <x:v>2148</x:v>
+        <x:v>2152</x:v>
       </x:c>
       <x:c r="G534" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J534" s="0" t="s">
-        <x:v>233</x:v>
-[...2 lines deleted...]
-        <x:v>1697</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A535" s="0" t="s">
-        <x:v>2149</x:v>
+        <x:v>2153</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
-        <x:v>2150</x:v>
+        <x:v>2154</x:v>
       </x:c>
       <x:c r="D535" s="0" t="s">
-        <x:v>2078</x:v>
+        <x:v>2097</x:v>
       </x:c>
       <x:c r="E535" s="0" t="s">
-        <x:v>2029</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="F535" s="0" t="s">
-        <x:v>2151</x:v>
+        <x:v>2098</x:v>
       </x:c>
       <x:c r="G535" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
+      <x:c r="I535" s="0" t="s">
+        <x:v>2155</x:v>
+      </x:c>
       <x:c r="J535" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K535" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>1329</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A536" s="0" t="s">
-        <x:v>2152</x:v>
+        <x:v>2156</x:v>
       </x:c>
       <x:c r="B536" s="0" t="s">
-        <x:v>2153</x:v>
+        <x:v>2157</x:v>
       </x:c>
       <x:c r="D536" s="0" t="s">
-        <x:v>2082</x:v>
+        <x:v>2158</x:v>
       </x:c>
       <x:c r="E536" s="0" t="s">
-        <x:v>2029</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="F536" s="0" t="s">
-        <x:v>2154</x:v>
+        <x:v>2159</x:v>
       </x:c>
       <x:c r="G536" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J536" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K536" s="0" t="s">
-        <x:v>328</x:v>
-[...4 lines deleted...]
-        <x:v>2155</x:v>
+        <x:v>51</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="537" spans="1:11" ht="28.5" customHeight="1">
+      <x:c r="A537" s="2" t="s">
+        <x:v>2160</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
-        <x:v>2156</x:v>
+        <x:v>2161</x:v>
       </x:c>
       <x:c r="D537" s="0" t="s">
-        <x:v>2157</x:v>
+        <x:v>2162</x:v>
       </x:c>
       <x:c r="E537" s="0" t="s">
-        <x:v>2029</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="F537" s="0" t="s">
-        <x:v>2158</x:v>
+        <x:v>2163</x:v>
       </x:c>
       <x:c r="G537" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J537" s="0" t="s">
-        <x:v>250</x:v>
-[...2 lines deleted...]
-        <x:v>317</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A538" s="0" t="s">
-        <x:v>2159</x:v>
+        <x:v>2164</x:v>
       </x:c>
       <x:c r="B538" s="0" t="s">
-        <x:v>2160</x:v>
+        <x:v>2165</x:v>
       </x:c>
       <x:c r="D538" s="0" t="s">
-        <x:v>2161</x:v>
+        <x:v>2097</x:v>
       </x:c>
       <x:c r="E538" s="0" t="s">
-        <x:v>2029</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="F538" s="0" t="s">
-        <x:v>2038</x:v>
+        <x:v>2166</x:v>
       </x:c>
       <x:c r="G538" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J538" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K538" s="0" t="s">
-        <x:v>393</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A539" s="0" t="s">
-        <x:v>2162</x:v>
+        <x:v>2167</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
-        <x:v>2163</x:v>
+        <x:v>2168</x:v>
       </x:c>
       <x:c r="D539" s="0" t="s">
-        <x:v>2164</x:v>
+        <x:v>2097</x:v>
       </x:c>
       <x:c r="E539" s="0" t="s">
-        <x:v>2029</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="F539" s="0" t="s">
-        <x:v>2165</x:v>
+        <x:v>2169</x:v>
       </x:c>
       <x:c r="G539" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J539" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="K539" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>1718</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A540" s="0" t="s">
-        <x:v>2166</x:v>
+        <x:v>2170</x:v>
       </x:c>
       <x:c r="B540" s="0" t="s">
-        <x:v>2167</x:v>
+        <x:v>2171</x:v>
       </x:c>
       <x:c r="D540" s="0" t="s">
-        <x:v>2064</x:v>
+        <x:v>2097</x:v>
       </x:c>
       <x:c r="E540" s="0" t="s">
-        <x:v>2029</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="F540" s="0" t="s">
-        <x:v>2168</x:v>
+        <x:v>2172</x:v>
       </x:c>
       <x:c r="G540" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J540" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="K540" s="0" t="s">
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A541" s="0" t="s">
-        <x:v>2169</x:v>
+        <x:v>2173</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
-        <x:v>2170</x:v>
+        <x:v>2174</x:v>
       </x:c>
       <x:c r="D541" s="0" t="s">
-        <x:v>2050</x:v>
+        <x:v>2101</x:v>
       </x:c>
       <x:c r="E541" s="0" t="s">
-        <x:v>2029</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="F541" s="0" t="s">
-        <x:v>2171</x:v>
+        <x:v>2175</x:v>
       </x:c>
       <x:c r="G541" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J541" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="K541" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A542" s="0" t="s">
-        <x:v>2172</x:v>
+        <x:v>2176</x:v>
       </x:c>
       <x:c r="B542" s="0" t="s">
-        <x:v>2173</x:v>
+        <x:v>2177</x:v>
       </x:c>
       <x:c r="D542" s="0" t="s">
-        <x:v>2078</x:v>
+        <x:v>2178</x:v>
       </x:c>
       <x:c r="E542" s="0" t="s">
-        <x:v>2029</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="F542" s="0" t="s">
-        <x:v>2079</x:v>
+        <x:v>2179</x:v>
       </x:c>
       <x:c r="G542" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J542" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="K542" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A543" s="0" t="s">
-        <x:v>2174</x:v>
+        <x:v>2180</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
-        <x:v>2175</x:v>
+        <x:v>2181</x:v>
       </x:c>
       <x:c r="D543" s="0" t="s">
-        <x:v>2176</x:v>
+        <x:v>2182</x:v>
       </x:c>
       <x:c r="E543" s="0" t="s">
-        <x:v>2029</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="F543" s="0" t="s">
-        <x:v>2177</x:v>
+        <x:v>2058</x:v>
       </x:c>
       <x:c r="G543" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J543" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="K543" s="0" t="s">
+        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A544" s="0" t="s">
-        <x:v>2178</x:v>
+        <x:v>2183</x:v>
       </x:c>
       <x:c r="B544" s="0" t="s">
-        <x:v>2179</x:v>
+        <x:v>2184</x:v>
       </x:c>
       <x:c r="D544" s="0" t="s">
-        <x:v>2078</x:v>
+        <x:v>2185</x:v>
       </x:c>
       <x:c r="E544" s="0" t="s">
-        <x:v>2029</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="F544" s="0" t="s">
-        <x:v>2180</x:v>
+        <x:v>2186</x:v>
       </x:c>
       <x:c r="G544" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J544" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K544" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A545" s="0" t="s">
-        <x:v>2181</x:v>
+        <x:v>2187</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
-        <x:v>2182</x:v>
+        <x:v>2188</x:v>
       </x:c>
       <x:c r="D545" s="0" t="s">
-        <x:v>2183</x:v>
+        <x:v>2083</x:v>
       </x:c>
       <x:c r="E545" s="0" t="s">
-        <x:v>2029</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="F545" s="0" t="s">
-        <x:v>2184</x:v>
+        <x:v>2189</x:v>
       </x:c>
       <x:c r="G545" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J545" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A546" s="0" t="s">
-        <x:v>2185</x:v>
+        <x:v>2190</x:v>
       </x:c>
       <x:c r="B546" s="0" t="s">
-        <x:v>2186</x:v>
+        <x:v>2191</x:v>
       </x:c>
       <x:c r="D546" s="0" t="s">
-        <x:v>2078</x:v>
+        <x:v>2070</x:v>
       </x:c>
       <x:c r="E546" s="0" t="s">
-        <x:v>2029</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="F546" s="0" t="s">
-        <x:v>2187</x:v>
+        <x:v>2192</x:v>
       </x:c>
       <x:c r="G546" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J546" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="K546" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A547" s="0" t="s">
-        <x:v>2188</x:v>
+        <x:v>2193</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
-        <x:v>2189</x:v>
+        <x:v>2194</x:v>
       </x:c>
       <x:c r="D547" s="0" t="s">
-        <x:v>2078</x:v>
+        <x:v>2097</x:v>
       </x:c>
       <x:c r="E547" s="0" t="s">
-        <x:v>2029</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="F547" s="0" t="s">
-        <x:v>2190</x:v>
+        <x:v>2195</x:v>
       </x:c>
       <x:c r="G547" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J547" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="K547" s="0" t="s">
+        <x:v>2196</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A548" s="0" t="s">
-        <x:v>2191</x:v>
+        <x:v>2197</x:v>
       </x:c>
       <x:c r="B548" s="0" t="s">
-        <x:v>2192</x:v>
+        <x:v>2198</x:v>
       </x:c>
       <x:c r="D548" s="0" t="s">
-        <x:v>2078</x:v>
+        <x:v>2199</x:v>
       </x:c>
       <x:c r="E548" s="0" t="s">
-        <x:v>2029</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="F548" s="0" t="s">
-        <x:v>2193</x:v>
+        <x:v>2200</x:v>
       </x:c>
       <x:c r="G548" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J548" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A549" s="0" t="s">
-        <x:v>2194</x:v>
+        <x:v>2201</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
-        <x:v>2195</x:v>
+        <x:v>2202</x:v>
       </x:c>
       <x:c r="D549" s="0" t="s">
-        <x:v>2137</x:v>
+        <x:v>2097</x:v>
       </x:c>
       <x:c r="E549" s="0" t="s">
-        <x:v>2029</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="F549" s="0" t="s">
-        <x:v>2138</x:v>
+        <x:v>2203</x:v>
       </x:c>
       <x:c r="G549" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J549" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="K549" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A550" s="0" t="s">
-        <x:v>2196</x:v>
+        <x:v>2204</x:v>
       </x:c>
       <x:c r="B550" s="0" t="s">
-        <x:v>2197</x:v>
+        <x:v>2205</x:v>
       </x:c>
       <x:c r="D550" s="0" t="s">
-        <x:v>2198</x:v>
+        <x:v>2206</x:v>
       </x:c>
       <x:c r="E550" s="0" t="s">
-        <x:v>2029</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="F550" s="0" t="s">
-        <x:v>2199</x:v>
+        <x:v>2207</x:v>
       </x:c>
       <x:c r="G550" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J550" s="0" t="s">
-        <x:v>161</x:v>
-[...2 lines deleted...]
-        <x:v>461</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A551" s="0" t="s">
-        <x:v>2200</x:v>
+        <x:v>2208</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
-        <x:v>2201</x:v>
+        <x:v>2209</x:v>
       </x:c>
       <x:c r="D551" s="0" t="s">
-        <x:v>2082</x:v>
+        <x:v>2097</x:v>
       </x:c>
       <x:c r="E551" s="0" t="s">
-        <x:v>2029</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="F551" s="0" t="s">
-        <x:v>2202</x:v>
+        <x:v>2210</x:v>
       </x:c>
       <x:c r="G551" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J551" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>369</x:v>
+      </x:c>
+      <x:c r="K551" s="0" t="s">
+        <x:v>2211</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A552" s="0" t="s">
-        <x:v>2203</x:v>
+        <x:v>2212</x:v>
       </x:c>
       <x:c r="B552" s="0" t="s">
-        <x:v>2204</x:v>
+        <x:v>2213</x:v>
       </x:c>
       <x:c r="D552" s="0" t="s">
-        <x:v>2082</x:v>
+        <x:v>2097</x:v>
       </x:c>
       <x:c r="E552" s="0" t="s">
-        <x:v>2029</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="F552" s="0" t="s">
-        <x:v>2205</x:v>
+        <x:v>2214</x:v>
       </x:c>
       <x:c r="G552" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J552" s="0" t="s">
-        <x:v>228</x:v>
-[...2 lines deleted...]
-        <x:v>102</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A553" s="0" t="s">
-        <x:v>2206</x:v>
+        <x:v>2215</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
-        <x:v>2207</x:v>
+        <x:v>2216</x:v>
       </x:c>
       <x:c r="D553" s="0" t="s">
-        <x:v>1764</x:v>
+        <x:v>2097</x:v>
       </x:c>
       <x:c r="E553" s="0" t="s">
-        <x:v>2029</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="F553" s="0" t="s">
-        <x:v>2208</x:v>
+        <x:v>2217</x:v>
       </x:c>
       <x:c r="G553" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J553" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K553" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A554" s="0" t="s">
-        <x:v>2209</x:v>
+        <x:v>2218</x:v>
       </x:c>
       <x:c r="B554" s="0" t="s">
-        <x:v>2210</x:v>
+        <x:v>2219</x:v>
       </x:c>
       <x:c r="D554" s="0" t="s">
-        <x:v>2211</x:v>
+        <x:v>2158</x:v>
       </x:c>
       <x:c r="E554" s="0" t="s">
-        <x:v>2029</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="F554" s="0" t="s">
-        <x:v>2212</x:v>
+        <x:v>2159</x:v>
       </x:c>
       <x:c r="G554" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J554" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A555" s="0" t="s">
-        <x:v>2213</x:v>
+        <x:v>2220</x:v>
       </x:c>
       <x:c r="B555" s="0" t="s">
-        <x:v>2214</x:v>
+        <x:v>2221</x:v>
       </x:c>
       <x:c r="D555" s="0" t="s">
-        <x:v>2078</x:v>
+        <x:v>2222</x:v>
       </x:c>
       <x:c r="E555" s="0" t="s">
-        <x:v>2029</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="F555" s="0" t="s">
-        <x:v>2079</x:v>
+        <x:v>2223</x:v>
       </x:c>
       <x:c r="G555" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J555" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="K555" s="0" t="s">
-        <x:v>916</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A556" s="0" t="s">
-        <x:v>2215</x:v>
+        <x:v>2224</x:v>
       </x:c>
       <x:c r="B556" s="0" t="s">
-        <x:v>2216</x:v>
+        <x:v>2225</x:v>
       </x:c>
       <x:c r="D556" s="0" t="s">
-        <x:v>2111</x:v>
+        <x:v>2101</x:v>
       </x:c>
       <x:c r="E556" s="0" t="s">
-        <x:v>2029</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="F556" s="0" t="s">
-        <x:v>2217</x:v>
+        <x:v>2226</x:v>
       </x:c>
       <x:c r="G556" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J556" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A557" s="0" t="s">
-        <x:v>2218</x:v>
+        <x:v>2227</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
-        <x:v>2219</x:v>
+        <x:v>2228</x:v>
       </x:c>
       <x:c r="D557" s="0" t="s">
-        <x:v>2028</x:v>
+        <x:v>2101</x:v>
       </x:c>
       <x:c r="E557" s="0" t="s">
-        <x:v>2029</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="F557" s="0" t="s">
-        <x:v>2220</x:v>
+        <x:v>2229</x:v>
       </x:c>
       <x:c r="G557" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="I557" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J557" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="K557" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A558" s="0" t="s">
-        <x:v>2222</x:v>
+        <x:v>2230</x:v>
       </x:c>
       <x:c r="B558" s="0" t="s">
-        <x:v>2223</x:v>
+        <x:v>2231</x:v>
       </x:c>
       <x:c r="D558" s="0" t="s">
-        <x:v>2078</x:v>
+        <x:v>1784</x:v>
       </x:c>
       <x:c r="E558" s="0" t="s">
-        <x:v>2029</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="F558" s="0" t="s">
-        <x:v>2079</x:v>
+        <x:v>2232</x:v>
       </x:c>
       <x:c r="G558" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J558" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K558" s="0" t="s">
-        <x:v>2224</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A559" s="0" t="s">
-        <x:v>2225</x:v>
+        <x:v>2233</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
-        <x:v>2226</x:v>
+        <x:v>2234</x:v>
       </x:c>
       <x:c r="D559" s="0" t="s">
-        <x:v>2227</x:v>
+        <x:v>2235</x:v>
       </x:c>
       <x:c r="E559" s="0" t="s">
-        <x:v>2029</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="F559" s="0" t="s">
-        <x:v>2228</x:v>
+        <x:v>2236</x:v>
       </x:c>
       <x:c r="G559" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J559" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K559" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>2237</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A560" s="0" t="s">
-        <x:v>2229</x:v>
+        <x:v>2238</x:v>
       </x:c>
       <x:c r="B560" s="0" t="s">
-        <x:v>2230</x:v>
+        <x:v>2239</x:v>
       </x:c>
       <x:c r="D560" s="0" t="s">
-        <x:v>2037</x:v>
+        <x:v>2097</x:v>
       </x:c>
       <x:c r="E560" s="0" t="s">
-        <x:v>2029</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="F560" s="0" t="s">
-        <x:v>2038</x:v>
+        <x:v>2098</x:v>
       </x:c>
       <x:c r="G560" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J560" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K560" s="0" t="s">
-        <x:v>567</x:v>
+        <x:v>920</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A561" s="0" t="s">
-        <x:v>2231</x:v>
+        <x:v>2240</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
-        <x:v>2232</x:v>
+        <x:v>2241</x:v>
       </x:c>
       <x:c r="D561" s="0" t="s">
-        <x:v>2233</x:v>
+        <x:v>2101</x:v>
       </x:c>
       <x:c r="E561" s="0" t="s">
-        <x:v>2029</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="F561" s="0" t="s">
-        <x:v>2234</x:v>
+        <x:v>2242</x:v>
       </x:c>
       <x:c r="G561" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J561" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A562" s="0" t="s">
-        <x:v>2235</x:v>
+        <x:v>2243</x:v>
       </x:c>
       <x:c r="B562" s="0" t="s">
-        <x:v>2236</x:v>
+        <x:v>2244</x:v>
       </x:c>
       <x:c r="D562" s="0" t="s">
-        <x:v>2037</x:v>
+        <x:v>2132</x:v>
       </x:c>
       <x:c r="E562" s="0" t="s">
-        <x:v>2029</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="F562" s="0" t="s">
-        <x:v>2237</x:v>
+        <x:v>2245</x:v>
       </x:c>
       <x:c r="G562" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J562" s="0" t="s">
-        <x:v>241</x:v>
-[...2 lines deleted...]
-        <x:v>51</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A563" s="0" t="s">
-        <x:v>2238</x:v>
+        <x:v>2246</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
-        <x:v>2239</x:v>
+        <x:v>2247</x:v>
       </x:c>
       <x:c r="D563" s="0" t="s">
-        <x:v>2082</x:v>
+        <x:v>2048</x:v>
       </x:c>
       <x:c r="E563" s="0" t="s">
-        <x:v>2029</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="F563" s="0" t="s">
-        <x:v>2240</x:v>
+        <x:v>2248</x:v>
       </x:c>
       <x:c r="G563" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
+      <x:c r="I563" s="0" t="s">
+        <x:v>2249</x:v>
+      </x:c>
       <x:c r="J563" s="0" t="s">
-        <x:v>65</x:v>
-[...2 lines deleted...]
-        <x:v>927</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A564" s="0" t="s">
-        <x:v>2241</x:v>
+        <x:v>2250</x:v>
       </x:c>
       <x:c r="B564" s="0" t="s">
-        <x:v>2242</x:v>
+        <x:v>2251</x:v>
       </x:c>
       <x:c r="D564" s="0" t="s">
-        <x:v>2157</x:v>
+        <x:v>2097</x:v>
       </x:c>
       <x:c r="E564" s="0" t="s">
-        <x:v>2029</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="F564" s="0" t="s">
-        <x:v>2243</x:v>
+        <x:v>2098</x:v>
       </x:c>
       <x:c r="G564" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J564" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="K564" s="0" t="s">
+        <x:v>2252</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A565" s="0" t="s">
-        <x:v>2244</x:v>
+        <x:v>2253</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
-        <x:v>2245</x:v>
+        <x:v>2254</x:v>
       </x:c>
       <x:c r="D565" s="0" t="s">
-        <x:v>2050</x:v>
+        <x:v>2255</x:v>
       </x:c>
       <x:c r="E565" s="0" t="s">
-        <x:v>2029</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="F565" s="0" t="s">
-        <x:v>2051</x:v>
+        <x:v>2256</x:v>
       </x:c>
       <x:c r="G565" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J565" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="K565" s="0" t="s">
-        <x:v>2246</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A566" s="0" t="s">
-        <x:v>2247</x:v>
+        <x:v>2257</x:v>
       </x:c>
       <x:c r="B566" s="0" t="s">
-        <x:v>2248</x:v>
+        <x:v>2258</x:v>
       </x:c>
       <x:c r="D566" s="0" t="s">
-        <x:v>2082</x:v>
+        <x:v>2057</x:v>
       </x:c>
       <x:c r="E566" s="0" t="s">
-        <x:v>2029</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="F566" s="0" t="s">
-        <x:v>2249</x:v>
+        <x:v>2058</x:v>
       </x:c>
       <x:c r="G566" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J566" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="K566" s="0" t="s">
-        <x:v>2246</x:v>
+        <x:v>572</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A567" s="0" t="s">
-        <x:v>2250</x:v>
+        <x:v>2259</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
-        <x:v>2251</x:v>
+        <x:v>2260</x:v>
       </x:c>
       <x:c r="D567" s="0" t="s">
-        <x:v>2078</x:v>
+        <x:v>2261</x:v>
       </x:c>
       <x:c r="E567" s="0" t="s">
-        <x:v>2029</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="F567" s="0" t="s">
-        <x:v>2079</x:v>
+        <x:v>2262</x:v>
       </x:c>
       <x:c r="G567" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J567" s="0" t="s">
-        <x:v>442</x:v>
-[...2 lines deleted...]
-        <x:v>2252</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A568" s="0" t="s">
-        <x:v>2253</x:v>
+        <x:v>2263</x:v>
       </x:c>
       <x:c r="B568" s="0" t="s">
-        <x:v>2254</x:v>
+        <x:v>2264</x:v>
       </x:c>
       <x:c r="D568" s="0" t="s">
-        <x:v>2093</x:v>
+        <x:v>2057</x:v>
       </x:c>
       <x:c r="E568" s="0" t="s">
-        <x:v>2029</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="F568" s="0" t="s">
-        <x:v>2255</x:v>
+        <x:v>2265</x:v>
       </x:c>
       <x:c r="G568" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J568" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="K568" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A569" s="0" t="s">
-        <x:v>2256</x:v>
+        <x:v>2266</x:v>
       </x:c>
       <x:c r="B569" s="0" t="s">
-        <x:v>2257</x:v>
+        <x:v>2267</x:v>
       </x:c>
       <x:c r="D569" s="0" t="s">
-        <x:v>2107</x:v>
+        <x:v>2101</x:v>
       </x:c>
       <x:c r="E569" s="0" t="s">
-        <x:v>2029</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="F569" s="0" t="s">
-        <x:v>2258</x:v>
+        <x:v>2268</x:v>
       </x:c>
       <x:c r="G569" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J569" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K569" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>931</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A570" s="0" t="s">
-        <x:v>2259</x:v>
+        <x:v>2269</x:v>
       </x:c>
       <x:c r="B570" s="0" t="s">
-        <x:v>2260</x:v>
+        <x:v>2270</x:v>
       </x:c>
       <x:c r="D570" s="0" t="s">
-        <x:v>2082</x:v>
+        <x:v>2178</x:v>
       </x:c>
       <x:c r="E570" s="0" t="s">
-        <x:v>2029</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="F570" s="0" t="s">
-        <x:v>2261</x:v>
+        <x:v>2271</x:v>
       </x:c>
       <x:c r="G570" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J570" s="0" t="s">
-        <x:v>241</x:v>
-[...2 lines deleted...]
-        <x:v>88</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A571" s="0" t="s">
-        <x:v>2262</x:v>
+        <x:v>2272</x:v>
       </x:c>
       <x:c r="B571" s="0" t="s">
-        <x:v>2263</x:v>
+        <x:v>2273</x:v>
       </x:c>
       <x:c r="D571" s="0" t="s">
-        <x:v>2264</x:v>
+        <x:v>2070</x:v>
       </x:c>
       <x:c r="E571" s="0" t="s">
-        <x:v>2265</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="F571" s="0" t="s">
-        <x:v>2266</x:v>
+        <x:v>2071</x:v>
       </x:c>
       <x:c r="G571" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J571" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="K571" s="0" t="s">
+        <x:v>2274</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A572" s="0" t="s">
-        <x:v>2267</x:v>
+        <x:v>2275</x:v>
       </x:c>
       <x:c r="B572" s="0" t="s">
-        <x:v>2268</x:v>
+        <x:v>2276</x:v>
       </x:c>
       <x:c r="D572" s="0" t="s">
-        <x:v>2269</x:v>
+        <x:v>2101</x:v>
       </x:c>
       <x:c r="E572" s="0" t="s">
-        <x:v>2265</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="F572" s="0" t="s">
-        <x:v>2270</x:v>
+        <x:v>2277</x:v>
       </x:c>
       <x:c r="G572" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J572" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="K572" s="0" t="s">
+        <x:v>2274</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A573" s="0" t="s">
-        <x:v>2271</x:v>
+        <x:v>2278</x:v>
       </x:c>
       <x:c r="B573" s="0" t="s">
-        <x:v>2272</x:v>
+        <x:v>2279</x:v>
       </x:c>
       <x:c r="D573" s="0" t="s">
-        <x:v>2273</x:v>
+        <x:v>2097</x:v>
       </x:c>
       <x:c r="E573" s="0" t="s">
-        <x:v>2265</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="F573" s="0" t="s">
-        <x:v>2274</x:v>
+        <x:v>2098</x:v>
       </x:c>
       <x:c r="G573" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J573" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="K573" s="0" t="s">
+        <x:v>2280</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A574" s="0" t="s">
-        <x:v>2275</x:v>
+        <x:v>2281</x:v>
       </x:c>
       <x:c r="B574" s="0" t="s">
-        <x:v>2276</x:v>
+        <x:v>2282</x:v>
       </x:c>
       <x:c r="D574" s="0" t="s">
-        <x:v>2277</x:v>
+        <x:v>2112</x:v>
       </x:c>
       <x:c r="E574" s="0" t="s">
-        <x:v>2278</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="F574" s="0" t="s">
-        <x:v>2279</x:v>
+        <x:v>2283</x:v>
       </x:c>
       <x:c r="G574" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J574" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="K574" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A575" s="0" t="s">
-        <x:v>2280</x:v>
+        <x:v>2284</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
-        <x:v>2281</x:v>
+        <x:v>2285</x:v>
       </x:c>
       <x:c r="D575" s="0" t="s">
-        <x:v>2282</x:v>
+        <x:v>2128</x:v>
       </x:c>
       <x:c r="E575" s="0" t="s">
-        <x:v>2278</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="F575" s="0" t="s">
-        <x:v>2283</x:v>
+        <x:v>2286</x:v>
       </x:c>
       <x:c r="G575" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J575" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K575" s="0" t="s">
-        <x:v>2284</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A576" s="0" t="s">
-        <x:v>2285</x:v>
+        <x:v>2287</x:v>
       </x:c>
       <x:c r="B576" s="0" t="s">
-        <x:v>2286</x:v>
+        <x:v>2288</x:v>
       </x:c>
       <x:c r="D576" s="0" t="s">
-        <x:v>2287</x:v>
+        <x:v>2101</x:v>
       </x:c>
       <x:c r="E576" s="0" t="s">
-        <x:v>2288</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="F576" s="0" t="s">
         <x:v>2289</x:v>
       </x:c>
       <x:c r="G576" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J576" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="K576" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A577" s="0" t="s">
         <x:v>2290</x:v>
       </x:c>
       <x:c r="B577" s="0" t="s">
         <x:v>2291</x:v>
       </x:c>
       <x:c r="D577" s="0" t="s">
         <x:v>2292</x:v>
       </x:c>
       <x:c r="E577" s="0" t="s">
-        <x:v>2288</x:v>
+        <x:v>2293</x:v>
       </x:c>
       <x:c r="F577" s="0" t="s">
-        <x:v>2293</x:v>
+        <x:v>2294</x:v>
       </x:c>
       <x:c r="G577" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J577" s="0" t="s">
-        <x:v>366</x:v>
-[...2 lines deleted...]
-        <x:v>393</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A578" s="0" t="s">
-        <x:v>2294</x:v>
+        <x:v>2295</x:v>
       </x:c>
       <x:c r="B578" s="0" t="s">
-        <x:v>2295</x:v>
+        <x:v>2296</x:v>
       </x:c>
       <x:c r="D578" s="0" t="s">
-        <x:v>2296</x:v>
+        <x:v>2297</x:v>
       </x:c>
       <x:c r="E578" s="0" t="s">
-        <x:v>2288</x:v>
+        <x:v>2293</x:v>
       </x:c>
       <x:c r="F578" s="0" t="s">
-        <x:v>2297</x:v>
+        <x:v>2298</x:v>
       </x:c>
       <x:c r="G578" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J578" s="0" t="s">
-        <x:v>123</x:v>
-[...2 lines deleted...]
-        <x:v>127</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A579" s="0" t="s">
-        <x:v>2298</x:v>
+        <x:v>2299</x:v>
       </x:c>
       <x:c r="B579" s="0" t="s">
-        <x:v>2299</x:v>
-[...1 lines deleted...]
-      <x:c r="C579" s="0" t="s">
         <x:v>2300</x:v>
       </x:c>
       <x:c r="D579" s="0" t="s">
         <x:v>2301</x:v>
       </x:c>
       <x:c r="E579" s="0" t="s">
-        <x:v>2288</x:v>
+        <x:v>2293</x:v>
       </x:c>
       <x:c r="F579" s="0" t="s">
         <x:v>2302</x:v>
       </x:c>
       <x:c r="G579" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J579" s="0" t="s">
-        <x:v>327</x:v>
-[...2 lines deleted...]
-        <x:v>1613</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A580" s="0" t="s">
         <x:v>2303</x:v>
       </x:c>
       <x:c r="B580" s="0" t="s">
         <x:v>2304</x:v>
       </x:c>
       <x:c r="D580" s="0" t="s">
         <x:v>2305</x:v>
       </x:c>
       <x:c r="E580" s="0" t="s">
-        <x:v>2288</x:v>
+        <x:v>2306</x:v>
       </x:c>
       <x:c r="F580" s="0" t="s">
-        <x:v>2306</x:v>
+        <x:v>2307</x:v>
       </x:c>
       <x:c r="G580" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J580" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="K580" s="0" t="s">
-        <x:v>968</x:v>
+        <x:v>2308</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A581" s="0" t="s">
-        <x:v>2307</x:v>
+        <x:v>2309</x:v>
       </x:c>
       <x:c r="B581" s="0" t="s">
-        <x:v>2308</x:v>
+        <x:v>2310</x:v>
       </x:c>
       <x:c r="D581" s="0" t="s">
-        <x:v>2309</x:v>
+        <x:v>2311</x:v>
       </x:c>
       <x:c r="E581" s="0" t="s">
-        <x:v>2288</x:v>
+        <x:v>2306</x:v>
       </x:c>
       <x:c r="F581" s="0" t="s">
-        <x:v>2310</x:v>
+        <x:v>2312</x:v>
       </x:c>
       <x:c r="G581" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J581" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K581" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>2313</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A582" s="0" t="s">
-        <x:v>2311</x:v>
+        <x:v>2314</x:v>
       </x:c>
       <x:c r="B582" s="0" t="s">
-        <x:v>2312</x:v>
+        <x:v>2315</x:v>
       </x:c>
       <x:c r="D582" s="0" t="s">
-        <x:v>2313</x:v>
+        <x:v>2316</x:v>
       </x:c>
       <x:c r="E582" s="0" t="s">
-        <x:v>2288</x:v>
+        <x:v>2317</x:v>
       </x:c>
       <x:c r="F582" s="0" t="s">
-        <x:v>2314</x:v>
+        <x:v>2318</x:v>
       </x:c>
       <x:c r="G582" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J582" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="K582" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A583" s="0" t="s">
-        <x:v>2315</x:v>
+        <x:v>2319</x:v>
       </x:c>
       <x:c r="B583" s="0" t="s">
-        <x:v>2316</x:v>
+        <x:v>2320</x:v>
       </x:c>
       <x:c r="D583" s="0" t="s">
+        <x:v>2321</x:v>
+      </x:c>
+      <x:c r="E583" s="0" t="s">
         <x:v>2317</x:v>
       </x:c>
-      <x:c r="E583" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F583" s="0" t="s">
-        <x:v>2318</x:v>
+        <x:v>2322</x:v>
       </x:c>
       <x:c r="G583" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J583" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>369</x:v>
+      </x:c>
+      <x:c r="K583" s="0" t="s">
+        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A584" s="0" t="s">
-        <x:v>2319</x:v>
+        <x:v>2323</x:v>
       </x:c>
       <x:c r="B584" s="0" t="s">
-        <x:v>2320</x:v>
+        <x:v>2324</x:v>
       </x:c>
       <x:c r="D584" s="0" t="s">
-        <x:v>2321</x:v>
+        <x:v>2325</x:v>
       </x:c>
       <x:c r="E584" s="0" t="s">
-        <x:v>2288</x:v>
+        <x:v>2317</x:v>
       </x:c>
       <x:c r="F584" s="0" t="s">
-        <x:v>2322</x:v>
+        <x:v>2326</x:v>
       </x:c>
       <x:c r="G584" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J584" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="K584" s="0" t="s">
-        <x:v>945</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A585" s="0" t="s">
-        <x:v>2323</x:v>
+        <x:v>2327</x:v>
       </x:c>
       <x:c r="B585" s="0" t="s">
-        <x:v>2324</x:v>
+        <x:v>2328</x:v>
+      </x:c>
+      <x:c r="C585" s="0" t="s">
+        <x:v>2329</x:v>
       </x:c>
       <x:c r="D585" s="0" t="s">
-        <x:v>2325</x:v>
+        <x:v>2330</x:v>
       </x:c>
       <x:c r="E585" s="0" t="s">
-        <x:v>2288</x:v>
+        <x:v>2317</x:v>
       </x:c>
       <x:c r="F585" s="0" t="s">
-        <x:v>2326</x:v>
+        <x:v>2331</x:v>
       </x:c>
       <x:c r="G585" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J585" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="K585" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>1634</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A586" s="0" t="s">
-        <x:v>2327</x:v>
+        <x:v>2332</x:v>
       </x:c>
       <x:c r="B586" s="0" t="s">
-        <x:v>2328</x:v>
+        <x:v>2333</x:v>
       </x:c>
       <x:c r="D586" s="0" t="s">
-        <x:v>2329</x:v>
+        <x:v>2334</x:v>
       </x:c>
       <x:c r="E586" s="0" t="s">
-        <x:v>2288</x:v>
+        <x:v>2317</x:v>
       </x:c>
       <x:c r="F586" s="0" t="s">
-        <x:v>2330</x:v>
+        <x:v>2335</x:v>
       </x:c>
       <x:c r="G586" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J586" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="K586" s="0" t="s">
-        <x:v>927</x:v>
+        <x:v>972</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A587" s="0" t="s">
-        <x:v>2331</x:v>
+        <x:v>2336</x:v>
       </x:c>
       <x:c r="B587" s="0" t="s">
-        <x:v>2332</x:v>
+        <x:v>2337</x:v>
       </x:c>
       <x:c r="D587" s="0" t="s">
+        <x:v>2338</x:v>
+      </x:c>
+      <x:c r="E587" s="0" t="s">
         <x:v>2317</x:v>
       </x:c>
-      <x:c r="E587" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F587" s="0" t="s">
-        <x:v>2333</x:v>
+        <x:v>2339</x:v>
       </x:c>
       <x:c r="G587" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J587" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="K587" s="0" t="s">
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A588" s="0" t="s">
-        <x:v>2334</x:v>
+        <x:v>2340</x:v>
       </x:c>
       <x:c r="B588" s="0" t="s">
-        <x:v>2335</x:v>
+        <x:v>2341</x:v>
       </x:c>
       <x:c r="D588" s="0" t="s">
-        <x:v>2336</x:v>
+        <x:v>2342</x:v>
       </x:c>
       <x:c r="E588" s="0" t="s">
-        <x:v>2288</x:v>
+        <x:v>2317</x:v>
       </x:c>
       <x:c r="F588" s="0" t="s">
-        <x:v>2337</x:v>
+        <x:v>2343</x:v>
       </x:c>
       <x:c r="G588" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J588" s="0" t="s">
-        <x:v>366</x:v>
-[...2 lines deleted...]
-        <x:v>2338</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A589" s="0" t="s">
-        <x:v>2339</x:v>
+        <x:v>2344</x:v>
       </x:c>
       <x:c r="B589" s="0" t="s">
-        <x:v>2340</x:v>
+        <x:v>2345</x:v>
       </x:c>
       <x:c r="D589" s="0" t="s">
-        <x:v>2287</x:v>
+        <x:v>2346</x:v>
       </x:c>
       <x:c r="E589" s="0" t="s">
-        <x:v>2288</x:v>
+        <x:v>2317</x:v>
       </x:c>
       <x:c r="F589" s="0" t="s">
-        <x:v>2341</x:v>
+        <x:v>2347</x:v>
       </x:c>
       <x:c r="G589" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J589" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A590" s="0" t="s">
-        <x:v>2342</x:v>
+        <x:v>2348</x:v>
       </x:c>
       <x:c r="B590" s="0" t="s">
-        <x:v>2343</x:v>
+        <x:v>2349</x:v>
       </x:c>
       <x:c r="D590" s="0" t="s">
-        <x:v>2344</x:v>
+        <x:v>2350</x:v>
       </x:c>
       <x:c r="E590" s="0" t="s">
-        <x:v>2288</x:v>
+        <x:v>2317</x:v>
       </x:c>
       <x:c r="F590" s="0" t="s">
-        <x:v>2345</x:v>
+        <x:v>2351</x:v>
       </x:c>
       <x:c r="G590" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J590" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="K590" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>949</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A591" s="0" t="s">
-        <x:v>2346</x:v>
+        <x:v>2352</x:v>
       </x:c>
       <x:c r="B591" s="0" t="s">
-        <x:v>2347</x:v>
+        <x:v>2353</x:v>
       </x:c>
       <x:c r="D591" s="0" t="s">
-        <x:v>2348</x:v>
+        <x:v>2354</x:v>
       </x:c>
       <x:c r="E591" s="0" t="s">
-        <x:v>2288</x:v>
+        <x:v>2317</x:v>
       </x:c>
       <x:c r="F591" s="0" t="s">
-        <x:v>2349</x:v>
+        <x:v>2355</x:v>
       </x:c>
       <x:c r="G591" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J591" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K591" s="0" t="s">
-        <x:v>1949</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A592" s="0" t="s">
-        <x:v>2350</x:v>
+        <x:v>2356</x:v>
       </x:c>
       <x:c r="B592" s="0" t="s">
-        <x:v>2351</x:v>
+        <x:v>2357</x:v>
       </x:c>
       <x:c r="D592" s="0" t="s">
-        <x:v>2352</x:v>
+        <x:v>2358</x:v>
       </x:c>
       <x:c r="E592" s="0" t="s">
-        <x:v>2288</x:v>
+        <x:v>2317</x:v>
       </x:c>
       <x:c r="F592" s="0" t="s">
-        <x:v>2353</x:v>
+        <x:v>2359</x:v>
       </x:c>
       <x:c r="G592" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J592" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K592" s="0" t="s">
-        <x:v>927</x:v>
+        <x:v>1279</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A593" s="0" t="s">
-        <x:v>2354</x:v>
+        <x:v>2360</x:v>
       </x:c>
       <x:c r="B593" s="0" t="s">
-        <x:v>2355</x:v>
+        <x:v>2361</x:v>
       </x:c>
       <x:c r="D593" s="0" t="s">
-        <x:v>2348</x:v>
+        <x:v>2346</x:v>
       </x:c>
       <x:c r="E593" s="0" t="s">
-        <x:v>2288</x:v>
+        <x:v>2317</x:v>
       </x:c>
       <x:c r="F593" s="0" t="s">
-        <x:v>2356</x:v>
+        <x:v>2362</x:v>
       </x:c>
       <x:c r="G593" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J593" s="0" t="s">
-        <x:v>123</x:v>
-[...2 lines deleted...]
-        <x:v>671</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A594" s="0" t="s">
-        <x:v>2357</x:v>
+        <x:v>2363</x:v>
       </x:c>
       <x:c r="B594" s="0" t="s">
-        <x:v>2358</x:v>
+        <x:v>2364</x:v>
       </x:c>
       <x:c r="D594" s="0" t="s">
-        <x:v>2359</x:v>
+        <x:v>2365</x:v>
       </x:c>
       <x:c r="E594" s="0" t="s">
-        <x:v>2288</x:v>
+        <x:v>2317</x:v>
       </x:c>
       <x:c r="F594" s="0" t="s">
-        <x:v>2360</x:v>
+        <x:v>2366</x:v>
       </x:c>
       <x:c r="G594" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J594" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>369</x:v>
+      </x:c>
+      <x:c r="K594" s="0" t="s">
+        <x:v>2367</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A595" s="0" t="s">
-        <x:v>2361</x:v>
+        <x:v>2368</x:v>
       </x:c>
       <x:c r="B595" s="0" t="s">
-        <x:v>2362</x:v>
+        <x:v>2369</x:v>
       </x:c>
       <x:c r="D595" s="0" t="s">
-        <x:v>2363</x:v>
+        <x:v>2316</x:v>
       </x:c>
       <x:c r="E595" s="0" t="s">
-        <x:v>2288</x:v>
+        <x:v>2317</x:v>
       </x:c>
       <x:c r="F595" s="0" t="s">
-        <x:v>2364</x:v>
+        <x:v>2370</x:v>
       </x:c>
       <x:c r="G595" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J595" s="0" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A596" s="0" t="s">
-        <x:v>2365</x:v>
+        <x:v>2371</x:v>
       </x:c>
       <x:c r="B596" s="0" t="s">
-        <x:v>2366</x:v>
+        <x:v>2372</x:v>
       </x:c>
       <x:c r="D596" s="0" t="s">
-        <x:v>2367</x:v>
+        <x:v>2373</x:v>
       </x:c>
       <x:c r="E596" s="0" t="s">
-        <x:v>2288</x:v>
+        <x:v>2317</x:v>
       </x:c>
       <x:c r="F596" s="0" t="s">
-        <x:v>2368</x:v>
+        <x:v>2374</x:v>
       </x:c>
       <x:c r="G596" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J596" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K596" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A597" s="0" t="s">
-        <x:v>2369</x:v>
+        <x:v>2375</x:v>
       </x:c>
       <x:c r="B597" s="0" t="s">
-        <x:v>2370</x:v>
+        <x:v>2376</x:v>
       </x:c>
       <x:c r="D597" s="0" t="s">
-        <x:v>2371</x:v>
+        <x:v>2377</x:v>
       </x:c>
       <x:c r="E597" s="0" t="s">
-        <x:v>2288</x:v>
+        <x:v>2317</x:v>
       </x:c>
       <x:c r="F597" s="0" t="s">
-        <x:v>2372</x:v>
+        <x:v>2378</x:v>
       </x:c>
       <x:c r="G597" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J597" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K597" s="0" t="s">
-        <x:v>2373</x:v>
+        <x:v>1980</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A598" s="0" t="s">
-        <x:v>2374</x:v>
+        <x:v>2379</x:v>
       </x:c>
       <x:c r="B598" s="0" t="s">
-        <x:v>2375</x:v>
+        <x:v>2380</x:v>
       </x:c>
       <x:c r="D598" s="0" t="s">
-        <x:v>2367</x:v>
+        <x:v>2381</x:v>
       </x:c>
       <x:c r="E598" s="0" t="s">
-        <x:v>2288</x:v>
+        <x:v>2317</x:v>
       </x:c>
       <x:c r="F598" s="0" t="s">
-        <x:v>2376</x:v>
+        <x:v>2382</x:v>
       </x:c>
       <x:c r="G598" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J598" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K598" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>1279</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A599" s="0" t="s">
+        <x:v>2383</x:v>
+      </x:c>
+      <x:c r="B599" s="0" t="s">
+        <x:v>2384</x:v>
+      </x:c>
+      <x:c r="D599" s="0" t="s">
         <x:v>2377</x:v>
       </x:c>
-      <x:c r="B599" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E599" s="0" t="s">
-        <x:v>2288</x:v>
+        <x:v>2317</x:v>
       </x:c>
       <x:c r="F599" s="0" t="s">
-        <x:v>2380</x:v>
+        <x:v>2385</x:v>
       </x:c>
       <x:c r="G599" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J599" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="K599" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A600" s="0" t="s">
-        <x:v>2381</x:v>
+        <x:v>2386</x:v>
       </x:c>
       <x:c r="B600" s="0" t="s">
-        <x:v>2382</x:v>
+        <x:v>2387</x:v>
       </x:c>
       <x:c r="D600" s="0" t="s">
-        <x:v>2383</x:v>
+        <x:v>2388</x:v>
       </x:c>
       <x:c r="E600" s="0" t="s">
-        <x:v>2288</x:v>
+        <x:v>2317</x:v>
       </x:c>
       <x:c r="F600" s="0" t="s">
-        <x:v>2384</x:v>
+        <x:v>2389</x:v>
       </x:c>
       <x:c r="G600" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J600" s="0" t="s">
-        <x:v>241</x:v>
-[...2 lines deleted...]
-        <x:v>88</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A601" s="0" t="s">
-        <x:v>2385</x:v>
+        <x:v>2390</x:v>
       </x:c>
       <x:c r="B601" s="0" t="s">
-        <x:v>2386</x:v>
+        <x:v>2391</x:v>
       </x:c>
       <x:c r="D601" s="0" t="s">
-        <x:v>2352</x:v>
+        <x:v>2392</x:v>
       </x:c>
       <x:c r="E601" s="0" t="s">
-        <x:v>2288</x:v>
+        <x:v>2317</x:v>
       </x:c>
       <x:c r="F601" s="0" t="s">
-        <x:v>2387</x:v>
+        <x:v>2393</x:v>
       </x:c>
       <x:c r="G601" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J601" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K601" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A602" s="0" t="s">
-        <x:v>2388</x:v>
+        <x:v>2394</x:v>
       </x:c>
       <x:c r="B602" s="0" t="s">
-        <x:v>2389</x:v>
+        <x:v>2395</x:v>
       </x:c>
       <x:c r="D602" s="0" t="s">
-        <x:v>2227</x:v>
+        <x:v>2396</x:v>
       </x:c>
       <x:c r="E602" s="0" t="s">
-        <x:v>2288</x:v>
+        <x:v>2317</x:v>
       </x:c>
       <x:c r="F602" s="0" t="s">
-        <x:v>2390</x:v>
+        <x:v>2397</x:v>
       </x:c>
       <x:c r="G602" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J602" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="K602" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A603" s="0" t="s">
-        <x:v>2391</x:v>
+        <x:v>2398</x:v>
       </x:c>
       <x:c r="B603" s="0" t="s">
-        <x:v>2392</x:v>
+        <x:v>2399</x:v>
       </x:c>
       <x:c r="D603" s="0" t="s">
-        <x:v>2296</x:v>
+        <x:v>2400</x:v>
       </x:c>
       <x:c r="E603" s="0" t="s">
-        <x:v>2288</x:v>
+        <x:v>2317</x:v>
       </x:c>
       <x:c r="F603" s="0" t="s">
-        <x:v>2393</x:v>
+        <x:v>2401</x:v>
       </x:c>
       <x:c r="G603" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J603" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="K603" s="0" t="s">
-        <x:v>2394</x:v>
+        <x:v>2402</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A604" s="0" t="s">
-        <x:v>2395</x:v>
+        <x:v>2403</x:v>
       </x:c>
       <x:c r="B604" s="0" t="s">
+        <x:v>2404</x:v>
+      </x:c>
+      <x:c r="D604" s="0" t="s">
         <x:v>2396</x:v>
       </x:c>
-      <x:c r="D604" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E604" s="0" t="s">
-        <x:v>2288</x:v>
+        <x:v>2317</x:v>
       </x:c>
       <x:c r="F604" s="0" t="s">
-        <x:v>2397</x:v>
+        <x:v>2405</x:v>
       </x:c>
       <x:c r="G604" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J604" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="K604" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A605" s="0" t="s">
-        <x:v>2398</x:v>
+        <x:v>2406</x:v>
       </x:c>
       <x:c r="B605" s="0" t="s">
-        <x:v>2399</x:v>
+        <x:v>2407</x:v>
       </x:c>
       <x:c r="D605" s="0" t="s">
-        <x:v>2400</x:v>
+        <x:v>2408</x:v>
       </x:c>
       <x:c r="E605" s="0" t="s">
-        <x:v>473</x:v>
+        <x:v>2317</x:v>
       </x:c>
       <x:c r="F605" s="0" t="s">
-        <x:v>2401</x:v>
+        <x:v>2409</x:v>
       </x:c>
       <x:c r="G605" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J605" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="K605" s="0" t="s">
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A606" s="0" t="s">
-        <x:v>2402</x:v>
+        <x:v>2410</x:v>
       </x:c>
       <x:c r="B606" s="0" t="s">
-        <x:v>2403</x:v>
+        <x:v>2411</x:v>
       </x:c>
       <x:c r="D606" s="0" t="s">
-        <x:v>2404</x:v>
+        <x:v>2412</x:v>
       </x:c>
       <x:c r="E606" s="0" t="s">
-        <x:v>473</x:v>
+        <x:v>2317</x:v>
       </x:c>
       <x:c r="F606" s="0" t="s">
-        <x:v>2405</x:v>
+        <x:v>2413</x:v>
       </x:c>
       <x:c r="G606" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J606" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="K606" s="0" t="s">
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A607" s="0" t="s">
-        <x:v>2406</x:v>
+        <x:v>2414</x:v>
       </x:c>
       <x:c r="B607" s="0" t="s">
-        <x:v>2407</x:v>
+        <x:v>2415</x:v>
       </x:c>
       <x:c r="D607" s="0" t="s">
-        <x:v>2408</x:v>
+        <x:v>2381</x:v>
       </x:c>
       <x:c r="E607" s="0" t="s">
-        <x:v>473</x:v>
+        <x:v>2317</x:v>
       </x:c>
       <x:c r="F607" s="0" t="s">
-        <x:v>2409</x:v>
+        <x:v>2416</x:v>
       </x:c>
       <x:c r="G607" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J607" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K607" s="0" t="s">
-        <x:v>2410</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A608" s="0" t="s">
-        <x:v>2411</x:v>
+        <x:v>2417</x:v>
       </x:c>
       <x:c r="B608" s="0" t="s">
-        <x:v>2412</x:v>
+        <x:v>2418</x:v>
       </x:c>
       <x:c r="D608" s="0" t="s">
-        <x:v>2400</x:v>
+        <x:v>2255</x:v>
       </x:c>
       <x:c r="E608" s="0" t="s">
-        <x:v>473</x:v>
+        <x:v>2317</x:v>
       </x:c>
       <x:c r="F608" s="0" t="s">
-        <x:v>2413</x:v>
+        <x:v>2419</x:v>
       </x:c>
       <x:c r="G608" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J608" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="K608" s="0" t="s">
-        <x:v>2338</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A609" s="0" t="s">
-        <x:v>2414</x:v>
+        <x:v>2420</x:v>
       </x:c>
       <x:c r="B609" s="0" t="s">
-        <x:v>2415</x:v>
+        <x:v>2421</x:v>
       </x:c>
       <x:c r="D609" s="0" t="s">
-        <x:v>2400</x:v>
+        <x:v>2325</x:v>
       </x:c>
       <x:c r="E609" s="0" t="s">
-        <x:v>473</x:v>
+        <x:v>2317</x:v>
       </x:c>
       <x:c r="F609" s="0" t="s">
-        <x:v>2416</x:v>
+        <x:v>2422</x:v>
       </x:c>
       <x:c r="G609" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J609" s="0" t="s">
-        <x:v>2417</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K609" s="0" t="s">
-        <x:v>2418</x:v>
+        <x:v>2423</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A610" s="0" t="s">
-        <x:v>2419</x:v>
+        <x:v>2424</x:v>
       </x:c>
       <x:c r="B610" s="0" t="s">
-        <x:v>2420</x:v>
+        <x:v>2425</x:v>
       </x:c>
       <x:c r="D610" s="0" t="s">
-        <x:v>2421</x:v>
+        <x:v>1130</x:v>
       </x:c>
       <x:c r="E610" s="0" t="s">
-        <x:v>2422</x:v>
+        <x:v>2317</x:v>
       </x:c>
       <x:c r="F610" s="0" t="s">
-        <x:v>2423</x:v>
+        <x:v>2426</x:v>
       </x:c>
       <x:c r="G610" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J610" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="K610" s="0" t="s">
-        <x:v>1801</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A611" s="0" t="s">
-        <x:v>2424</x:v>
+        <x:v>2427</x:v>
       </x:c>
       <x:c r="B611" s="0" t="s">
-        <x:v>2425</x:v>
+        <x:v>2428</x:v>
       </x:c>
       <x:c r="D611" s="0" t="s">
-        <x:v>432</x:v>
+        <x:v>2429</x:v>
       </x:c>
       <x:c r="E611" s="0" t="s">
-        <x:v>2426</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="F611" s="0" t="s">
-        <x:v>2427</x:v>
+        <x:v>2430</x:v>
       </x:c>
       <x:c r="G611" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J611" s="0" t="s">
-        <x:v>228</x:v>
-[...2 lines deleted...]
-        <x:v>872</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A612" s="0" t="s">
-        <x:v>2428</x:v>
+        <x:v>2431</x:v>
       </x:c>
       <x:c r="B612" s="0" t="s">
-        <x:v>2429</x:v>
+        <x:v>2432</x:v>
       </x:c>
       <x:c r="D612" s="0" t="s">
-        <x:v>2430</x:v>
+        <x:v>2433</x:v>
       </x:c>
       <x:c r="E612" s="0" t="s">
-        <x:v>2426</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="F612" s="0" t="s">
-        <x:v>2431</x:v>
+        <x:v>2434</x:v>
       </x:c>
       <x:c r="G612" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J612" s="0" t="s">
-        <x:v>442</x:v>
-[...2 lines deleted...]
-        <x:v>1382</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A613" s="0" t="s">
-        <x:v>2432</x:v>
+        <x:v>2435</x:v>
       </x:c>
       <x:c r="B613" s="0" t="s">
-        <x:v>2433</x:v>
-[...2 lines deleted...]
-        <x:v>2434</x:v>
+        <x:v>2436</x:v>
       </x:c>
       <x:c r="D613" s="0" t="s">
-        <x:v>2430</x:v>
+        <x:v>2437</x:v>
       </x:c>
       <x:c r="E613" s="0" t="s">
-        <x:v>2426</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="F613" s="0" t="s">
-        <x:v>2435</x:v>
+        <x:v>2438</x:v>
       </x:c>
       <x:c r="G613" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J613" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="K613" s="0" t="s">
-        <x:v>2436</x:v>
+        <x:v>2211</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A614" s="0" t="s">
-        <x:v>2437</x:v>
+        <x:v>2439</x:v>
       </x:c>
       <x:c r="B614" s="0" t="s">
-        <x:v>2438</x:v>
+        <x:v>2440</x:v>
       </x:c>
       <x:c r="D614" s="0" t="s">
-        <x:v>2430</x:v>
+        <x:v>2429</x:v>
       </x:c>
       <x:c r="E614" s="0" t="s">
-        <x:v>2426</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="F614" s="0" t="s">
-        <x:v>2435</x:v>
+        <x:v>2441</x:v>
       </x:c>
       <x:c r="G614" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J614" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="K614" s="0" t="s">
-        <x:v>927</x:v>
+        <x:v>2367</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A615" s="0" t="s">
-        <x:v>2439</x:v>
+        <x:v>2442</x:v>
       </x:c>
       <x:c r="B615" s="0" t="s">
-        <x:v>2440</x:v>
+        <x:v>2443</x:v>
       </x:c>
       <x:c r="D615" s="0" t="s">
-        <x:v>2441</x:v>
+        <x:v>2429</x:v>
       </x:c>
       <x:c r="E615" s="0" t="s">
-        <x:v>2426</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="F615" s="0" t="s">
-        <x:v>2442</x:v>
+        <x:v>2444</x:v>
       </x:c>
       <x:c r="G615" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J615" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>2445</x:v>
+      </x:c>
+      <x:c r="K615" s="0" t="s">
+        <x:v>2446</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A616" s="0" t="s">
-        <x:v>2443</x:v>
+        <x:v>2447</x:v>
       </x:c>
       <x:c r="B616" s="0" t="s">
-        <x:v>2444</x:v>
+        <x:v>2448</x:v>
       </x:c>
       <x:c r="D616" s="0" t="s">
-        <x:v>2445</x:v>
+        <x:v>2449</x:v>
       </x:c>
       <x:c r="E616" s="0" t="s">
-        <x:v>2426</x:v>
+        <x:v>2450</x:v>
       </x:c>
       <x:c r="F616" s="0" t="s">
-        <x:v>2446</x:v>
+        <x:v>2451</x:v>
       </x:c>
       <x:c r="G616" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J616" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="K616" s="0" t="s">
+        <x:v>595</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A617" s="0" t="s">
-        <x:v>2447</x:v>
+        <x:v>2452</x:v>
       </x:c>
       <x:c r="B617" s="0" t="s">
-        <x:v>2448</x:v>
-[...2 lines deleted...]
-        <x:v>2449</x:v>
+        <x:v>2453</x:v>
       </x:c>
       <x:c r="D617" s="0" t="s">
-        <x:v>2450</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="E617" s="0" t="s">
-        <x:v>2426</x:v>
+        <x:v>2454</x:v>
       </x:c>
       <x:c r="F617" s="0" t="s">
-        <x:v>2451</x:v>
+        <x:v>2455</x:v>
       </x:c>
       <x:c r="G617" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J617" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="K617" s="0" t="s">
+        <x:v>884</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A618" s="0" t="s">
-        <x:v>2452</x:v>
+        <x:v>2456</x:v>
       </x:c>
       <x:c r="B618" s="0" t="s">
-        <x:v>2453</x:v>
+        <x:v>2457</x:v>
       </x:c>
       <x:c r="D618" s="0" t="s">
+        <x:v>2458</x:v>
+      </x:c>
+      <x:c r="E618" s="0" t="s">
         <x:v>2454</x:v>
       </x:c>
-      <x:c r="E618" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F618" s="0" t="s">
-        <x:v>2455</x:v>
+        <x:v>2459</x:v>
       </x:c>
       <x:c r="G618" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J618" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="K618" s="0" t="s">
-        <x:v>671</x:v>
+        <x:v>1390</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A619" s="0" t="s">
-        <x:v>2456</x:v>
+        <x:v>2460</x:v>
       </x:c>
       <x:c r="B619" s="0" t="s">
-        <x:v>2457</x:v>
+        <x:v>2461</x:v>
+      </x:c>
+      <x:c r="C619" s="0" t="s">
+        <x:v>2462</x:v>
       </x:c>
       <x:c r="D619" s="0" t="s">
         <x:v>2458</x:v>
       </x:c>
       <x:c r="E619" s="0" t="s">
-        <x:v>2459</x:v>
+        <x:v>2454</x:v>
       </x:c>
       <x:c r="F619" s="0" t="s">
-        <x:v>2460</x:v>
+        <x:v>2463</x:v>
       </x:c>
       <x:c r="G619" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="I619" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J619" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K619" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>2464</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A620" s="0" t="s">
-        <x:v>2462</x:v>
+        <x:v>2465</x:v>
       </x:c>
       <x:c r="B620" s="0" t="s">
+        <x:v>2466</x:v>
+      </x:c>
+      <x:c r="D620" s="0" t="s">
+        <x:v>2458</x:v>
+      </x:c>
+      <x:c r="E620" s="0" t="s">
+        <x:v>2454</x:v>
+      </x:c>
+      <x:c r="F620" s="0" t="s">
         <x:v>2463</x:v>
       </x:c>
-      <x:c r="D620" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G620" s="0" t="s">
-        <x:v>2466</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J620" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K620" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>931</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A621" s="0" t="s">
         <x:v>2467</x:v>
       </x:c>
       <x:c r="B621" s="0" t="s">
         <x:v>2468</x:v>
       </x:c>
       <x:c r="D621" s="0" t="s">
         <x:v>2469</x:v>
       </x:c>
+      <x:c r="E621" s="0" t="s">
+        <x:v>2454</x:v>
+      </x:c>
       <x:c r="F621" s="0" t="s">
         <x:v>2470</x:v>
       </x:c>
       <x:c r="G621" s="0" t="s">
-        <x:v>2471</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J621" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A622" s="0" t="s">
+        <x:v>2471</x:v>
+      </x:c>
+      <x:c r="B622" s="0" t="s">
         <x:v>2472</x:v>
       </x:c>
-      <x:c r="B622" s="0" t="s">
+      <x:c r="D622" s="0" t="s">
         <x:v>2473</x:v>
       </x:c>
-      <x:c r="D622" s="0" t="s">
+      <x:c r="E622" s="0" t="s">
+        <x:v>2454</x:v>
+      </x:c>
+      <x:c r="F622" s="0" t="s">
         <x:v>2474</x:v>
       </x:c>
-      <x:c r="F622" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G622" s="0" t="s">
-        <x:v>2466</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J622" s="0" t="s">
-        <x:v>256</x:v>
-[...2 lines deleted...]
-        <x:v>257</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A623" s="0" t="s">
+        <x:v>2475</x:v>
+      </x:c>
+      <x:c r="B623" s="0" t="s">
         <x:v>2476</x:v>
       </x:c>
-      <x:c r="B623" s="0" t="s">
+      <x:c r="C623" s="0" t="s">
         <x:v>2477</x:v>
       </x:c>
       <x:c r="D623" s="0" t="s">
         <x:v>2478</x:v>
       </x:c>
+      <x:c r="E623" s="0" t="s">
+        <x:v>2454</x:v>
+      </x:c>
       <x:c r="F623" s="0" t="s">
         <x:v>2479</x:v>
       </x:c>
       <x:c r="G623" s="0" t="s">
-        <x:v>2466</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J623" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A624" s="0" t="s">
         <x:v>2480</x:v>
       </x:c>
       <x:c r="B624" s="0" t="s">
         <x:v>2481</x:v>
       </x:c>
       <x:c r="D624" s="0" t="s">
         <x:v>2482</x:v>
       </x:c>
+      <x:c r="E624" s="0" t="s">
+        <x:v>2454</x:v>
+      </x:c>
+      <x:c r="F624" s="0" t="s">
+        <x:v>2483</x:v>
+      </x:c>
       <x:c r="G624" s="0" t="s">
-        <x:v>2483</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J624" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="K624" s="0" t="s">
-        <x:v>393</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A625" s="0" t="s">
         <x:v>2484</x:v>
       </x:c>
       <x:c r="B625" s="0" t="s">
         <x:v>2485</x:v>
       </x:c>
       <x:c r="D625" s="0" t="s">
         <x:v>2486</x:v>
       </x:c>
+      <x:c r="E625" s="0" t="s">
+        <x:v>1196</x:v>
+      </x:c>
       <x:c r="F625" s="0" t="s">
         <x:v>2487</x:v>
       </x:c>
       <x:c r="G625" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I625" s="0" t="s">
         <x:v>2488</x:v>
       </x:c>
       <x:c r="J625" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K625" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A626" s="0" t="s">
         <x:v>2489</x:v>
       </x:c>
       <x:c r="B626" s="0" t="s">
         <x:v>2490</x:v>
       </x:c>
       <x:c r="D626" s="0" t="s">
         <x:v>2491</x:v>
       </x:c>
       <x:c r="F626" s="0" t="s">
         <x:v>2492</x:v>
       </x:c>
       <x:c r="G626" s="0" t="s">
         <x:v>2493</x:v>
       </x:c>
       <x:c r="J626" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="K626" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A627" s="0" t="s">
         <x:v>2494</x:v>
       </x:c>
       <x:c r="B627" s="0" t="s">
         <x:v>2495</x:v>
       </x:c>
       <x:c r="D627" s="0" t="s">
         <x:v>2496</x:v>
       </x:c>
       <x:c r="F627" s="0" t="s">
         <x:v>2497</x:v>
       </x:c>
       <x:c r="G627" s="0" t="s">
-        <x:v>2498</x:v>
+        <x:v>2493</x:v>
       </x:c>
       <x:c r="J627" s="0" t="s">
-        <x:v>37</x:v>
-[...2 lines deleted...]
-        <x:v>93</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A628" s="0" t="s">
+        <x:v>2498</x:v>
+      </x:c>
+      <x:c r="B628" s="0" t="s">
         <x:v>2499</x:v>
       </x:c>
-      <x:c r="B628" s="0" t="s">
+      <x:c r="D628" s="0" t="s">
         <x:v>2500</x:v>
       </x:c>
-      <x:c r="D628" s="0" t="s">
+      <x:c r="G628" s="0" t="s">
         <x:v>2501</x:v>
       </x:c>
-      <x:c r="F628" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="J628" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>369</x:v>
+      </x:c>
+      <x:c r="K628" s="0" t="s">
+        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A629" s="0" t="s">
+        <x:v>2502</x:v>
+      </x:c>
+      <x:c r="B629" s="0" t="s">
+        <x:v>2503</x:v>
+      </x:c>
+      <x:c r="D629" s="0" t="s">
         <x:v>2504</x:v>
       </x:c>
-      <x:c r="B629" s="0" t="s">
+      <x:c r="F629" s="0" t="s">
         <x:v>2505</x:v>
       </x:c>
-      <x:c r="D629" s="0" t="s">
+      <x:c r="G629" s="0" t="s">
         <x:v>2506</x:v>
       </x:c>
-      <x:c r="F629" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="J629" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="K629" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A630" s="0" t="s">
+        <x:v>2507</x:v>
+      </x:c>
+      <x:c r="B630" s="0" t="s">
+        <x:v>2508</x:v>
+      </x:c>
+      <x:c r="D630" s="0" t="s">
         <x:v>2509</x:v>
       </x:c>
-      <x:c r="B630" s="0" t="s">
+      <x:c r="F630" s="0" t="s">
         <x:v>2510</x:v>
       </x:c>
-      <x:c r="C630" s="0" t="s">
+      <x:c r="G630" s="0" t="s">
         <x:v>2511</x:v>
       </x:c>
-      <x:c r="D630" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="J630" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A631" s="0" t="s">
         <x:v>2512</x:v>
       </x:c>
       <x:c r="B631" s="0" t="s">
         <x:v>2513</x:v>
       </x:c>
       <x:c r="D631" s="0" t="s">
         <x:v>2514</x:v>
       </x:c>
       <x:c r="F631" s="0" t="s">
         <x:v>2515</x:v>
       </x:c>
       <x:c r="G631" s="0" t="s">
-        <x:v>2466</x:v>
+        <x:v>2516</x:v>
       </x:c>
       <x:c r="J631" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A632" s="0" t="s">
-        <x:v>2516</x:v>
+        <x:v>2517</x:v>
       </x:c>
       <x:c r="B632" s="0" t="s">
-        <x:v>2517</x:v>
-[...1 lines deleted...]
-      <x:c r="C632" s="0" t="s">
         <x:v>2518</x:v>
       </x:c>
       <x:c r="D632" s="0" t="s">
         <x:v>2519</x:v>
       </x:c>
       <x:c r="F632" s="0" t="s">
         <x:v>2520</x:v>
       </x:c>
       <x:c r="G632" s="0" t="s">
-        <x:v>2466</x:v>
+        <x:v>2521</x:v>
       </x:c>
       <x:c r="J632" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K632" s="0" t="s">
-        <x:v>1697</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A633" s="0" t="s">
-        <x:v>2521</x:v>
+        <x:v>2522</x:v>
       </x:c>
       <x:c r="B633" s="0" t="s">
-        <x:v>2522</x:v>
-[...1 lines deleted...]
-      <x:c r="C633" s="0" t="s">
         <x:v>2523</x:v>
       </x:c>
       <x:c r="D633" s="0" t="s">
-        <x:v>2474</x:v>
+        <x:v>2524</x:v>
       </x:c>
       <x:c r="F633" s="0" t="s">
-        <x:v>2524</x:v>
+        <x:v>2525</x:v>
       </x:c>
       <x:c r="G633" s="0" t="s">
-        <x:v>2466</x:v>
+        <x:v>2526</x:v>
       </x:c>
       <x:c r="J633" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A634" s="0" t="s">
-        <x:v>2525</x:v>
+        <x:v>2527</x:v>
       </x:c>
       <x:c r="B634" s="0" t="s">
-        <x:v>2526</x:v>
-[...2 lines deleted...]
-        <x:v>2527</x:v>
+        <x:v>2528</x:v>
       </x:c>
       <x:c r="D634" s="0" t="s">
-        <x:v>2528</x:v>
+        <x:v>2529</x:v>
       </x:c>
       <x:c r="F634" s="0" t="s">
-        <x:v>2529</x:v>
+        <x:v>2530</x:v>
       </x:c>
       <x:c r="G634" s="0" t="s">
-        <x:v>2498</x:v>
+        <x:v>2531</x:v>
       </x:c>
       <x:c r="J634" s="0" t="s">
-        <x:v>59</x:v>
-[...2 lines deleted...]
-        <x:v>1573</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A635" s="0" t="s">
+        <x:v>2532</x:v>
+      </x:c>
+      <x:c r="B635" s="0" t="s">
+        <x:v>2533</x:v>
+      </x:c>
+      <x:c r="C635" s="0" t="s">
+        <x:v>2534</x:v>
+      </x:c>
+      <x:c r="D635" s="0" t="s">
+        <x:v>2529</x:v>
+      </x:c>
+      <x:c r="F635" s="0" t="s">
         <x:v>2530</x:v>
       </x:c>
-      <x:c r="B635" s="0" t="s">
+      <x:c r="G635" s="0" t="s">
         <x:v>2531</x:v>
       </x:c>
-      <x:c r="D635" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="J635" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A636" s="0" t="s">
-        <x:v>2534</x:v>
+        <x:v>2535</x:v>
       </x:c>
       <x:c r="B636" s="0" t="s">
-        <x:v>2535</x:v>
+        <x:v>2536</x:v>
       </x:c>
       <x:c r="D636" s="0" t="s">
-        <x:v>2536</x:v>
+        <x:v>2537</x:v>
       </x:c>
       <x:c r="F636" s="0" t="s">
-        <x:v>2537</x:v>
+        <x:v>2538</x:v>
       </x:c>
       <x:c r="G636" s="0" t="s">
-        <x:v>2466</x:v>
+        <x:v>2493</x:v>
       </x:c>
       <x:c r="J636" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A637" s="0" t="s">
-        <x:v>2538</x:v>
+        <x:v>2539</x:v>
       </x:c>
       <x:c r="B637" s="0" t="s">
-        <x:v>2539</x:v>
+        <x:v>2540</x:v>
       </x:c>
       <x:c r="D637" s="0" t="s">
-        <x:v>2540</x:v>
+        <x:v>2541</x:v>
       </x:c>
       <x:c r="F637" s="0" t="s">
-        <x:v>2541</x:v>
+        <x:v>2542</x:v>
       </x:c>
       <x:c r="G637" s="0" t="s">
-        <x:v>2466</x:v>
+        <x:v>2493</x:v>
       </x:c>
       <x:c r="J637" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="K637" s="0" t="s">
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A638" s="0" t="s">
-        <x:v>2542</x:v>
+        <x:v>2543</x:v>
       </x:c>
       <x:c r="B638" s="0" t="s">
-        <x:v>2543</x:v>
+        <x:v>2544</x:v>
       </x:c>
       <x:c r="C638" s="0" t="s">
-        <x:v>2544</x:v>
+        <x:v>2545</x:v>
       </x:c>
       <x:c r="D638" s="0" t="s">
-        <x:v>2545</x:v>
+        <x:v>2546</x:v>
       </x:c>
       <x:c r="F638" s="0" t="s">
-        <x:v>2546</x:v>
+        <x:v>2547</x:v>
       </x:c>
       <x:c r="G638" s="0" t="s">
-        <x:v>2547</x:v>
+        <x:v>2493</x:v>
       </x:c>
       <x:c r="J638" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="K638" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>1718</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A639" s="0" t="s">
         <x:v>2548</x:v>
       </x:c>
       <x:c r="B639" s="0" t="s">
         <x:v>2549</x:v>
       </x:c>
       <x:c r="C639" s="0" t="s">
         <x:v>2550</x:v>
       </x:c>
       <x:c r="D639" s="0" t="s">
+        <x:v>2541</x:v>
+      </x:c>
+      <x:c r="F639" s="0" t="s">
         <x:v>2551</x:v>
       </x:c>
-      <x:c r="F639" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G639" s="0" t="s">
-        <x:v>2553</x:v>
+        <x:v>2493</x:v>
       </x:c>
       <x:c r="J639" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A640" s="0" t="s">
+        <x:v>2552</x:v>
+      </x:c>
+      <x:c r="B640" s="0" t="s">
+        <x:v>2553</x:v>
+      </x:c>
+      <x:c r="C640" s="0" t="s">
         <x:v>2554</x:v>
       </x:c>
-      <x:c r="B640" s="0" t="s">
+      <x:c r="D640" s="0" t="s">
         <x:v>2555</x:v>
       </x:c>
-      <x:c r="D640" s="0" t="s">
+      <x:c r="F640" s="0" t="s">
         <x:v>2556</x:v>
       </x:c>
-      <x:c r="E640" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G640" s="0" t="s">
-        <x:v>2559</x:v>
+        <x:v>2521</x:v>
       </x:c>
       <x:c r="J640" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K640" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>1592</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A641" s="0" t="s">
+        <x:v>2557</x:v>
+      </x:c>
+      <x:c r="B641" s="0" t="s">
+        <x:v>2558</x:v>
+      </x:c>
+      <x:c r="D641" s="0" t="s">
+        <x:v>2559</x:v>
+      </x:c>
+      <x:c r="F641" s="0" t="s">
         <x:v>2560</x:v>
       </x:c>
-      <x:c r="B641" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G641" s="0" t="s">
-        <x:v>2466</x:v>
+        <x:v>2493</x:v>
       </x:c>
       <x:c r="J641" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A642" s="0" t="s">
+        <x:v>2561</x:v>
+      </x:c>
+      <x:c r="B642" s="0" t="s">
+        <x:v>2562</x:v>
+      </x:c>
+      <x:c r="D642" s="0" t="s">
         <x:v>2563</x:v>
       </x:c>
-      <x:c r="B642" s="0" t="s">
+      <x:c r="F642" s="0" t="s">
         <x:v>2564</x:v>
       </x:c>
-      <x:c r="D642" s="0" t="s">
+      <x:c r="G642" s="0" t="s">
+        <x:v>2493</x:v>
+      </x:c>
+      <x:c r="J642" s="0" t="s">
+        <x:v>98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="643" spans="1:11" ht="14.25" customHeight="1">
+      <x:c r="A643" s="0" t="s">
         <x:v>2565</x:v>
       </x:c>
-      <x:c r="E642" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F642" s="0" t="s">
+      <x:c r="B643" s="0" t="s">
         <x:v>2566</x:v>
       </x:c>
-      <x:c r="G642" s="0" t="s">
+      <x:c r="D643" s="0" t="s">
         <x:v>2567</x:v>
       </x:c>
-      <x:c r="J642" s="0" t="s">
+      <x:c r="F643" s="0" t="s">
+        <x:v>2568</x:v>
+      </x:c>
+      <x:c r="G643" s="0" t="s">
+        <x:v>2493</x:v>
+      </x:c>
+      <x:c r="J643" s="0" t="s">
+        <x:v>98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="644" spans="1:11" ht="14.25" customHeight="1">
+      <x:c r="A644" s="0" t="s">
+        <x:v>2569</x:v>
+      </x:c>
+      <x:c r="B644" s="0" t="s">
+        <x:v>2570</x:v>
+      </x:c>
+      <x:c r="C644" s="0" t="s">
+        <x:v>2571</x:v>
+      </x:c>
+      <x:c r="D644" s="0" t="s">
+        <x:v>2572</x:v>
+      </x:c>
+      <x:c r="F644" s="0" t="s">
+        <x:v>2573</x:v>
+      </x:c>
+      <x:c r="G644" s="0" t="s">
+        <x:v>2574</x:v>
+      </x:c>
+      <x:c r="J644" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="K644" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="645" spans="1:11" ht="14.25" customHeight="1">
+      <x:c r="A645" s="0" t="s">
+        <x:v>2575</x:v>
+      </x:c>
+      <x:c r="B645" s="0" t="s">
+        <x:v>2576</x:v>
+      </x:c>
+      <x:c r="C645" s="0" t="s">
+        <x:v>2577</x:v>
+      </x:c>
+      <x:c r="D645" s="0" t="s">
+        <x:v>2578</x:v>
+      </x:c>
+      <x:c r="F645" s="0" t="s">
+        <x:v>2579</x:v>
+      </x:c>
+      <x:c r="G645" s="0" t="s">
+        <x:v>2580</x:v>
+      </x:c>
+      <x:c r="J645" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="646" spans="1:11" ht="14.25" customHeight="1">
+      <x:c r="A646" s="0" t="s">
+        <x:v>2581</x:v>
+      </x:c>
+      <x:c r="B646" s="0" t="s">
+        <x:v>2582</x:v>
+      </x:c>
+      <x:c r="D646" s="0" t="s">
+        <x:v>2583</x:v>
+      </x:c>
+      <x:c r="E646" s="0" t="s">
+        <x:v>2584</x:v>
+      </x:c>
+      <x:c r="F646" s="0" t="s">
+        <x:v>2585</x:v>
+      </x:c>
+      <x:c r="G646" s="0" t="s">
+        <x:v>2586</x:v>
+      </x:c>
+      <x:c r="J646" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="K646" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="647" spans="1:11" ht="14.25" customHeight="1">
+      <x:c r="A647" s="0" t="s">
+        <x:v>2587</x:v>
+      </x:c>
+      <x:c r="B647" s="0" t="s">
+        <x:v>2588</x:v>
+      </x:c>
+      <x:c r="D647" s="0" t="s">
+        <x:v>2563</x:v>
+      </x:c>
+      <x:c r="E647" s="0" t="s">
+        <x:v>2589</x:v>
+      </x:c>
+      <x:c r="F647" s="0" t="s">
+        <x:v>2564</x:v>
+      </x:c>
+      <x:c r="G647" s="0" t="s">
+        <x:v>2493</x:v>
+      </x:c>
+      <x:c r="J647" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="648" spans="1:11" ht="14.25" customHeight="1">
+      <x:c r="A648" s="0" t="s">
+        <x:v>2590</x:v>
+      </x:c>
+      <x:c r="B648" s="0" t="s">
+        <x:v>2591</x:v>
+      </x:c>
+      <x:c r="D648" s="0" t="s">
+        <x:v>2592</x:v>
+      </x:c>
+      <x:c r="E648" s="0" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="F648" s="0" t="s">
+        <x:v>2593</x:v>
+      </x:c>
+      <x:c r="G648" s="0" t="s">
+        <x:v>2594</x:v>
+      </x:c>
+      <x:c r="J648" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="K642" s="0" t="s">
+      <x:c r="K648" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>Magnet Organizations</vt:lpstr>
       <vt:lpstr>Magnet Organizations!Print_Area</vt:lpstr>
       <vt:lpstr>Magnet Organizations!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>