--- v1 (2026-01-17)
+++ v2 (2026-03-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc78f9a72a5ba49d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/42a9530a505a4027b923f8f306c3ab7a.psmdcp" Id="R827d6c0174c846b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a13635dd9ee4ac6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e3c38a89aa6f45c69839d9ba18f8c5bd.psmdcp" Id="Rc572d0579ccd49d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Magnet Organizations" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Facility Name 1</x:t>
   </x:si>
   <x:si>
     <x:t>Address 1</x:t>
   </x:si>
   <x:si>
@@ -46,117 +46,117 @@
   <x:si>
     <x:t>State</x:t>
   </x:si>
   <x:si>
     <x:t>Zip</x:t>
   </x:si>
   <x:si>
     <x:t>Country</x:t>
   </x:si>
   <x:si>
     <x:t>Web Address</x:t>
   </x:si>
   <x:si>
     <x:t>Comments</x:t>
   </x:si>
   <x:si>
     <x:t>Designation Year</x:t>
   </x:si>
   <x:si>
     <x:t>Redesignation Years</x:t>
   </x:si>
   <x:si>
     <x:t>UAB Hospital</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">619 19th Street South </x:t>
+    <x:t>619 19th St S</x:t>
   </x:si>
   <x:si>
     <x:t>Birmingham</x:t>
   </x:si>
   <x:si>
     <x:t>Alabama</x:t>
   </x:si>
   <x:si>
-    <x:t>35249-6559</x:t>
+    <x:t>35249-1900</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
   <x:si>
     <x:t>2002</x:t>
   </x:si>
   <x:si>
     <x:t>2006, 2011, 2015, 2019, 2024</x:t>
   </x:si>
   <x:si>
     <x:t>Providence Alaska Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>3200 Providence Drive</x:t>
   </x:si>
   <x:si>
     <x:t>Anchorage</x:t>
   </x:si>
   <x:si>
     <x:t>Alaska</x:t>
   </x:si>
   <x:si>
     <x:t>99508</x:t>
   </x:si>
   <x:si>
     <x:t>2018</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
   </x:si>
   <x:si>
     <x:t>Banner - University Medical Center Phoenix</x:t>
   </x:si>
   <x:si>
-    <x:t>1111 E Mcdowell Rd</x:t>
+    <x:t>1111 E. McDowell Road</x:t>
   </x:si>
   <x:si>
     <x:t>Phoenix</x:t>
   </x:si>
   <x:si>
     <x:t>Arizona</x:t>
   </x:si>
   <x:si>
-    <x:t>85006-2666</x:t>
+    <x:t>85006</x:t>
   </x:si>
   <x:si>
     <x:t>2005</x:t>
   </x:si>
   <x:si>
     <x:t>2010, 2015, 2020, 2025</x:t>
   </x:si>
   <x:si>
     <x:t>Banner Estrella Medical Center</x:t>
   </x:si>
   <x:si>
-    <x:t>9201 W Thomas Road</x:t>
+    <x:t xml:space="preserve">9201 W Thomas Road </x:t>
   </x:si>
   <x:si>
     <x:t>85037</x:t>
   </x:si>
   <x:si>
     <x:t>2015</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
   <x:si>
     <x:t>Banner Gateway Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>1900 N. Higley Rd</x:t>
   </x:si>
   <x:si>
     <x:t>Gilbert</x:t>
   </x:si>
   <x:si>
     <x:t>85234</x:t>
   </x:si>
   <x:si>
     <x:t>2017</x:t>
   </x:si>
@@ -196,157 +196,157 @@
   <x:si>
     <x:t>85027</x:t>
   </x:si>
   <x:si>
     <x:t>2020, 2025</x:t>
   </x:si>
   <x:si>
     <x:t>HonorHealth John C. Lincoln Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>250 E. Dunlap Ave</x:t>
   </x:si>
   <x:si>
     <x:t>85020</x:t>
   </x:si>
   <x:si>
     <x:t>2004</x:t>
   </x:si>
   <x:si>
     <x:t>2009, 2013, 2018, 2023</x:t>
   </x:si>
   <x:si>
     <x:t>HonorHealth Scottsdale Osborn Medical Center</x:t>
   </x:si>
   <x:si>
-    <x:t>7400 E. Osborn Rd.</x:t>
+    <x:t>7400 E Osborn Rd</x:t>
   </x:si>
   <x:si>
     <x:t>Scottsdale</x:t>
   </x:si>
   <x:si>
     <x:t>85251</x:t>
   </x:si>
   <x:si>
     <x:t>2006</x:t>
   </x:si>
   <x:si>
     <x:t>2011, 2017, 2022</x:t>
   </x:si>
   <x:si>
     <x:t>HonorHealth Scottsdale Shea Medical Center</x:t>
   </x:si>
   <x:si>
-    <x:t>9003 East Shea Boulevard</x:t>
+    <x:t>9003 E Shea Blvd</x:t>
   </x:si>
   <x:si>
     <x:t>85260</x:t>
   </x:si>
   <x:si>
     <x:t>HonorHealth Scottsdale Thompson Peak Medical Center</x:t>
   </x:si>
   <x:si>
-    <x:t>7400 E. Thompson Peak Pkwy.</x:t>
+    <x:t>7400 E Thompson Peak Pkwy</x:t>
   </x:si>
   <x:si>
     <x:t>85255</x:t>
   </x:si>
   <x:si>
     <x:t>2011</x:t>
   </x:si>
   <x:si>
     <x:t>2017, 2022</x:t>
   </x:si>
   <x:si>
     <x:t>Mayo Clinic Arizona</x:t>
   </x:si>
   <x:si>
     <x:t>5777 E. Mayo Blvd</x:t>
   </x:si>
   <x:si>
     <x:t>85054</x:t>
   </x:si>
   <x:si>
     <x:t>Arkansas Children's Hospital</x:t>
   </x:si>
   <x:si>
-    <x:t>1 Children's Way, Slot 302</x:t>
+    <x:t>1 Children's Way Slot 810</x:t>
   </x:si>
   <x:si>
     <x:t>Little Rock</x:t>
   </x:si>
   <x:si>
     <x:t>Arkansas</x:t>
   </x:si>
   <x:si>
     <x:t>72202</x:t>
   </x:si>
   <x:si>
     <x:t>Baxter Health</x:t>
   </x:si>
   <x:si>
     <x:t>624 Hospital Drive</x:t>
   </x:si>
   <x:si>
     <x:t>Mountain Home</x:t>
   </x:si>
   <x:si>
     <x:t>72653</x:t>
   </x:si>
   <x:si>
     <x:t>Previously Baxter County Regional Hospital (dba) Baxter Regional Medical Center 
 Now Baxter County Regional Hospital (dba) Baxter Health (BH)</x:t>
   </x:si>
   <x:si>
     <x:t>2021</x:t>
   </x:si>
   <x:si>
     <x:t>CHI St. Vincent Hot Springs</x:t>
   </x:si>
   <x:si>
     <x:t>300 Werner Street</x:t>
   </x:si>
   <x:si>
     <x:t>Hot Springs</x:t>
   </x:si>
   <x:si>
     <x:t>71913</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> 2025</x:t>
   </x:si>
   <x:si>
     <x:t>Conway Regional Medical Center</x:t>
   </x:si>
   <x:si>
-    <x:t>2302 College Ave</x:t>
+    <x:t>2302 College Avenue</x:t>
   </x:si>
   <x:si>
     <x:t>Conway</x:t>
   </x:si>
   <x:si>
-    <x:t>72034-6297</x:t>
+    <x:t>72034</x:t>
   </x:si>
   <x:si>
     <x:t>2025</x:t>
   </x:si>
   <x:si>
     <x:t>UAMS Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>4301 W Markham St</x:t>
   </x:si>
   <x:si>
     <x:t>72205</x:t>
   </x:si>
   <x:si>
     <x:t>2024</x:t>
   </x:si>
   <x:si>
     <x:t>Adventist Health Glendale</x:t>
   </x:si>
   <x:si>
     <x:t>1509 Wilson Terrace</x:t>
   </x:si>
   <x:si>
     <x:t>Glendale</x:t>
   </x:si>
@@ -356,260 +356,263 @@
   <x:si>
     <x:t>91206</x:t>
   </x:si>
   <x:si>
     <x:t>Cedars-Sinai Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>8700 Beverly Blvd</x:t>
   </x:si>
   <x:si>
     <x:t>Los Angeles</x:t>
   </x:si>
   <x:si>
     <x:t>90048</x:t>
   </x:si>
   <x:si>
     <x:t>2000</x:t>
   </x:si>
   <x:si>
     <x:t>2004, 2008, 2013, 2018, 2023</x:t>
   </x:si>
   <x:si>
     <x:t>Children's Hospital Los Angeles</x:t>
   </x:si>
   <x:si>
-    <x:t>4650 Sunset Blvd.</x:t>
+    <x:t>4650 Sunset Blvd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MS 74</x:t>
   </x:si>
   <x:si>
     <x:t>90027</x:t>
   </x:si>
   <x:si>
     <x:t>2008</x:t>
   </x:si>
   <x:si>
     <x:t>2013, 2017, 2022</x:t>
   </x:si>
   <x:si>
     <x:t>Children's Hospital of Orange County</x:t>
   </x:si>
   <x:si>
-    <x:t>1201 W. La Veta Avenue</x:t>
+    <x:t>1201 W. LaVeta</x:t>
   </x:si>
   <x:si>
     <x:t>Orange</x:t>
   </x:si>
   <x:si>
     <x:t>92868</x:t>
   </x:si>
   <x:si>
     <x:t>2013, 2018, 2023</x:t>
   </x:si>
   <x:si>
     <x:t>City of Hope National Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>1500 E. Duarte Road</x:t>
   </x:si>
   <x:si>
     <x:t>Duarte</x:t>
   </x:si>
   <x:si>
-    <x:t>91010-3000</x:t>
+    <x:t>91010</x:t>
   </x:si>
   <x:si>
     <x:t>Eisenhower Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>39000 Bob Hope Dr.</x:t>
   </x:si>
   <x:si>
     <x:t>Rancho Mirage</x:t>
   </x:si>
   <x:si>
     <x:t>92270</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> 2020, 2025</x:t>
   </x:si>
   <x:si>
     <x:t>El Camino Health</x:t>
   </x:si>
   <x:si>
     <x:t>2500 Grant Road</x:t>
   </x:si>
   <x:si>
-    <x:t>Mountain View</x:t>
+    <x:t xml:space="preserve">Mountain View </x:t>
   </x:si>
   <x:si>
     <x:t>94040</x:t>
   </x:si>
   <x:si>
-    <x:t>2010, 2015, 2021</x:t>
+    <x:t>2010, 2015, 2021, 2026</x:t>
   </x:si>
   <x:si>
     <x:t>Hoag Memorial Hospital Presbyterian</x:t>
   </x:si>
   <x:si>
     <x:t>One Hoag Drive PO Box 6100</x:t>
   </x:si>
   <x:si>
     <x:t>Newport Beach</x:t>
   </x:si>
   <x:si>
     <x:t>92658</x:t>
   </x:si>
   <x:si>
     <x:t>2010, 2015, 2020, 2024</x:t>
   </x:si>
   <x:si>
     <x:t>Huntington Health</x:t>
   </x:si>
   <x:si>
     <x:t>100 W. California Blvd</x:t>
   </x:si>
   <x:si>
     <x:t>Pasadena</x:t>
   </x:si>
   <x:si>
     <x:t>91105</x:t>
   </x:si>
   <x:si>
     <x:t>Previously Huntington Hospital
 Now Huntington Health</x:t>
   </x:si>
   <x:si>
     <x:t>2015, 2021</x:t>
   </x:si>
   <x:si>
     <x:t>John Muir Health - Concord Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>2540 East Street</x:t>
   </x:si>
   <x:si>
     <x:t>Concord</x:t>
   </x:si>
   <x:si>
-    <x:t>94520-1960</x:t>
+    <x:t>94520</x:t>
   </x:si>
   <x:si>
     <x:t>2010</x:t>
   </x:si>
   <x:si>
     <x:t>2015, 2020, 2025</x:t>
   </x:si>
   <x:si>
     <x:t>John Muir Health - Walnut Creek Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>1601 Ygnacio Valley Rd</x:t>
   </x:si>
   <x:si>
     <x:t>Walnut Creek</x:t>
   </x:si>
   <x:si>
     <x:t>94598-3122</x:t>
   </x:si>
   <x:si>
     <x:t>Kaiser Foundation Hospital - West Los Angeles</x:t>
   </x:si>
   <x:si>
     <x:t>6041 Cadillac Avenue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>los angeles</x:t>
   </x:si>
   <x:si>
     <x:t>90034</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Kaiser Permanente Baldwin Park Medical Center 
 </x:t>
   </x:si>
   <x:si>
     <x:t>1011 Baldwin Park Blvd</x:t>
   </x:si>
   <x:si>
     <x:t>Baldwin Park</x:t>
   </x:si>
   <x:si>
     <x:t>91706</x:t>
   </x:si>
   <x:si>
     <x:t>Kaiser Permanente Downey Medical Center</x:t>
   </x:si>
   <x:si>
-    <x:t>9333 E. Imperial Hwy</x:t>
+    <x:t>9333 Imperial Hwy.</x:t>
   </x:si>
   <x:si>
     <x:t>Downey</x:t>
   </x:si>
   <x:si>
     <x:t>90242</x:t>
   </x:si>
   <x:si>
     <x:t>Kaiser Permanente Fontana Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>9961 Sierra Avenue</x:t>
   </x:si>
   <x:si>
     <x:t>Fontana</x:t>
   </x:si>
   <x:si>
     <x:t>92335</x:t>
   </x:si>
   <x:si>
     <x:t>Kaiser Permanente Irvine Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>6640 Alton Parkway</x:t>
   </x:si>
   <x:si>
     <x:t>Irvine</x:t>
   </x:si>
   <x:si>
     <x:t>92618</x:t>
   </x:si>
   <x:si>
     <x:t>Kaiser Permanente Los Angeles Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>4867 Sunset Blvd.</x:t>
   </x:si>
   <x:si>
     <x:t>Kaiser Permanente Ontario Medical Center</x:t>
   </x:si>
   <x:si>
-    <x:t>2295 S. Vineyard Avenue</x:t>
-[...2 lines deleted...]
-    <x:t>MOB D, 2 Floor, Suite 232</x:t>
+    <x:t>2295 South Vineyard Ave</x:t>
   </x:si>
   <x:si>
     <x:t>Ontario</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">91761 </x:t>
+    <x:t>91761</x:t>
   </x:si>
   <x:si>
     <x:t>Kaiser Permanente Orange County Anaheim Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>3440 E. La Palma Ave</x:t>
   </x:si>
   <x:si>
     <x:t>Anaheim</x:t>
   </x:si>
   <x:si>
     <x:t>92806</x:t>
   </x:si>
   <x:si>
     <x:t>Kaiser Permanente Panorama City Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>13651 Willard Street</x:t>
   </x:si>
   <x:si>
     <x:t>Panorama City</x:t>
   </x:si>
   <x:si>
     <x:t>91402</x:t>
   </x:si>
@@ -631,481 +634,493 @@
   <x:si>
     <x:t>6600 Bruceville Rd</x:t>
   </x:si>
   <x:si>
     <x:t>Sacramento</x:t>
   </x:si>
   <x:si>
     <x:t>95823</x:t>
   </x:si>
   <x:si>
     <x:t>Kaiser Permanente Vallejo Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>975 Sereno Drive</x:t>
   </x:si>
   <x:si>
     <x:t>Vallejo</x:t>
   </x:si>
   <x:si>
     <x:t>94589</x:t>
   </x:si>
   <x:si>
     <x:t>Kaiser Permanente Woodland Hills Medical Center</x:t>
   </x:si>
   <x:si>
-    <x:t>5601 De Soto Ave</x:t>
+    <x:t>5601 De Soto Ave.</x:t>
   </x:si>
   <x:si>
     <x:t>Woodland Hills</x:t>
   </x:si>
   <x:si>
     <x:t>91367</x:t>
   </x:si>
   <x:si>
     <x:t>Keck Hospital of USC</x:t>
   </x:si>
   <x:si>
     <x:t>1500 San Pablo Street</x:t>
   </x:si>
   <x:si>
     <x:t>90033</x:t>
   </x:si>
   <x:si>
     <x:t>Loma Linda University Children's Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>11234 Anderson St.</x:t>
   </x:si>
   <x:si>
     <x:t>Loma Linda</x:t>
   </x:si>
   <x:si>
     <x:t>92354</x:t>
   </x:si>
   <x:si>
     <x:t>Loma Linda University Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>Los Angeles General Medical Center</x:t>
   </x:si>
   <x:si>
-    <x:t>2051 Marengo St</x:t>
-[...2 lines deleted...]
-    <x:t>90033-1352</x:t>
+    <x:t>2051 Marengo Street</x:t>
   </x:si>
   <x:si>
     <x:t>Lucile Packard Children's Hospital at Stanford</x:t>
   </x:si>
   <x:si>
     <x:t>725 Welch Road</x:t>
   </x:si>
   <x:si>
     <x:t>Palo Alto</x:t>
   </x:si>
   <x:si>
     <x:t>94304</x:t>
   </x:si>
   <x:si>
     <x:t>2019</x:t>
   </x:si>
   <x:si>
     <x:t>MemorialCare Long Beach Medical Center</x:t>
   </x:si>
   <x:si>
-    <x:t>2801 Atlantic Avenue</x:t>
+    <x:t>2801 Atlantic Ave</x:t>
   </x:si>
   <x:si>
     <x:t>Long Beach</x:t>
   </x:si>
   <x:si>
     <x:t>90806</x:t>
   </x:si>
   <x:si>
     <x:t>2013</x:t>
   </x:si>
   <x:si>
     <x:t>Memorialcare Miller Children's &amp; Women's Hospital Long Beach</x:t>
   </x:si>
   <x:si>
-    <x:t>2801 Atlantic Ave</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>MemorialCare Orange Coast Medical Center</x:t>
   </x:si>
   <x:si>
-    <x:t>9920 Talbert Avenue</x:t>
+    <x:t>18111 Brookhurst</x:t>
   </x:si>
   <x:si>
     <x:t>Fountain Valley</x:t>
   </x:si>
   <x:si>
     <x:t>92708</x:t>
   </x:si>
   <x:si>
     <x:t>2016</x:t>
   </x:si>
   <x:si>
     <x:t>MemorialCare Saddleback Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>24451 Health Center Drive</x:t>
   </x:si>
   <x:si>
+    <x:t>Attn: Administration</x:t>
+  </x:si>
+  <x:si>
     <x:t>Laguna Hills</x:t>
   </x:si>
   <x:si>
     <x:t>92653</x:t>
   </x:si>
   <x:si>
     <x:t>Mission Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>27700 Medical Center Road</x:t>
   </x:si>
   <x:si>
     <x:t>Mission Viejo</x:t>
   </x:si>
   <x:si>
     <x:t>92691</x:t>
   </x:si>
   <x:si>
     <x:t>2012</x:t>
   </x:si>
   <x:si>
     <x:t>2017, 2021</x:t>
   </x:si>
   <x:si>
     <x:t>NorthBay Health</x:t>
   </x:si>
   <x:si>
     <x:t>1200 B. Gale Wilson Blvd.</x:t>
   </x:si>
   <x:si>
     <x:t>Fairfield</x:t>
   </x:si>
   <x:si>
     <x:t>94533</x:t>
   </x:si>
   <x:si>
     <x:t>2014</x:t>
   </x:si>
   <x:si>
     <x:t>2019, 2024</x:t>
   </x:si>
   <x:si>
     <x:t>Pomona Valley Hospital Medical Center</x:t>
   </x:si>
   <x:si>
-    <x:t>1798 North Garey Ave</x:t>
+    <x:t>1798 N Garey Ave</x:t>
   </x:si>
   <x:si>
     <x:t>Pomona</x:t>
   </x:si>
   <x:si>
     <x:t>91767</x:t>
   </x:si>
   <x:si>
     <x:t>Providence Holy Cross Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>15031 Rinaldi St</x:t>
   </x:si>
   <x:si>
     <x:t>Mission Hills</x:t>
   </x:si>
   <x:si>
     <x:t>91345</x:t>
   </x:si>
   <x:si>
     <x:t>2007</x:t>
   </x:si>
   <x:si>
     <x:t>2013, 2017, 2021, 2022</x:t>
   </x:si>
   <x:si>
     <x:t>Providence Little Company of Mary Medical Center Torrance</x:t>
   </x:si>
   <x:si>
     <x:t>4101 Torrance Blvd</x:t>
   </x:si>
   <x:si>
     <x:t>Torrance</x:t>
   </x:si>
   <x:si>
     <x:t>90503</x:t>
   </x:si>
   <x:si>
     <x:t>Providence Saint John's Health Center</x:t>
   </x:si>
   <x:si>
     <x:t>2121 Santa Monica Blvd</x:t>
   </x:si>
   <x:si>
     <x:t>Santa Monica</x:t>
   </x:si>
   <x:si>
     <x:t>90404</x:t>
   </x:si>
   <x:si>
+    <x:t>Providence Saint Joseph Medical Center</x:t>
+  </x:si>
+  <x:si>
+    <x:t>501 S Buena Vista St</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Burbank</x:t>
+  </x:si>
+  <x:si>
+    <x:t>91505-4809</x:t>
+  </x:si>
+  <x:si>
     <x:t>Providence St. Joseph Hospital Orange</x:t>
   </x:si>
   <x:si>
-    <x:t>1100 West Stewart Drive</x:t>
+    <x:t>4681 Abbotswood Circle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92604</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> 2011, 2016, 2020, 2025</x:t>
   </x:si>
   <x:si>
     <x:t>Providence St. Jude Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>101 E. Valencia Mesa Drive</x:t>
   </x:si>
   <x:si>
     <x:t>Fullerton</x:t>
   </x:si>
   <x:si>
     <x:t>92835</x:t>
   </x:si>
   <x:si>
     <x:t>Rady Children's Hospital-San Diego</x:t>
   </x:si>
   <x:si>
     <x:t>3020 Children's Way</x:t>
   </x:si>
   <x:si>
     <x:t>San Diego</x:t>
   </x:si>
   <x:si>
     <x:t>92123</x:t>
   </x:si>
   <x:si>
     <x:t>Rancho Los Amigos National Rehabilitation Center</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">7601 Imperial Hwy </x:t>
-[...2 lines deleted...]
-    <x:t>90242-3456</x:t>
+    <x:t>7601 Imperial Highway</x:t>
   </x:si>
   <x:si>
     <x:t>Ronald Reagan UCLA Medical Center</x:t>
   </x:si>
   <x:si>
-    <x:t>757 Westwood Boulevard</x:t>
+    <x:t>757 Westwood Plaza</x:t>
   </x:si>
   <x:si>
     <x:t>90095</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> 2010, 2015, 2020, 2025</x:t>
   </x:si>
   <x:si>
     <x:t>Salinas Valley Health Medical Center (Formerly Salinas Valley Memorial Healthcare System)</x:t>
   </x:si>
   <x:si>
-    <x:t>450 East Romie Lane</x:t>
+    <x:t>450 E. Romie Lane</x:t>
   </x:si>
   <x:si>
     <x:t>Salinas</x:t>
   </x:si>
   <x:si>
     <x:t>93901</x:t>
   </x:si>
   <x:si>
     <x:t>Scripps Memorial Hospital La Jolla</x:t>
   </x:si>
   <x:si>
     <x:t>9888 Genesee Avenue</x:t>
   </x:si>
   <x:si>
     <x:t>La Jolla</x:t>
   </x:si>
   <x:si>
     <x:t>92037</x:t>
   </x:si>
   <x:si>
+    <x:t>2010, 2015, 2021</x:t>
+  </x:si>
+  <x:si>
     <x:t>Sharp Chula Vista Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>751 Medical Center Court</x:t>
   </x:si>
   <x:si>
-    <x:t>Chula Vista</x:t>
+    <x:t xml:space="preserve">Chula Vista </x:t>
   </x:si>
   <x:si>
     <x:t>91911</x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve"> 2026</x:t>
+  </x:si>
+  <x:si>
     <x:t>Sharp Grossmont Hospital</x:t>
   </x:si>
   <x:si>
-    <x:t>5555 Grossmont Center Drive</x:t>
-[...2 lines deleted...]
-    <x:t>La Mesa</x:t>
+    <x:t xml:space="preserve">5555 Grossmont Center Drive </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">La Mesa </x:t>
   </x:si>
   <x:si>
     <x:t>91942</x:t>
   </x:si>
   <x:si>
     <x:t>Sharp Metropolitan Medical Campus</x:t>
   </x:si>
   <x:si>
-    <x:t>7901 Frost St</x:t>
-[...2 lines deleted...]
-    <x:t>92123-2701</x:t>
+    <x:t xml:space="preserve">7901 Frost Street </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">San Diego </x:t>
   </x:si>
   <x:si>
     <x:t>2013, 2018, 2022</x:t>
   </x:si>
   <x:si>
     <x:t>Stanford Health Care</x:t>
   </x:si>
   <x:si>
     <x:t>300 Pasteur Drive</x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve">3rd Floor Executive Suite </x:t>
+  </x:si>
+  <x:si>
     <x:t>Stanford</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>94305</x:t>
   </x:si>
   <x:si>
     <x:t>2012, 2016, 2021, 2025</x:t>
   </x:si>
   <x:si>
     <x:t>Stewart and Lynda Resnick Neuropsychiatric Hospital at UCLA</x:t>
   </x:si>
   <x:si>
     <x:t>150 Medical Plaza</x:t>
   </x:si>
   <x:si>
     <x:t>Per the MPD, The legal name is Stewart and Lynda Resnick Neuropsychiatric Hospital at UCLA, Los Angeles, California.
 The name on the application was Resnick Neuropsychiatric Hospital at UCLA.</x:t>
   </x:si>
   <x:si>
     <x:t>Torrance Memorial Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>3330 Lomita Blvd</x:t>
   </x:si>
   <x:si>
     <x:t>90505</x:t>
   </x:si>
   <x:si>
     <x:t>2016, 2021</x:t>
   </x:si>
   <x:si>
     <x:t>UC Davis Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>2315 Stockton Blvd</x:t>
   </x:si>
   <x:si>
     <x:t>95817</x:t>
   </x:si>
   <x:si>
     <x:t>2018, 2023</x:t>
   </x:si>
   <x:si>
     <x:t>UC San Diego Health</x:t>
   </x:si>
   <x:si>
     <x:t>200 West Arbor Drive</x:t>
   </x:si>
   <x:si>
+    <x:t>MC 8929</x:t>
+  </x:si>
+  <x:si>
     <x:t>92103</x:t>
   </x:si>
   <x:si>
     <x:t>UCI Health</x:t>
   </x:si>
   <x:si>
-    <x:t>101 City Drive South</x:t>
+    <x:t>101 The City Drive South</x:t>
   </x:si>
   <x:si>
     <x:t>2003</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> 2008, 2013, 2018, 2023</x:t>
   </x:si>
   <x:si>
     <x:t>UCLA Medical Center, Santa Monica</x:t>
   </x:si>
   <x:si>
-    <x:t>1250 16th St</x:t>
-[...2 lines deleted...]
-    <x:t>90404-1249</x:t>
+    <x:t>1250 16th Street</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> 2021, 2025</x:t>
   </x:si>
   <x:si>
     <x:t>University of California, San Francisco Medical Center</x:t>
   </x:si>
   <x:si>
-    <x:t>505 Parnassus Avenue</x:t>
-[...5 lines deleted...]
-    <x:t>San Francisco</x:t>
+    <x:t xml:space="preserve">500 Parnassus Avenue </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Box 0296</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Franciscso</x:t>
   </x:si>
   <x:si>
     <x:t>94143</x:t>
   </x:si>
   <x:si>
     <x:t>Valley Children's Healthcare</x:t>
   </x:si>
   <x:si>
     <x:t>9300 Valley Children's Place</x:t>
   </x:si>
   <x:si>
     <x:t>Madera</x:t>
   </x:si>
   <x:si>
     <x:t>93636-8762</x:t>
   </x:si>
   <x:si>
     <x:t>2008, 2014, 2019, 2024</x:t>
   </x:si>
   <x:si>
     <x:t>Washington Health</x:t>
   </x:si>
   <x:si>
-    <x:t>2000 Mowry Avenue</x:t>
-[...2 lines deleted...]
-    <x:t>Fremont</x:t>
+    <x:t xml:space="preserve">2500 Mowry Avenue </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Fremont </x:t>
   </x:si>
   <x:si>
     <x:t>94538</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">	Intermountain Healthcare Good Samaritan Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>200 Exempla Circle</x:t>
   </x:si>
   <x:si>
     <x:t>Lafayette</x:t>
   </x:si>
   <x:si>
     <x:t>Colorado</x:t>
   </x:si>
   <x:si>
     <x:t>80026</x:t>
   </x:si>
   <x:si>
     <x:t>The name was Good Samaritan Medical Center - which changed on April 1, 2022.</x:t>
   </x:si>
   <x:si>
     <x:t>AdventHealth Littleton (formerly Littleton Adventist Hospital)</x:t>
   </x:si>
@@ -1130,426 +1145,429 @@
   <x:si>
     <x:t>80138</x:t>
   </x:si>
   <x:si>
     <x:t>AdventHealth Porter (formerly Porter Adventist Hospital)</x:t>
   </x:si>
   <x:si>
     <x:t>2525 S Downing St</x:t>
   </x:si>
   <x:si>
     <x:t>Denver</x:t>
   </x:si>
   <x:si>
     <x:t>80210</x:t>
   </x:si>
   <x:si>
     <x:t>2009</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> 2013, 2018, 2023</x:t>
   </x:si>
   <x:si>
     <x:t>Children's Hospital Colorado</x:t>
   </x:si>
   <x:si>
-    <x:t>13123 E 16th Avenue, Box 725</x:t>
+    <x:t>13123 East 16th Avenue</x:t>
   </x:si>
   <x:si>
     <x:t>Aurora</x:t>
   </x:si>
   <x:si>
     <x:t>80045</x:t>
   </x:si>
   <x:si>
     <x:t>2011, 2015, 2020, 2025</x:t>
   </x:si>
   <x:si>
     <x:t>CommonSpirit Penrose - St. Francis Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>2222 N Nevada Ave</x:t>
   </x:si>
   <x:si>
     <x:t>Colorado Springs</x:t>
   </x:si>
   <x:si>
     <x:t>80907</x:t>
   </x:si>
   <x:si>
     <x:t>CommonSpirit St. Anthony Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>11600 W. 2nd Place</x:t>
   </x:si>
   <x:si>
     <x:t>Lakewood</x:t>
   </x:si>
   <x:si>
     <x:t>80228</x:t>
   </x:si>
   <x:si>
     <x:t>CommonSpirit St. Anthony North Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>14300 Orchard Parkway</x:t>
   </x:si>
   <x:si>
     <x:t>Westminster</x:t>
   </x:si>
   <x:si>
     <x:t>80023</x:t>
   </x:si>
   <x:si>
     <x:t>Craig Hospital</x:t>
   </x:si>
   <x:si>
-    <x:t>3425 South Clarkson Street</x:t>
+    <x:t>3425 S. Clarkson Street</x:t>
   </x:si>
   <x:si>
     <x:t>Englewood</x:t>
   </x:si>
   <x:si>
-    <x:t>80113-2899</x:t>
+    <x:t>80113</x:t>
   </x:si>
   <x:si>
     <x:t>HCA HealthONE Aurora</x:t>
   </x:si>
   <x:si>
     <x:t>1501 S Potomac St</x:t>
   </x:si>
   <x:si>
     <x:t>80012</x:t>
   </x:si>
   <x:si>
     <x:t>2014, 2019, 2024</x:t>
   </x:si>
   <x:si>
     <x:t>HCA HealthONE Rose</x:t>
   </x:si>
   <x:si>
-    <x:t>4567 East Ninth Avenue</x:t>
+    <x:t>4567 East 9th Ave</x:t>
   </x:si>
   <x:si>
     <x:t>80220</x:t>
   </x:si>
   <x:si>
     <x:t>Intermountain Health Lutheran Hospital</x:t>
   </x:si>
   <x:si>
-    <x:t>8300 W. 38th Ave</x:t>
+    <x:t>8300 W 38th Avenue</x:t>
   </x:si>
   <x:si>
     <x:t>Wheat Ridge</x:t>
   </x:si>
   <x:si>
     <x:t>80033</x:t>
   </x:si>
   <x:si>
     <x:t>Intermountain Health Saint Joseph Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>1375 E. 19th Ave</x:t>
   </x:si>
   <x:si>
     <x:t>80218</x:t>
   </x:si>
   <x:si>
     <x:t>Legal Name:  Saint Joseph Hospital, Inc.</x:t>
   </x:si>
   <x:si>
     <x:t>Intermountain Health St. Mary's Regional Hospital</x:t>
   </x:si>
   <x:si>
-    <x:t>2635 North 7th Street</x:t>
+    <x:t>2635 N. 7th Street</x:t>
   </x:si>
   <x:si>
     <x:t>Grand Junction</x:t>
   </x:si>
   <x:si>
     <x:t>81501</x:t>
   </x:si>
   <x:si>
     <x:t>UCHealth Medical Center of the Rockies</x:t>
   </x:si>
   <x:si>
-    <x:t>2500 Rocky Mountain Avenue</x:t>
+    <x:t>2500 Rocky Mountain Ave</x:t>
   </x:si>
   <x:si>
     <x:t>Loveland</x:t>
   </x:si>
   <x:si>
     <x:t>80538</x:t>
   </x:si>
   <x:si>
     <x:t>2016, 2021, 2025</x:t>
   </x:si>
   <x:si>
     <x:t>UCHealth Memorial</x:t>
   </x:si>
   <x:si>
     <x:t>1400 E Boulder</x:t>
   </x:si>
   <x:si>
     <x:t>80909</x:t>
   </x:si>
   <x:si>
     <x:t>UCHealth Poudre Valley Hospital</x:t>
   </x:si>
   <x:si>
-    <x:t>1024 South Lemay Avenue</x:t>
+    <x:t>1024 S. Lemay Ave.</x:t>
   </x:si>
   <x:si>
     <x:t>Fort Collins</x:t>
   </x:si>
   <x:si>
     <x:t>80524</x:t>
   </x:si>
   <x:si>
     <x:t>2004, 2009, 2014, 2018, 2023</x:t>
   </x:si>
   <x:si>
     <x:t>UCHealth University of Colorado Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>12605 E 16th Ave</x:t>
   </x:si>
   <x:si>
     <x:t>2005, 2010, 2014, 2020, 2025</x:t>
   </x:si>
   <x:si>
     <x:t>Bridgeport Hospital - Yale New Haven Health</x:t>
   </x:si>
   <x:si>
     <x:t>267 Grant St</x:t>
   </x:si>
   <x:si>
     <x:t>Bridgeport</x:t>
   </x:si>
   <x:si>
     <x:t>Connecticut</x:t>
   </x:si>
   <x:si>
-    <x:t>06610-2805</x:t>
+    <x:t>06610</x:t>
   </x:si>
   <x:si>
     <x:t>Bristol Hospital</x:t>
   </x:si>
   <x:si>
-    <x:t>41 Brewster Road</x:t>
+    <x:t>41 Brewster Rd</x:t>
   </x:si>
   <x:si>
     <x:t>Bristol</x:t>
   </x:si>
   <x:si>
-    <x:t>06011</x:t>
+    <x:t>06010</x:t>
   </x:si>
   <x:si>
     <x:t>Connecticut Children's Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>282 Washington St</x:t>
   </x:si>
   <x:si>
     <x:t>Hartford</x:t>
   </x:si>
   <x:si>
     <x:t>06106</x:t>
   </x:si>
   <x:si>
     <x:t>Greenwich Hospital</x:t>
   </x:si>
   <x:si>
-    <x:t>5 Perryridge Road</x:t>
+    <x:t>5 Perryridge Rd</x:t>
   </x:si>
   <x:si>
     <x:t>Greenwich</x:t>
   </x:si>
   <x:si>
-    <x:t>06830</x:t>
+    <x:t>06830-4697</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2021, 2026</x:t>
   </x:si>
   <x:si>
     <x:t>Middlesex Health</x:t>
   </x:si>
   <x:si>
     <x:t>28 Crescent Street</x:t>
   </x:si>
   <x:si>
     <x:t>Middletown</x:t>
   </x:si>
   <x:si>
     <x:t>06457</x:t>
   </x:si>
   <x:si>
     <x:t>2001</x:t>
   </x:si>
   <x:si>
     <x:t>2005, 2010, 2014, 2019, 2024</x:t>
   </x:si>
   <x:si>
     <x:t>Stamford Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>1 Hospital Plaza</x:t>
   </x:si>
   <x:si>
     <x:t>Stamford</x:t>
   </x:si>
   <x:si>
     <x:t>06094</x:t>
   </x:si>
   <x:si>
     <x:t>Yale New Haven Hospital</x:t>
   </x:si>
   <x:si>
-    <x:t>20 York Street</x:t>
+    <x:t>20 York St</x:t>
   </x:si>
   <x:si>
     <x:t>New Haven</x:t>
   </x:si>
   <x:si>
-    <x:t>06510</x:t>
+    <x:t>06510-3220</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2016, 2021, 2026</x:t>
   </x:si>
   <x:si>
     <x:t>Bayhealth</x:t>
   </x:si>
   <x:si>
     <x:t>640 S State St</x:t>
   </x:si>
   <x:si>
     <x:t>Dover</x:t>
   </x:si>
   <x:si>
     <x:t>Delaware</x:t>
   </x:si>
   <x:si>
     <x:t>19901-3530</x:t>
   </x:si>
   <x:si>
     <x:t>Christiana Care Health System</x:t>
   </x:si>
   <x:si>
-    <x:t>4000 Nexus Drive</x:t>
+    <x:t>4000 Nexus Drive, C3-341</x:t>
   </x:si>
   <x:si>
     <x:t>Wilmington</x:t>
   </x:si>
   <x:si>
     <x:t>19803</x:t>
   </x:si>
   <x:si>
     <x:t>Nemours Children’s Health, Delaware Valley</x:t>
   </x:si>
   <x:si>
-    <x:t>1600 Rockland Rd</x:t>
-[...2 lines deleted...]
-    <x:t>19803-3607</x:t>
+    <x:t>1600 Rockland Road</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Wilmington </x:t>
   </x:si>
   <x:si>
     <x:t>formerly Nemours/Alfred I. duPont Hospital for Children</x:t>
   </x:si>
   <x:si>
     <x:t>Children's National Hospital</x:t>
   </x:si>
   <x:si>
-    <x:t>111 Michigan Ave, NW</x:t>
-[...2 lines deleted...]
-    <x:t xml:space="preserve">Washington </x:t>
+    <x:t>111 Michigan Ave NW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Washington</x:t>
   </x:si>
   <x:si>
     <x:t>District of Columbia</x:t>
   </x:si>
   <x:si>
     <x:t>20010</x:t>
   </x:si>
   <x:si>
     <x:t>MedStar Georgetown University Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>3800 Reservoir Road NW</x:t>
   </x:si>
   <x:si>
-    <x:t>Washington</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>20007</x:t>
   </x:si>
   <x:si>
     <x:t>2008, 2013, 2018, 2023</x:t>
   </x:si>
   <x:si>
     <x:t>MedStar Washington Hospital Center</x:t>
   </x:si>
   <x:si>
     <x:t>110 Irving St NW</x:t>
   </x:si>
   <x:si>
     <x:t>20010-3017</x:t>
   </x:si>
   <x:si>
     <x:t>Sibley Memorial Hospital Johns Hopkins Medicine</x:t>
   </x:si>
   <x:si>
     <x:t>5255 Loughboro Rd NW</x:t>
   </x:si>
   <x:si>
     <x:t>20016</x:t>
   </x:si>
   <x:si>
     <x:t>AdventHealth Celebration</x:t>
   </x:si>
   <x:si>
     <x:t>400 Celebration Place</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Celebration </x:t>
   </x:si>
   <x:si>
     <x:t>Florida</x:t>
   </x:si>
   <x:si>
     <x:t>34747</x:t>
   </x:si>
   <x:si>
     <x:t>AdventHealth for Children</x:t>
   </x:si>
   <x:si>
-    <x:t>601 East Rollins Street</x:t>
+    <x:t>601 E. Rollins Street</x:t>
   </x:si>
   <x:si>
     <x:t>Orlando</x:t>
   </x:si>
   <x:si>
     <x:t>32803</x:t>
   </x:si>
   <x:si>
     <x:t>Baptist Health Baptist Hospital of Miami</x:t>
   </x:si>
   <x:si>
-    <x:t>8900 N. Kendall Drive</x:t>
+    <x:t>8900 N Kendall Drive</x:t>
   </x:si>
   <x:si>
     <x:t>Miami</x:t>
   </x:si>
   <x:si>
     <x:t>33176</x:t>
   </x:si>
   <x:si>
     <x:t>1998</x:t>
   </x:si>
   <x:si>
     <x:t>2002, 2006, 2011, 2017, 2022</x:t>
   </x:si>
   <x:si>
     <x:t>Baptist Health Doctors Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>5000 University Drive</x:t>
   </x:si>
   <x:si>
     <x:t>Coral Gables</x:t>
   </x:si>
   <x:si>
     <x:t>33146</x:t>
   </x:si>
@@ -1565,116 +1583,149 @@
   <x:si>
     <x:t>33033</x:t>
   </x:si>
   <x:si>
     <x:t>Baptist Health South Miami Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>6200  SW 73rd street</x:t>
   </x:si>
   <x:si>
     <x:t>33143</x:t>
   </x:si>
   <x:si>
     <x:t>Baptist Health West Kendall Baptist Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>9555 SW 162 Ave</x:t>
   </x:si>
   <x:si>
     <x:t>33196</x:t>
   </x:si>
   <x:si>
     <x:t>Baptist Medical Center Beaches</x:t>
   </x:si>
   <x:si>
-    <x:t>1350 13th Avenue South</x:t>
+    <x:t>1350 13th Ave S.</x:t>
   </x:si>
   <x:si>
     <x:t>Jacksonville Beach</x:t>
   </x:si>
   <x:si>
-    <x:t>32250</x:t>
+    <x:t>32250-3203</x:t>
   </x:si>
   <x:si>
     <x:t>2012, 2017, 2022</x:t>
   </x:si>
   <x:si>
     <x:t>Baptist Medical Center Jacksonville</x:t>
   </x:si>
   <x:si>
-    <x:t>800 Prudential Drive</x:t>
+    <x:t>800 Prudential Dr.</x:t>
   </x:si>
   <x:si>
     <x:t>Jacksonville</x:t>
   </x:si>
   <x:si>
     <x:t>32207</x:t>
   </x:si>
   <x:si>
     <x:t>Baptist Medical Center Nassau</x:t>
   </x:si>
   <x:si>
-    <x:t>1250 S. 18th Street</x:t>
+    <x:t>1250 S. 18th St.</x:t>
   </x:si>
   <x:si>
     <x:t>Fernandina Beach</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">32034 </x:t>
+    <x:t>32034</x:t>
   </x:si>
   <x:si>
     <x:t>Baptist Medical Center South</x:t>
   </x:si>
   <x:si>
-    <x:t>14550 Old Saint Augustine Road</x:t>
+    <x:t>14550 Old Saint Augustine Rd</x:t>
   </x:si>
   <x:si>
     <x:t>32258</x:t>
   </x:si>
   <x:si>
     <x:t>Brooks Rehabilitation Hospital</x:t>
   </x:si>
   <x:si>
-    <x:t>3599 University Blvd. S.</x:t>
+    <x:t>3599 University Blvd S</x:t>
   </x:si>
   <x:si>
     <x:t>32216</x:t>
   </x:si>
   <x:si>
+    <x:t>Cape Coral Hospital</x:t>
+  </x:si>
+  <x:si>
+    <x:t>636 Del Prado Blvd S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cape Coral</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33990-2668</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2026</x:t>
+  </x:si>
+  <x:si>
     <x:t>Cleveland Clinic Weston Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>3100 Weston Rd</x:t>
   </x:si>
   <x:si>
     <x:t>Weston</x:t>
   </x:si>
   <x:si>
     <x:t>33331</x:t>
   </x:si>
   <x:si>
+    <x:t>Golisano Children's Hospital</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9981 S. HealthPark Drive</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fort Myers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33908</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HealthPark Medical Center</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9981 S HealthPark Drive</x:t>
+  </x:si>
+  <x:si>
     <x:t>Joe DiMaggio Children's Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>1005 Joe DiMaggio Drive</x:t>
   </x:si>
   <x:si>
     <x:t>Hollywood</x:t>
   </x:si>
   <x:si>
     <x:t>33021</x:t>
   </x:si>
   <x:si>
     <x:t>Johns Hopkins All Children's Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>501 6TH AVE SOUTH</x:t>
   </x:si>
   <x:si>
     <x:t>St. Petersburg</x:t>
   </x:si>
   <x:si>
     <x:t>33701</x:t>
   </x:si>
   <x:si>
     <x:t>Mayo Clinic in Florida</x:t>
@@ -1691,156 +1742,150 @@
   <x:si>
     <x:t>12902 Magnolia Drive</x:t>
   </x:si>
   <x:si>
     <x:t>Tampa</x:t>
   </x:si>
   <x:si>
     <x:t>33612</x:t>
   </x:si>
   <x:si>
     <x:t>Nicklaus Children's Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>3100 SW 62 Ave</x:t>
   </x:si>
   <x:si>
     <x:t>33155</x:t>
   </x:si>
   <x:si>
     <x:t>2008, 2013, 2018, 2024</x:t>
   </x:si>
   <x:si>
     <x:t>Orlando Health Arnold Palmer Hospital for Children/Orlando Health Winnie Palmer Hospital for Women and Babies</x:t>
   </x:si>
   <x:si>
-    <x:t>92 W. Miller Street</x:t>
-[...2 lines deleted...]
-    <x:t>MP 353</x:t>
+    <x:t>92 W Miller</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34743</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orlando Health Orlando Regional Medical Center</x:t>
+  </x:si>
+  <x:si>
+    <x:t>52 West Underwood MP 61</x:t>
   </x:si>
   <x:si>
     <x:t>32806</x:t>
   </x:si>
   <x:si>
-    <x:t>Orlando Health Orlando Regional Medical Center</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Sarasota Memorial Health Care System</x:t>
   </x:si>
   <x:si>
     <x:t>1700 South Tamiami Trail</x:t>
   </x:si>
   <x:si>
     <x:t>Sarasota</x:t>
   </x:si>
   <x:si>
     <x:t>34241</x:t>
   </x:si>
   <x:si>
     <x:t>Tampa General Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>1 Tampa General Circle</x:t>
   </x:si>
   <x:si>
     <x:t>33606</x:t>
   </x:si>
   <x:si>
     <x:t>We are legally Florida Health Science Center doing business as (DBA) as Tampa General Hospital.  We use Tampa General Hospital as our name.</x:t>
   </x:si>
   <x:si>
     <x:t>2009, 2014, 2019, 2024</x:t>
   </x:si>
   <x:si>
     <x:t>UF Health Jacksonville</x:t>
   </x:si>
   <x:si>
-    <x:t>655 West 8th Street</x:t>
+    <x:t>655 W 8th Street</x:t>
   </x:si>
   <x:si>
     <x:t>32209</x:t>
   </x:si>
   <x:si>
     <x:t>UF Health Shands</x:t>
   </x:si>
   <x:si>
     <x:t>1600 SW Archer Road</x:t>
   </x:si>
   <x:si>
     <x:t>Gainesville</x:t>
   </x:si>
   <x:si>
     <x:t>32610</x:t>
   </x:si>
   <x:si>
     <x:t>UHealth - University of Miami Health System</x:t>
   </x:si>
   <x:si>
     <x:t>1400 NW 12th Avenue</x:t>
   </x:si>
   <x:si>
     <x:t>33136</x:t>
   </x:si>
   <x:si>
     <x:t>Wolfson Children's Hospital at Baptist Health</x:t>
   </x:si>
   <x:si>
-    <x:t>800 Prudential Dr</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Arthur M. Blank Hospital</x:t>
   </x:si>
   <x:si>
-    <x:t>2220 N Druid Hills Rd NE</x:t>
+    <x:t>2200 North Druid Hills Road NE</x:t>
   </x:si>
   <x:si>
     <x:t>Atlanta</x:t>
   </x:si>
   <x:si>
     <x:t>Georgia</x:t>
   </x:si>
   <x:si>
-    <x:t>30329-3117</x:t>
+    <x:t>30329</x:t>
   </x:si>
   <x:si>
     <x:t>Atrium Health Navicent The Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>777 Hemlock St</x:t>
   </x:si>
   <x:si>
     <x:t>Macon</x:t>
   </x:si>
   <x:si>
-    <x:t>31201-2155</x:t>
+    <x:t>31201</x:t>
   </x:si>
   <x:si>
     <x:t>2009, 2015, 2020, 2025</x:t>
   </x:si>
   <x:si>
     <x:t>Candler Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>5353 Reynolds Street</x:t>
   </x:si>
   <x:si>
     <x:t>Savannah</x:t>
   </x:si>
   <x:si>
     <x:t>31405</x:t>
   </x:si>
   <x:si>
     <x:t>2006, 2010, 2015, 2020, 2025</x:t>
   </x:si>
   <x:si>
     <x:t>Children's Healthcare of Atlanta Scottish Rite Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>1001 Johnson Ferry Road NE</x:t>
   </x:si>
@@ -1898,276 +1943,279 @@
   <x:si>
     <x:t>2000, 2004, 2009, 2014, 2019, 2023</x:t>
   </x:si>
   <x:si>
     <x:t>Emory University Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>1364 Clifton Road NE</x:t>
   </x:si>
   <x:si>
     <x:t>30322</x:t>
   </x:si>
   <x:si>
     <x:t>Emory University Hospital Midtown</x:t>
   </x:si>
   <x:si>
     <x:t>550 Peachtree Street NE</x:t>
   </x:si>
   <x:si>
     <x:t>30308</x:t>
   </x:si>
   <x:si>
     <x:t>Emory University Orthopaedics &amp; Spine Hospital</x:t>
   </x:si>
   <x:si>
-    <x:t>1455 Montreal Rd E</x:t>
+    <x:t>1455 Montreal Road E</x:t>
   </x:si>
   <x:si>
     <x:t>Tucker</x:t>
   </x:si>
   <x:si>
     <x:t>30084</x:t>
   </x:si>
   <x:si>
     <x:t>St. Joseph's Hospital</x:t>
   </x:si>
   <x:si>
-    <x:t>11705 Mercy Blvd</x:t>
-[...2 lines deleted...]
-    <x:t>31419-1711</x:t>
+    <x:t>11705 Mercy Boulevard</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31419</x:t>
   </x:si>
   <x:si>
     <x:t>The Emory Clinic</x:t>
   </x:si>
   <x:si>
-    <x:t>1365 Clifton Rd NE Bldg A</x:t>
-[...2 lines deleted...]
-    <x:t>30322-1013</x:t>
+    <x:t>1365 Clifton Road</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30068</x:t>
   </x:si>
   <x:si>
     <x:t>Wellstar Kennestone Regional Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>677 Church Street</x:t>
   </x:si>
   <x:si>
     <x:t>Marietta</x:t>
   </x:si>
   <x:si>
     <x:t>30060</x:t>
   </x:si>
   <x:si>
     <x:t>Wellstar Paulding Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>2518 Jimmy Lee Smith Parkway</x:t>
   </x:si>
   <x:si>
     <x:t>Hiram</x:t>
   </x:si>
   <x:si>
     <x:t>30141</x:t>
   </x:si>
   <x:si>
     <x:t>The Queen's Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>1301 Punchbowl Street</x:t>
   </x:si>
   <x:si>
     <x:t>Honolulu</x:t>
   </x:si>
   <x:si>
     <x:t>Hawaii</x:t>
   </x:si>
   <x:si>
     <x:t>96813</x:t>
   </x:si>
   <x:si>
     <x:t>Kootenai Health</x:t>
   </x:si>
   <x:si>
-    <x:t>2003 Kootenai Health Way</x:t>
+    <x:t>203 Kootenai Health Way</x:t>
   </x:si>
   <x:si>
     <x:t>Coeur d'Alene</x:t>
   </x:si>
   <x:si>
     <x:t>Idaho</x:t>
   </x:si>
   <x:si>
     <x:t>83814</x:t>
   </x:si>
   <x:si>
     <x:t>2011, 2017, 2021</x:t>
   </x:si>
   <x:si>
     <x:t>St. Luke's Regional Medical Center</x:t>
   </x:si>
   <x:si>
-    <x:t>190 E Bannock St</x:t>
+    <x:t>190 E. Bannock</x:t>
   </x:si>
   <x:si>
     <x:t>Boise</x:t>
   </x:si>
   <x:si>
-    <x:t>83712-6241</x:t>
+    <x:t>83712</x:t>
   </x:si>
   <x:si>
     <x:t>Advocate Children's Hospital</x:t>
   </x:si>
   <x:si>
-    <x:t>4400 95th St</x:t>
+    <x:t>4440 W. 95th Street</x:t>
   </x:si>
   <x:si>
     <x:t>Oak Lawn</x:t>
   </x:si>
   <x:si>
     <x:t>Illinois</x:t>
   </x:si>
   <x:si>
     <x:t>60453</x:t>
   </x:si>
   <x:si>
     <x:t>Advocate Christ Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>4440 W 95th street</x:t>
   </x:si>
   <x:si>
     <x:t>Advocate Condell Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>801 S. Milwaukee Avenue</x:t>
   </x:si>
   <x:si>
     <x:t>Libertyville</x:t>
   </x:si>
   <x:si>
     <x:t>60048</x:t>
   </x:si>
   <x:si>
     <x:t>Advocate Good Samaritan Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>3815 Highland Avenue</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Downers Grove </x:t>
+    <x:t>Downers Grove</x:t>
   </x:si>
   <x:si>
     <x:t>60515</x:t>
   </x:si>
   <x:si>
     <x:t>2014, 2018, 2023</x:t>
   </x:si>
   <x:si>
     <x:t>Advocate Good Shepherd Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>450 W Hwy 22</x:t>
   </x:si>
   <x:si>
     <x:t>Barrington</x:t>
   </x:si>
   <x:si>
     <x:t>60010</x:t>
   </x:si>
   <x:si>
     <x:t>Advocate Illinois Masonic Medical Center</x:t>
   </x:si>
   <x:si>
-    <x:t>836 W. Wellington</x:t>
+    <x:t xml:space="preserve">836 W. Wellington </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Chicago </x:t>
+  </x:si>
+  <x:si>
+    <x:t>60657</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Advocate Lutheran General Hospital</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1775 Dempster Street</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Park Ridge</x:t>
+  </x:si>
+  <x:si>
+    <x:t>60068</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2010, 2014, 2019, 2024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Advocate Sherman Hospital</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1425 North Randall Road</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Elgin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>60123</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2018, 2022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ann &amp; Robert H. Lurie Children's Hospital of Chicago</x:t>
+  </x:si>
+  <x:si>
+    <x:t>225 E. Chicago Ave.</x:t>
   </x:si>
   <x:si>
     <x:t>Chicago</x:t>
   </x:si>
   <x:si>
-    <x:t>60657</x:t>
-[...37 lines deleted...]
-  <x:si>
     <x:t>60611</x:t>
   </x:si>
   <x:si>
     <x:t>2005, 2010, 2015, 2020, 2025</x:t>
   </x:si>
   <x:si>
     <x:t>Blessing Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>PO Box 7005</x:t>
   </x:si>
   <x:si>
-    <x:t>Quincy</x:t>
-[...2 lines deleted...]
-    <x:t>62305</x:t>
+    <x:t xml:space="preserve">Quincy </x:t>
+  </x:si>
+  <x:si>
+    <x:t>62301</x:t>
   </x:si>
   <x:si>
     <x:t>Carle BroMenn Medical Center</x:t>
   </x:si>
   <x:si>
-    <x:t>1304 Franklin Ave</x:t>
+    <x:t>1304 Franklin Ave.</x:t>
   </x:si>
   <x:si>
     <x:t>Normal</x:t>
   </x:si>
   <x:si>
     <x:t>61761</x:t>
   </x:si>
   <x:si>
     <x:t>Carle Foundation Hospital, Carle Physician Group, and Carle Hoopeston Regional Health Center***</x:t>
   </x:si>
   <x:si>
     <x:t>611 W. Park St.</x:t>
   </x:si>
   <x:si>
     <x:t>Urbana</x:t>
   </x:si>
   <x:si>
     <x:t>61801</x:t>
   </x:si>
   <x:si>
     <x:t>2015, 2019, 2024</x:t>
   </x:si>
   <x:si>
     <x:t>Carle Methodist, Carle Proctor, Carle Pekin</x:t>
   </x:si>
@@ -2189,51 +2237,51 @@
   <x:si>
     <x:t>2520 Elisha Ave.</x:t>
   </x:si>
   <x:si>
     <x:t>Zion</x:t>
   </x:si>
   <x:si>
     <x:t>60099</x:t>
   </x:si>
   <x:si>
     <x:t>Endeavor Health Edward Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>801 South Washington Street</x:t>
   </x:si>
   <x:si>
     <x:t>Naperville</x:t>
   </x:si>
   <x:si>
     <x:t>60540</x:t>
   </x:si>
   <x:si>
     <x:t>Endeavor Health Elmhurst Hospital</x:t>
   </x:si>
   <x:si>
-    <x:t>155 E. Brush Hill Road</x:t>
+    <x:t>155 East Brush Hill Road</x:t>
   </x:si>
   <x:si>
     <x:t>Elmhurst</x:t>
   </x:si>
   <x:si>
     <x:t>60126</x:t>
   </x:si>
   <x:si>
     <x:t>Endeavor Health Evanston Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>2650 Ridge Avenue</x:t>
   </x:si>
   <x:si>
     <x:t>Evanston</x:t>
   </x:si>
   <x:si>
     <x:t>60201</x:t>
   </x:si>
   <x:si>
     <x:t>Endeavor Health Glenbrook Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>2100 Pfingsten Road</x:t>
   </x:si>
@@ -2261,180 +2309,180 @@
   <x:si>
     <x:t>800 W Central Rd</x:t>
   </x:si>
   <x:si>
     <x:t>Arlington Heights</x:t>
   </x:si>
   <x:si>
     <x:t>60005</x:t>
   </x:si>
   <x:si>
     <x:t>Endeavor Health Skokie Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>9600 Gross Point Road</x:t>
   </x:si>
   <x:si>
     <x:t>Skokie</x:t>
   </x:si>
   <x:si>
     <x:t>60076</x:t>
   </x:si>
   <x:si>
     <x:t>Endeavor Health Swedish Hospital</x:t>
   </x:si>
   <x:si>
-    <x:t>5145 N California Ave</x:t>
-[...2 lines deleted...]
-    <x:t>60625-3661</x:t>
+    <x:t>5145 North California Ave</x:t>
+  </x:si>
+  <x:si>
+    <x:t>60625</x:t>
   </x:si>
   <x:si>
     <x:t>Gottlieb Memorial Hospital</x:t>
   </x:si>
   <x:si>
-    <x:t>701 W North Ave</x:t>
+    <x:t>701 W. North Ave.</x:t>
   </x:si>
   <x:si>
     <x:t>Melrose Park</x:t>
   </x:si>
   <x:si>
-    <x:t>60160-1699</x:t>
+    <x:t>60160</x:t>
   </x:si>
   <x:si>
     <x:t>Jacksonville Memorial Hospital  (Former Passavant Area Hospital)</x:t>
   </x:si>
   <x:si>
     <x:t>1600 West Walnut</x:t>
   </x:si>
   <x:si>
     <x:t>62650</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> 2023</x:t>
   </x:si>
   <x:si>
     <x:t>Loyola Medicine MacNeal Hospital***</x:t>
   </x:si>
   <x:si>
     <x:t>3249 S. Oak Park Ave.</x:t>
   </x:si>
   <x:si>
     <x:t>Berwyn</x:t>
   </x:si>
   <x:si>
     <x:t>60402</x:t>
   </x:si>
   <x:si>
     <x:t>Loyola University Medical Center</x:t>
   </x:si>
   <x:si>
-    <x:t>2160 South First Avenue</x:t>
+    <x:t>2160 S. First Avenue</x:t>
   </x:si>
   <x:si>
     <x:t>Maywood</x:t>
   </x:si>
   <x:si>
     <x:t>60153</x:t>
   </x:si>
   <x:si>
     <x:t>Northwestern Medicine Catherine Gratz Griffin Lake Forest Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>1000 N. Westmoreland Road</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Lake Forest </x:t>
+    <x:t>Lake Forest</x:t>
   </x:si>
   <x:si>
     <x:t>60045</x:t>
   </x:si>
   <x:si>
     <x:t>Northwestern Medicine Central DuPage Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>25 Winfield Road</x:t>
   </x:si>
   <x:si>
     <x:t>Winfield</x:t>
   </x:si>
   <x:si>
     <x:t>60190</x:t>
   </x:si>
   <x:si>
     <x:t>Northwestern Medicine Delnor Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>300 Randall Road</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Geneva </x:t>
   </x:si>
   <x:si>
     <x:t>60134</x:t>
   </x:si>
   <x:si>
     <x:t>Northwestern Medicine Huntley Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>10400 Haligus Road</x:t>
   </x:si>
   <x:si>
     <x:t>Huntley</x:t>
   </x:si>
   <x:si>
     <x:t>60142</x:t>
   </x:si>
   <x:si>
     <x:t>Northwestern Medicine Kishwaukee Hospital &amp; Valley West Hos</x:t>
   </x:si>
   <x:si>
-    <x:t>1 Kish Hospital Dr</x:t>
-[...5 lines deleted...]
-    <x:t>60115-9602</x:t>
+    <x:t xml:space="preserve">1 Kish Hospital Drive </x:t>
+  </x:si>
+  <x:si>
+    <x:t>DeKalb</x:t>
+  </x:si>
+  <x:si>
+    <x:t>60115</x:t>
   </x:si>
   <x:si>
     <x:t>Northwestern Medicine Marianjoy Rehabilitation Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>26W171 Roosevelt Road</x:t>
   </x:si>
   <x:si>
     <x:t>Wheaton</x:t>
   </x:si>
   <x:si>
     <x:t>60187</x:t>
   </x:si>
   <x:si>
     <x:t>Northwestern Medicine McHenry Hospital</x:t>
   </x:si>
   <x:si>
-    <x:t>4201 Medical Center Drive</x:t>
+    <x:t>4201 Medical Center Dr.</x:t>
   </x:si>
   <x:si>
     <x:t>McHenry</x:t>
   </x:si>
   <x:si>
     <x:t>60050</x:t>
   </x:si>
   <x:si>
     <x:t>Northwestern Memorial Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>251 E Huron St</x:t>
   </x:si>
   <x:si>
     <x:t>60611-2908</x:t>
   </x:si>
   <x:si>
     <x:t>OSF Healthcare Sacred Heart Medical Center Urbana</x:t>
   </x:si>
   <x:si>
     <x:t>1400 W Park St.</x:t>
   </x:si>
   <x:si>
     <x:t>OSF HealthCare Saint Francis Medical Center</x:t>
   </x:si>
@@ -2471,225 +2519,222 @@
   <x:si>
     <x:t>61108</x:t>
   </x:si>
   <x:si>
     <x:t>2009, 2014, 2020, 2025</x:t>
   </x:si>
   <x:si>
     <x:t>Protestant Memorial Medical Center, Inc.</x:t>
   </x:si>
   <x:si>
     <x:t>4500 Memorial Drive</x:t>
   </x:si>
   <x:si>
     <x:t>Belleville</x:t>
   </x:si>
   <x:si>
     <x:t>62226</x:t>
   </x:si>
   <x:si>
     <x:t>Protestant Memorial Medical Center, Inc. (Formerly - Memorial Regional Health Services)</x:t>
   </x:si>
   <x:si>
     <x:t>Riverside Medical Center</x:t>
   </x:si>
   <x:si>
-    <x:t>350 N. Wall St.</x:t>
+    <x:t>350 N wall st</x:t>
   </x:si>
   <x:si>
     <x:t>Kankakee</x:t>
   </x:si>
   <x:si>
     <x:t>60901</x:t>
   </x:si>
   <x:si>
     <x:t>Rush Copley Medical Center***</x:t>
   </x:si>
   <x:si>
     <x:t>2000 Ogden Ave</x:t>
   </x:si>
   <x:si>
     <x:t>60504</x:t>
   </x:si>
   <x:si>
     <x:t>Rush Oak Park Hospital</x:t>
   </x:si>
   <x:si>
-    <x:t>520 S. Maple Ave</x:t>
+    <x:t>520 S. Maple Avenue</x:t>
   </x:si>
   <x:si>
     <x:t>Oak Park</x:t>
   </x:si>
   <x:si>
     <x:t>60304</x:t>
   </x:si>
   <x:si>
     <x:t>2021 , 2025</x:t>
   </x:si>
   <x:si>
     <x:t>Rush University Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>600 S paulina</x:t>
   </x:si>
   <x:si>
     <x:t>753</x:t>
   </x:si>
   <x:si>
     <x:t>60612</x:t>
   </x:si>
   <x:si>
     <x:t>2006, 2010, 2016, 2020, 2025</x:t>
   </x:si>
   <x:si>
     <x:t>Saint Anthony’s Health Center – OSF Healthcare</x:t>
   </x:si>
   <x:si>
     <x:t>1 Saint Anthonys Way</x:t>
   </x:si>
   <x:si>
     <x:t>Alton</x:t>
   </x:si>
   <x:si>
     <x:t>62002-4568</x:t>
   </x:si>
   <x:si>
     <x:t>Saint Francis Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>355 Ridge Ave</x:t>
   </x:si>
   <x:si>
-    <x:t>60202-3328</x:t>
+    <x:t>60202</x:t>
   </x:si>
   <x:si>
     <x:t>Saint Mary of Nazareth</x:t>
   </x:si>
   <x:si>
     <x:t>2233 W Division Street</x:t>
   </x:si>
   <x:si>
     <x:t>60622</x:t>
   </x:si>
   <x:si>
     <x:t>(FORMERLY) AMITA Health Saints Mary and Elizabeth Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>Sarah Bush Lincoln Health Center</x:t>
   </x:si>
   <x:si>
     <x:t>1000 Health Center Drive</x:t>
   </x:si>
   <x:si>
     <x:t>Mattoon</x:t>
   </x:si>
   <x:si>
     <x:t>61938</x:t>
   </x:si>
   <x:si>
     <x:t>Shirley Ryan AbilityLab</x:t>
   </x:si>
   <x:si>
     <x:t>355 E Erie Street</x:t>
   </x:si>
   <x:si>
     <x:t>Springfield Memorial Hospital  (Formerly - Memorial Medical Center)</x:t>
   </x:si>
   <x:si>
-    <x:t>701 N. First St.</x:t>
+    <x:t xml:space="preserve">701 N. 1st St. </x:t>
   </x:si>
   <x:si>
     <x:t>Springfield</x:t>
   </x:si>
   <x:si>
-    <x:t>62781-0001</x:t>
+    <x:t>62781</x:t>
   </x:si>
   <x:si>
     <x:t>2011, 2013, 2021</x:t>
   </x:si>
   <x:si>
     <x:t>The University of Chicago Medical Center</x:t>
   </x:si>
   <x:si>
-    <x:t>5841 South Maryland</x:t>
+    <x:t>5700 S. Maryland Avenue</x:t>
   </x:si>
   <x:si>
     <x:t>60637</x:t>
   </x:si>
   <x:si>
     <x:t>UChicago Medicine|AdventHealth Hinsdale and UChicago Medicine|AdventHealth La Grange (2 campus 1 entity) (Formerly) AdventHealth Hinsdale Hospital and AdventHealth La Grange Hospital (formerly) AMITA Health Adventist Medical Centers Adventist Hinsdale Hospital and Adventist La Grange Hospital    (2 campus 1 entity)</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">120 North Oak Street </x:t>
   </x:si>
   <x:si>
-    <x:t>5101 South Willow Springs Road, La Grange, IL 60525</x:t>
-[...2 lines deleted...]
-    <x:t>Hinsdale</x:t>
+    <x:t>HInsdale</x:t>
   </x:si>
   <x:si>
     <x:t>60521</x:t>
   </x:si>
   <x:si>
     <x:t>University of Illinois Hospital and Health Sciences System</x:t>
   </x:si>
   <x:si>
     <x:t>1740 W. Taylor St.</x:t>
   </x:si>
   <x:si>
     <x:t>(Legal Entity - The Board of Trustees of the University of Illinois)</x:t>
   </x:si>
   <x:si>
-    <x:t>UW Health Northern Illinois (Formerly_SwedishAmerican a Division of UW Health)</x:t>
-[...2 lines deleted...]
-    <x:t>1401 E. State Street</x:t>
+    <x:t>UW Health Northern Illinois SwedishAmerican</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1401 East State Street</x:t>
   </x:si>
   <x:si>
     <x:t>61104</x:t>
   </x:si>
   <x:si>
     <x:t>Ascension St. Vincent Evansville</x:t>
   </x:si>
   <x:si>
-    <x:t>3700 Washington Ave.</x:t>
+    <x:t xml:space="preserve">3700 Washington Ave. </x:t>
   </x:si>
   <x:si>
     <x:t>Evansville</x:t>
   </x:si>
   <x:si>
     <x:t>Indiana</x:t>
   </x:si>
   <x:si>
-    <x:t>47750</x:t>
+    <x:t>812-485-4000</x:t>
   </x:si>
   <x:si>
     <x:t>Deaconess Hospital, Inc.</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">600 Mary Street </x:t>
+    <x:t>600 Mary St.</x:t>
   </x:si>
   <x:si>
     <x:t>47747</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> 2022, 2018</x:t>
   </x:si>
   <x:si>
     <x:t>Deaconess Memorial Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>800 West 9th Street</x:t>
   </x:si>
   <x:si>
     <x:t>Jasper</x:t>
   </x:si>
   <x:si>
     <x:t>47546</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> 2024</x:t>
   </x:si>
   <x:si>
     <x:t>Good Samaritan Hospital</x:t>
   </x:si>
@@ -2720,165 +2765,165 @@
   <x:si>
     <x:t>Hendricks Regional Health</x:t>
   </x:si>
   <x:si>
     <x:t>1000 E Main ST</x:t>
   </x:si>
   <x:si>
     <x:t>Danville</x:t>
   </x:si>
   <x:si>
     <x:t>46122-1948</x:t>
   </x:si>
   <x:si>
     <x:t>Indiana University Health Arnett Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>5165 McCarty Lane</x:t>
   </x:si>
   <x:si>
     <x:t>47903</x:t>
   </x:si>
   <x:si>
     <x:t>Indiana University Health Ball Memorial Hospital</x:t>
   </x:si>
   <x:si>
-    <x:t>2401 West University Ave.</x:t>
+    <x:t>2401 W. University Ave.</x:t>
   </x:si>
   <x:si>
     <x:t>Muncie</x:t>
   </x:si>
   <x:si>
     <x:t>47303</x:t>
   </x:si>
   <x:si>
     <x:t>Indiana University Health Bloomington</x:t>
   </x:si>
   <x:si>
     <x:t>2651 E. Discovery Parkway</x:t>
   </x:si>
   <x:si>
     <x:t>47408</x:t>
   </x:si>
   <x:si>
     <x:t>Indiana University Health North Hospital</x:t>
   </x:si>
   <x:si>
-    <x:t>11700 North Meridian Street</x:t>
+    <x:t>11700 N Meridian Street</x:t>
   </x:si>
   <x:si>
     <x:t>Carmel</x:t>
   </x:si>
   <x:si>
     <x:t>46032</x:t>
   </x:si>
   <x:si>
     <x:t>Indiana University Health West Hospital***</x:t>
   </x:si>
   <x:si>
     <x:t>1111 N Ronald Reagan Parkway</x:t>
   </x:si>
   <x:si>
     <x:t>Avon</x:t>
   </x:si>
   <x:si>
     <x:t>46123</x:t>
   </x:si>
   <x:si>
     <x:t>Indiana University Health, Methodist, University Hospitals</x:t>
   </x:si>
   <x:si>
     <x:t>1701 N. Senate Blvd.</x:t>
   </x:si>
   <x:si>
     <x:t>Indianapolis</x:t>
   </x:si>
   <x:si>
     <x:t>46202</x:t>
   </x:si>
   <x:si>
     <x:t>2009, 2014, 2019, 2023</x:t>
   </x:si>
   <x:si>
     <x:t>Parkview Regional Medical Center</x:t>
   </x:si>
   <x:si>
-    <x:t>11109 Parkview Plaza Dr</x:t>
+    <x:t>11109 Parkview Plaza Drive</x:t>
   </x:si>
   <x:si>
     <x:t>Fort Wayne</x:t>
   </x:si>
   <x:si>
-    <x:t>46845-1701</x:t>
+    <x:t>46845</x:t>
   </x:si>
   <x:si>
     <x:t>Riley Children's Health</x:t>
   </x:si>
   <x:si>
     <x:t>705 Riley Hospital Drive</x:t>
   </x:si>
   <x:si>
     <x:t>Schneck Medical Center</x:t>
   </x:si>
   <x:si>
-    <x:t>411 West Tipton Street</x:t>
+    <x:t xml:space="preserve">411 West Tipton Street </x:t>
   </x:si>
   <x:si>
     <x:t>Seymour</x:t>
   </x:si>
   <x:si>
-    <x:t>47274</x:t>
+    <x:t>47220</x:t>
   </x:si>
   <x:si>
     <x:t>2011, 2016, 2021</x:t>
   </x:si>
   <x:si>
     <x:t>Union Health (formerly Union Hospital, Inc.)</x:t>
   </x:si>
   <x:si>
     <x:t>1606 N. 7th Street</x:t>
   </x:si>
   <x:si>
     <x:t>Terre Haute</x:t>
   </x:si>
   <x:si>
     <x:t>47804</x:t>
   </x:si>
   <x:si>
     <x:t>Mary Greeley Medical Center</x:t>
   </x:si>
   <x:si>
-    <x:t>1111 Duff Avenue</x:t>
+    <x:t>1111 Duff Ave</x:t>
   </x:si>
   <x:si>
     <x:t>Ames</x:t>
   </x:si>
   <x:si>
     <x:t>Iowa</x:t>
   </x:si>
   <x:si>
-    <x:t>50010</x:t>
+    <x:t>50010-5745</x:t>
   </x:si>
   <x:si>
     <x:t>MercyOne Dubuque Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>250 Mercy Dr</x:t>
   </x:si>
   <x:si>
     <x:t>Dubuque</x:t>
   </x:si>
   <x:si>
     <x:t>52001-7320</x:t>
   </x:si>
   <x:si>
     <x:t>UnityPoint Health St. Luke's Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>1026 A Ave NE</x:t>
   </x:si>
   <x:si>
     <x:t>Cedar Rapids</x:t>
   </x:si>
   <x:si>
     <x:t>52402</x:t>
   </x:si>
@@ -2906,171 +2951,177 @@
   <x:si>
     <x:t>Shawnee Mission</x:t>
   </x:si>
   <x:si>
     <x:t>Kansas</x:t>
   </x:si>
   <x:si>
     <x:t>66204</x:t>
   </x:si>
   <x:si>
     <x:t>Stormont Vail Health</x:t>
   </x:si>
   <x:si>
     <x:t>1500 SW 10th Street</x:t>
   </x:si>
   <x:si>
     <x:t>Topeka</x:t>
   </x:si>
   <x:si>
     <x:t>66604</x:t>
   </x:si>
   <x:si>
     <x:t>The University of Kansas Health System</x:t>
   </x:si>
   <x:si>
-    <x:t>4000 Cambridge St</x:t>
+    <x:t>4000 Cambridge</x:t>
   </x:si>
   <x:si>
     <x:t>Kansas City</x:t>
   </x:si>
   <x:si>
     <x:t>66160</x:t>
   </x:si>
   <x:si>
     <x:t>Baptist Health Lexington</x:t>
   </x:si>
   <x:si>
     <x:t>1740 Nicholasville Road</x:t>
   </x:si>
   <x:si>
     <x:t>Lexington</x:t>
   </x:si>
   <x:si>
     <x:t>Kentucky</x:t>
   </x:si>
   <x:si>
     <x:t>40503</x:t>
   </x:si>
   <x:si>
     <x:t>2010, 2015, 2019, 2024</x:t>
   </x:si>
   <x:si>
     <x:t>Baptist Health Louisville</x:t>
   </x:si>
   <x:si>
     <x:t>4000 Kresge Way</x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve">Louisville </x:t>
+  </x:si>
+  <x:si>
+    <x:t>40207</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Frankfort Regional Medical Center</x:t>
+  </x:si>
+  <x:si>
+    <x:t>299 King's Daughter's Drive</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Frankfort</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40601</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2016, 2022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>St. Elizabeth Healthcare</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">1 Medical Village Drive </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Edgewood</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41015</x:t>
+  </x:si>
+  <x:si>
+    <x:t>St. Elizabeth Healthcare Florence and Ft. Thomas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4900 Houston Road</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Florence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UK HealthCare</x:t>
+  </x:si>
+  <x:si>
+    <x:t>800 Rose Street, N100</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Lexington </x:t>
+  </x:si>
+  <x:si>
+    <x:t>40536</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2021, 2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>University Medical Center, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>530 S. Jackson Street</x:t>
+  </x:si>
+  <x:si>
     <x:t>Louisville</x:t>
   </x:si>
   <x:si>
-    <x:t>40207</x:t>
-[...58 lines deleted...]
-  <x:si>
     <x:t>40202</x:t>
   </x:si>
   <x:si>
     <x:t>East Jefferson General Hospital</x:t>
   </x:si>
   <x:si>
-    <x:t>4200 Houma Blvd</x:t>
+    <x:t>4200 Houma Blvd.</x:t>
   </x:si>
   <x:si>
     <x:t>Metairie</x:t>
   </x:si>
   <x:si>
     <x:t>Louisiana</x:t>
   </x:si>
   <x:si>
     <x:t>70006</x:t>
   </x:si>
   <x:si>
     <x:t>2006, 2012, 2016, 2022</x:t>
   </x:si>
   <x:si>
     <x:t>Manning Family Children's (Formerly Children’s Hospital New Orleans)</x:t>
   </x:si>
   <x:si>
-    <x:t>200 Henry Clay Ave</x:t>
+    <x:t>200 Henry Clay Avenue</x:t>
   </x:si>
   <x:si>
     <x:t>New Orleans</x:t>
   </x:si>
   <x:si>
     <x:t>70118</x:t>
   </x:si>
   <x:si>
     <x:t>Ochsner Medical Center - New Orleans</x:t>
   </x:si>
   <x:si>
     <x:t>1514 Jefferson Highway</x:t>
   </x:si>
   <x:si>
     <x:t>70121</x:t>
   </x:si>
   <x:si>
     <x:t>2008, 2013, 2019, 2024</x:t>
   </x:si>
   <x:si>
     <x:t>University Medical Center New Orleans</x:t>
   </x:si>
   <x:si>
     <x:t>2000 Canal St</x:t>
   </x:si>
@@ -3089,63 +3140,60 @@
   <x:si>
     <x:t>70817</x:t>
   </x:si>
   <x:si>
     <x:t>2012, 2017, 2023</x:t>
   </x:si>
   <x:si>
     <x:t>Maine Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>22 Bramhall Street</x:t>
   </x:si>
   <x:si>
     <x:t>Portland</x:t>
   </x:si>
   <x:si>
     <x:t>Maine</x:t>
   </x:si>
   <x:si>
     <x:t>04102</x:t>
   </x:si>
   <x:si>
     <x:t>Frederick Health</x:t>
   </x:si>
   <x:si>
-    <x:t>400 W 7th St Ofc</x:t>
-[...2 lines deleted...]
-    <x:t>Medical Staff</x:t>
+    <x:t>400 West 7th Street</x:t>
   </x:si>
   <x:si>
     <x:t>Frederick</x:t>
   </x:si>
   <x:si>
     <x:t>Maryland</x:t>
   </x:si>
   <x:si>
-    <x:t>21701-4593</x:t>
+    <x:t>21701</x:t>
   </x:si>
   <x:si>
     <x:t>Luminis Health Anne Arundel Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>2001 Medical Parkway</x:t>
   </x:si>
   <x:si>
     <x:t>Annapolis</x:t>
   </x:si>
   <x:si>
     <x:t>21401</x:t>
   </x:si>
   <x:si>
     <x:t>Medstar Franklin Square Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>9000 Franklin Square Drive</x:t>
   </x:si>
   <x:si>
     <x:t>Baltimore</x:t>
   </x:si>
   <x:si>
     <x:t>21237</x:t>
   </x:si>
@@ -3167,176 +3215,176 @@
   <x:si>
     <x:t>18101 Prince Philip Drive</x:t>
   </x:si>
   <x:si>
     <x:t>Olney</x:t>
   </x:si>
   <x:si>
     <x:t>20832</x:t>
   </x:si>
   <x:si>
     <x:t>MedStar St. Mary's Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>25500 Point Lookout Road</x:t>
   </x:si>
   <x:si>
     <x:t>Leonardtown</x:t>
   </x:si>
   <x:si>
     <x:t>20650</x:t>
   </x:si>
   <x:si>
     <x:t>Mercy Medical Center</x:t>
   </x:si>
   <x:si>
-    <x:t>345 Saint Paul St</x:t>
-[...2 lines deleted...]
-    <x:t>21202-2123</x:t>
+    <x:t>345 St. Paul Place</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21202</x:t>
   </x:si>
   <x:si>
     <x:t>National Institutes of Health Clinical Center</x:t>
   </x:si>
   <x:si>
     <x:t>10 Center Drive</x:t>
   </x:si>
   <x:si>
     <x:t>Bethesda</x:t>
   </x:si>
   <x:si>
     <x:t>20892</x:t>
   </x:si>
   <x:si>
     <x:t>Suburban Hospital Johns Hopkins Medicine</x:t>
   </x:si>
   <x:si>
     <x:t>8600 Old Georgetown Road</x:t>
   </x:si>
   <x:si>
     <x:t>20814</x:t>
   </x:si>
   <x:si>
     <x:t>The Johns Hopkins Hospital</x:t>
   </x:si>
   <x:si>
-    <x:t>600 North Wolfe St</x:t>
+    <x:t>Baltimore,MD21287,USA</x:t>
   </x:si>
   <x:si>
     <x:t>21287</x:t>
   </x:si>
   <x:si>
     <x:t>University of Maryland (UM) Shore Regional Health</x:t>
   </x:si>
   <x:si>
     <x:t>219 S. Washington St</x:t>
   </x:si>
   <x:si>
     <x:t>Easton</x:t>
   </x:si>
   <x:si>
     <x:t>21601</x:t>
   </x:si>
   <x:si>
     <x:t>University of Maryland Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>22 South Greene Street</x:t>
   </x:si>
   <x:si>
     <x:t>21201</x:t>
   </x:si>
   <x:si>
     <x:t>Baystate Medical Center</x:t>
   </x:si>
   <x:si>
-    <x:t>759 Chestnut St</x:t>
+    <x:t>759 Chestnut Street</x:t>
   </x:si>
   <x:si>
     <x:t>Massachusetts</x:t>
   </x:si>
   <x:si>
-    <x:t>01199-1001</x:t>
+    <x:t>01199</x:t>
   </x:si>
   <x:si>
     <x:t>Beth Israel Deaconess Medical Center</x:t>
   </x:si>
   <x:si>
-    <x:t>330 Brookline Ave</x:t>
-[...2 lines deleted...]
-    <x:t xml:space="preserve">Boston </x:t>
+    <x:t>330 Brookline Ave .</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gryzmish</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Boston</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02215</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Boston Children's Hospital</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300 Longwood Avenue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20201001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Boston Medical Center</x:t>
+  </x:si>
+  <x:si>
+    <x:t>One Boston Medical Center Place</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02118</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brigham And Women Hospital</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75 Francis Street</x:t>
   </x:si>
   <x:si>
     <x:t>02115</x:t>
   </x:si>
   <x:si>
-    <x:t>Boston Children's Hospital</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>Brigham and Women's Faulkner Hospital***</x:t>
   </x:si>
   <x:si>
     <x:t>1153 Centre St</x:t>
   </x:si>
   <x:si>
     <x:t>02130-3446</x:t>
   </x:si>
   <x:si>
-    <x:t>Brigham and Women's Hospital</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Dana-Farber Cancer Institute</x:t>
   </x:si>
   <x:si>
     <x:t>450 Brookline Avenue</x:t>
   </x:si>
   <x:si>
-    <x:t>02215</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Lahey Hospital and Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>41 Mall Road</x:t>
   </x:si>
   <x:si>
     <x:t>Burlington</x:t>
   </x:si>
   <x:si>
     <x:t>01805</x:t>
   </x:si>
   <x:si>
     <x:t>Massachusetts General Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>55 Fruit Street</x:t>
   </x:si>
   <x:si>
     <x:t>Bulfinch 230</x:t>
   </x:si>
   <x:si>
     <x:t>02114</x:t>
   </x:si>
   <x:si>
     <x:t>New England Baptist Hospital</x:t>
@@ -3353,90 +3401,90 @@
   <x:si>
     <x:t>55 Fogg Road</x:t>
   </x:si>
   <x:si>
     <x:t>South Weymouth</x:t>
   </x:si>
   <x:si>
     <x:t>02190</x:t>
   </x:si>
   <x:si>
     <x:t>Spaulding Hospital for Continuing Medical Care</x:t>
   </x:si>
   <x:si>
     <x:t>1575 Cambridge Street</x:t>
   </x:si>
   <x:si>
     <x:t>Cambridge</x:t>
   </x:si>
   <x:si>
     <x:t>02138</x:t>
   </x:si>
   <x:si>
     <x:t>Spaulding Rehabilitation Hospital</x:t>
   </x:si>
   <x:si>
-    <x:t>300 1st Street</x:t>
+    <x:t>300 1st Avenue</x:t>
   </x:si>
   <x:si>
     <x:t>Charlestown</x:t>
   </x:si>
   <x:si>
     <x:t>02129</x:t>
   </x:si>
   <x:si>
     <x:t>Spaulding Rehabilitation Hospital Cape Cod</x:t>
   </x:si>
   <x:si>
-    <x:t>311 Service Rd</x:t>
+    <x:t>311 Service Road</x:t>
   </x:si>
   <x:si>
     <x:t>East Sandwich</x:t>
   </x:si>
   <x:si>
-    <x:t>02537-1370</x:t>
+    <x:t>02537</x:t>
   </x:si>
   <x:si>
     <x:t>Tufts Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>800 Washington Street</x:t>
   </x:si>
   <x:si>
     <x:t>02111</x:t>
   </x:si>
   <x:si>
     <x:t>Tufts Medicine Lowell General Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>295 Varnum Ave</x:t>
   </x:si>
   <x:si>
-    <x:t>Lowell</x:t>
-[...2 lines deleted...]
-    <x:t>01854-2193</x:t>
+    <x:t xml:space="preserve">Lowell </x:t>
+  </x:si>
+  <x:si>
+    <x:t>01854</x:t>
   </x:si>
   <x:si>
     <x:t>2014, 2020, 2025</x:t>
   </x:si>
   <x:si>
     <x:t>Winchester Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>41 Highland Ave</x:t>
   </x:si>
   <x:si>
     <x:t>Winchester</x:t>
   </x:si>
   <x:si>
     <x:t>01890</x:t>
   </x:si>
   <x:si>
     <x:t>Bronson Methodist Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>601 John St.</x:t>
   </x:si>
   <x:si>
     <x:t>Kalamazoo</x:t>
   </x:si>
@@ -3455,90 +3503,90 @@
   <x:si>
     <x:t>468 Cadieux</x:t>
   </x:si>
   <x:si>
     <x:t>Grosse Pointe</x:t>
   </x:si>
   <x:si>
     <x:t>48230</x:t>
   </x:si>
   <x:si>
     <x:t>Corewell Health Beaumont Troy Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>44201 Dequindre Rd</x:t>
   </x:si>
   <x:si>
     <x:t>Troy</x:t>
   </x:si>
   <x:si>
     <x:t>48085</x:t>
   </x:si>
   <x:si>
     <x:t>Corewell Health Farmington Hills Hospital</x:t>
   </x:si>
   <x:si>
-    <x:t>28050 Grand River Avenue</x:t>
+    <x:t>28050 Grand River Ave</x:t>
   </x:si>
   <x:si>
     <x:t>Farmington Hills</x:t>
   </x:si>
   <x:si>
     <x:t>48336</x:t>
   </x:si>
   <x:si>
     <x:t>Corewell Health Grand Rapids (formerly Spectrum Health Grand Rapids)</x:t>
   </x:si>
   <x:si>
     <x:t>100 Michigan St NE</x:t>
   </x:si>
   <x:si>
     <x:t>Grand Rapids</x:t>
   </x:si>
   <x:si>
     <x:t>49503</x:t>
   </x:si>
   <x:si>
     <x:t>2014, 2019, 2023</x:t>
   </x:si>
   <x:si>
     <x:t>Corewell Health Taylor Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>10000 Telegraph Rd</x:t>
   </x:si>
   <x:si>
     <x:t>Taylor</x:t>
   </x:si>
   <x:si>
-    <x:t>48180-3330</x:t>
+    <x:t>48180</x:t>
   </x:si>
   <x:si>
     <x:t>Corewell Health Trenton Hospital</x:t>
   </x:si>
   <x:si>
-    <x:t>5450 Fort Street</x:t>
+    <x:t>5450 Fort St</x:t>
   </x:si>
   <x:si>
     <x:t>Trenton</x:t>
   </x:si>
   <x:si>
     <x:t>48183</x:t>
   </x:si>
   <x:si>
     <x:t>Corewell Health Wayne Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>33155 Annapolis Street</x:t>
   </x:si>
   <x:si>
     <x:t>Wayne</x:t>
   </x:si>
   <x:si>
     <x:t>48184</x:t>
   </x:si>
   <x:si>
     <x:t>Corewell Health William Beaumont University Hospital (formerly Beaumont Hospital, Royal Oak)</x:t>
   </x:si>
   <x:si>
     <x:t>3601 W. 13 Mile Road</x:t>
   </x:si>
@@ -3599,411 +3647,426 @@
   <x:si>
     <x:t>48670</x:t>
   </x:si>
   <x:si>
     <x:t>Trinity Health Grand Rapids (Formerly) Mercy Health Saint Mary's</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">200 Jefferson Ave. </x:t>
   </x:si>
   <x:si>
     <x:t>University of Michigan Health (Formerly - The University of Michigan Health System at Michigan Medicine)</x:t>
   </x:si>
   <x:si>
     <x:t>1500 East Medical Center Drive</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Ann Arbor </x:t>
   </x:si>
   <x:si>
     <x:t>48109</x:t>
   </x:si>
   <x:si>
     <x:t>University of Michigan Health - West</x:t>
   </x:si>
   <x:si>
-    <x:t>5900 Byron Center Ave. SW</x:t>
+    <x:t>5900 Byron Center Ave SW</x:t>
   </x:si>
   <x:si>
     <x:t>Wyoming</x:t>
   </x:si>
   <x:si>
     <x:t>49519</x:t>
   </x:si>
   <x:si>
     <x:t>Abbott Northwestern Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>800 E. 28th St</x:t>
   </x:si>
   <x:si>
     <x:t>Minneapolis</x:t>
   </x:si>
   <x:si>
     <x:t>Minnesota</x:t>
   </x:si>
   <x:si>
     <x:t>55317</x:t>
   </x:si>
   <x:si>
     <x:t>Children's Minnesota</x:t>
   </x:si>
   <x:si>
     <x:t>2525 Chicago Avenue</x:t>
   </x:si>
   <x:si>
     <x:t>55404</x:t>
   </x:si>
   <x:si>
     <x:t>Mayo Clinic in Rochester, Minnesota</x:t>
   </x:si>
   <x:si>
-    <x:t>200 1st St SW</x:t>
+    <x:t>200 First Street SW</x:t>
   </x:si>
   <x:si>
     <x:t>Rochester</x:t>
   </x:si>
   <x:si>
     <x:t>55905</x:t>
   </x:si>
   <x:si>
     <x:t>1997</x:t>
   </x:si>
   <x:si>
     <x:t>2002, 2006, 2011, 2016, 2020, 2025</x:t>
   </x:si>
   <x:si>
     <x:t>St. Cloud Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>1406 6th Ave. N.</x:t>
   </x:si>
   <x:si>
     <x:t>St. Cloud</x:t>
   </x:si>
   <x:si>
     <x:t>56303</x:t>
   </x:si>
   <x:si>
     <x:t>Mississippi Baptist Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>1225 N State St</x:t>
   </x:si>
   <x:si>
     <x:t>Mississippi</x:t>
   </x:si>
   <x:si>
     <x:t>39202-2097</x:t>
   </x:si>
   <x:si>
     <x:t>Barnes-Jewish Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>1 Barnes-Jewish Hospital Plaza Drive</x:t>
   </x:si>
   <x:si>
-    <x:t>Mailstop 90-71-310</x:t>
+    <x:t>Mailstop 90-29-902</x:t>
   </x:si>
   <x:si>
     <x:t>St. Louis</x:t>
   </x:si>
   <x:si>
     <x:t>Missouri</x:t>
   </x:si>
   <x:si>
     <x:t>63110</x:t>
   </x:si>
   <x:si>
     <x:t>Boone Health</x:t>
   </x:si>
   <x:si>
     <x:t>1600 E. Broadway</x:t>
   </x:si>
   <x:si>
     <x:t>Columbia</x:t>
   </x:si>
   <x:si>
     <x:t>65251</x:t>
   </x:si>
   <x:si>
     <x:t>Children's Mercy Kansas City</x:t>
   </x:si>
   <x:si>
     <x:t>2401 Gillham Road</x:t>
   </x:si>
   <x:si>
     <x:t>64108</x:t>
   </x:si>
   <x:si>
     <x:t>2007, 2012, 2016, 2020, 2025</x:t>
   </x:si>
   <x:si>
     <x:t>Cox Medical Centers</x:t>
   </x:si>
   <x:si>
-    <x:t>1423 North Jefferson Avenue</x:t>
+    <x:t>1423 N. Jefferson Avenue</x:t>
   </x:si>
   <x:si>
     <x:t>65802</x:t>
   </x:si>
   <x:si>
     <x:t>Missouri Baptist Medical Center</x:t>
   </x:si>
   <x:si>
-    <x:t>3015 N. Ballas</x:t>
+    <x:t>3015 N. Ballas St</x:t>
   </x:si>
   <x:si>
     <x:t>63131</x:t>
   </x:si>
   <x:si>
     <x:t>North Kansas City Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>2800 Clay Edwards Dr.</x:t>
   </x:si>
   <x:si>
     <x:t>North Kansas City</x:t>
   </x:si>
   <x:si>
     <x:t>64116</x:t>
   </x:si>
   <x:si>
     <x:t>Saint Luke's Hospital of Kansas City</x:t>
   </x:si>
   <x:si>
-    <x:t>4401 Wornall Road</x:t>
-[...2 lines deleted...]
-    <x:t>64111</x:t>
+    <x:t>4401 Wornall Rd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64111-3241</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> 2009, 2014, 2019, 2024</x:t>
   </x:si>
   <x:si>
     <x:t>SSM Health Cardinal Glennon Children's Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>1465 S. Grand Blvd.</x:t>
   </x:si>
   <x:si>
     <x:t>63104</x:t>
   </x:si>
   <x:si>
     <x:t>St. Louis Children's Hospital</x:t>
   </x:si>
   <x:si>
-    <x:t>1 Childrens Pl</x:t>
-[...2 lines deleted...]
-    <x:t>Saint Louis</x:t>
+    <x:t>One Children's Place</x:t>
   </x:si>
   <x:si>
     <x:t>Billings Clinic</x:t>
   </x:si>
   <x:si>
-    <x:t>2800 10th Avenue North</x:t>
+    <x:t>2800 10th Ave N</x:t>
   </x:si>
   <x:si>
     <x:t>Billings</x:t>
   </x:si>
   <x:si>
     <x:t>Montana</x:t>
   </x:si>
   <x:si>
+    <x:t>59107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intermountain Health St. Vincent Regional Hospital</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1233 N 30th St</x:t>
+  </x:si>
+  <x:si>
     <x:t>59101</x:t>
   </x:si>
   <x:si>
-    <x:t>Intermountain Health St. Vincent Regional Hospital</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Formerly St.Vincent Healthcare</x:t>
   </x:si>
   <x:si>
     <x:t>Providence St. Patrick Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>500 W Broadway</x:t>
   </x:si>
   <x:si>
     <x:t>Missoula</x:t>
   </x:si>
   <x:si>
     <x:t>59802</x:t>
   </x:si>
   <x:si>
     <x:t>CHI Health St. Elizabeth</x:t>
   </x:si>
   <x:si>
     <x:t>555 South 70th Street</x:t>
   </x:si>
   <x:si>
     <x:t>Lincoln</x:t>
   </x:si>
   <x:si>
     <x:t>Nebraska</x:t>
   </x:si>
   <x:si>
     <x:t>68510</x:t>
   </x:si>
   <x:si>
     <x:t>CHI Health St. Francis</x:t>
   </x:si>
   <x:si>
-    <x:t>2620 West Faidley Ave</x:t>
+    <x:t>2620 W Faidley Ave</x:t>
   </x:si>
   <x:si>
     <x:t>Grand Island</x:t>
   </x:si>
   <x:si>
     <x:t>68803</x:t>
   </x:si>
   <x:si>
     <x:t>Children's Nebraska</x:t>
   </x:si>
   <x:si>
-    <x:t>8200 Dodge St</x:t>
+    <x:t>8200 Dodge Street</x:t>
   </x:si>
   <x:si>
     <x:t>Omaha</x:t>
   </x:si>
   <x:si>
-    <x:t>68114-4113</x:t>
+    <x:t>68114</x:t>
   </x:si>
   <x:si>
     <x:t>2011, 2016, 2021, 2025</x:t>
   </x:si>
   <x:si>
     <x:t>Nebraska Medicine</x:t>
   </x:si>
   <x:si>
     <x:t>987400 Nebraska Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>68198-7400</x:t>
   </x:si>
   <x:si>
     <x:t>2012, 2018, 2024</x:t>
   </x:si>
   <x:si>
     <x:t>Nebraska Methodist Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>8303 Dodge St.</x:t>
   </x:si>
   <x:si>
-    <x:t>68114</x:t>
+    <x:t>University Medical Center of Southern Nevada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1800 W. Charleston Blvd.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Las Vegas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nevada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>89102</x:t>
   </x:si>
   <x:si>
     <x:t>Exeter Hospital, now a part of Beth Israel Lahey Health</x:t>
   </x:si>
   <x:si>
     <x:t>5 Alumni Drive</x:t>
   </x:si>
   <x:si>
     <x:t>Exeter</x:t>
   </x:si>
   <x:si>
     <x:t>New Hampshire</x:t>
   </x:si>
   <x:si>
     <x:t>03833</x:t>
   </x:si>
   <x:si>
     <x:t>Mass General Brigham Wentworth-Douglass Hospital (formerly Wentworth-Douglass Hospital)</x:t>
   </x:si>
   <x:si>
-    <x:t>789 Central Avenue</x:t>
+    <x:t xml:space="preserve">789 Central Ave. </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Dover </x:t>
   </x:si>
   <x:si>
     <x:t>03820</x:t>
   </x:si>
   <x:si>
     <x:t>Southern New Hampshire Medical Center</x:t>
   </x:si>
   <x:si>
-    <x:t>8 Prospect St</x:t>
+    <x:t>8 Prospect Street</x:t>
   </x:si>
   <x:si>
     <x:t>Nashua</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">03061 </x:t>
+    <x:t>03060</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2011, 2016, 2021, 2026</x:t>
   </x:si>
   <x:si>
     <x:t>AHS Newton Medical Center</x:t>
   </x:si>
   <x:si>
-    <x:t>175 High St</x:t>
+    <x:t>175 High Street</x:t>
   </x:si>
   <x:si>
     <x:t>Newton</x:t>
   </x:si>
   <x:si>
     <x:t>New Jersey</x:t>
   </x:si>
   <x:si>
-    <x:t>07860-1004</x:t>
+    <x:t>07860</x:t>
   </x:si>
   <x:si>
     <x:t>Atlantic Health CentraState Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>901 West Main Street</x:t>
   </x:si>
   <x:si>
     <x:t>Freehold</x:t>
   </x:si>
   <x:si>
     <x:t>07728</x:t>
   </x:si>
   <x:si>
-    <x:t>2010, 2015, 2020, 2024, 2025</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>AtlantiCare Regional Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>1925 Pacific Avenue</x:t>
   </x:si>
   <x:si>
     <x:t>Atlantic City</x:t>
   </x:si>
   <x:si>
     <x:t>08401</x:t>
   </x:si>
   <x:si>
     <x:t>Capital Health</x:t>
   </x:si>
   <x:si>
     <x:t>750 Brunswick Avenue</x:t>
   </x:si>
   <x:si>
-    <x:t>08638</x:t>
+    <x:t>08638-4143</x:t>
   </x:si>
   <x:si>
     <x:t>2006, 2011, 2017, 2022</x:t>
   </x:si>
   <x:si>
     <x:t>Chilton Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>97 West Parkway</x:t>
   </x:si>
   <x:si>
     <x:t>Pompton Plains</x:t>
   </x:si>
   <x:si>
     <x:t>07444</x:t>
   </x:si>
   <x:si>
     <x:t>Cooperman Barnabas Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>94  Old Short hills Road</x:t>
   </x:si>
   <x:si>
     <x:t>Livingston</x:t>
   </x:si>
@@ -4049,81 +4112,81 @@
   <x:si>
     <x:t>Hackensack</x:t>
   </x:si>
   <x:si>
     <x:t>07601</x:t>
   </x:si>
   <x:si>
     <x:t>1999, 2003, 2009, 2014, 2019, 2024</x:t>
   </x:si>
   <x:si>
     <x:t>Hackensack Meridian Health Bayshore Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>727 N Beers Street</x:t>
   </x:si>
   <x:si>
     <x:t>Holmdel</x:t>
   </x:si>
   <x:si>
     <x:t>07733</x:t>
   </x:si>
   <x:si>
     <x:t>Hackensack Meridian Jersey Shore Medical Center</x:t>
   </x:si>
   <x:si>
-    <x:t>1945 State Route 33</x:t>
+    <x:t>1945 NJ-33</x:t>
   </x:si>
   <x:si>
     <x:t>Neptune</x:t>
   </x:si>
   <x:si>
-    <x:t>07753-4896</x:t>
+    <x:t>07753</x:t>
   </x:si>
   <x:si>
     <x:t>Hackensack Meridian Ocean University Medical Center</x:t>
   </x:si>
   <x:si>
-    <x:t>425 Jack Martin Blvd</x:t>
+    <x:t>425 Jack Martin Boulevard</x:t>
   </x:si>
   <x:si>
     <x:t>Brick</x:t>
   </x:si>
   <x:si>
     <x:t>08724</x:t>
   </x:si>
   <x:si>
     <x:t>2002, 2007, 2012, 2017, 2022</x:t>
   </x:si>
   <x:si>
     <x:t>Hackensack Meridian Southern Ocean Medical Center</x:t>
   </x:si>
   <x:si>
-    <x:t>1140 Route 72 West</x:t>
-[...2 lines deleted...]
-    <x:t>Manhawkin</x:t>
+    <x:t>1140 Route 72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manahawkin</x:t>
   </x:si>
   <x:si>
     <x:t>08050</x:t>
   </x:si>
   <x:si>
     <x:t>Holy Name Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>718 Teaneck Rd</x:t>
   </x:si>
   <x:si>
     <x:t>Teaneck</x:t>
   </x:si>
   <x:si>
     <x:t>07666</x:t>
   </x:si>
   <x:si>
     <x:t>Hunterdon Health</x:t>
   </x:si>
   <x:si>
     <x:t>2100 Wescott Drive</x:t>
   </x:si>
   <x:si>
     <x:t>Flemington</x:t>
   </x:si>
@@ -4133,216 +4196,216 @@
   <x:si>
     <x:t>Inspira Medical Centers</x:t>
   </x:si>
   <x:si>
     <x:t>1505 Sherman Ave</x:t>
   </x:si>
   <x:si>
     <x:t>Vineland</x:t>
   </x:si>
   <x:si>
     <x:t>08360</x:t>
   </x:si>
   <x:si>
     <x:t>Jefferson Health East</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> 435 Hurffville-Cross Keys Rd</x:t>
   </x:si>
   <x:si>
     <x:t>Sewell</x:t>
   </x:si>
   <x:si>
     <x:t>08080</x:t>
   </x:si>
   <x:si>
-    <x:t>Jersey City Medical Center</x:t>
+    <x:t>JFK University Medical Center</x:t>
+  </x:si>
+  <x:si>
+    <x:t>65 James Street</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Edison</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08820</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Monmouth Medical Center</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300 2nd Avenue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Long Branch</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07740</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Morristown Medical Center</x:t>
+  </x:si>
+  <x:si>
+    <x:t>100 Madison Ave</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Morristown</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07960</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2005, 2009, 2014, 2019, 2024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Overlook Medical Center</x:t>
+  </x:si>
+  <x:si>
+    <x:t>99 Beauvoir Avenue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Summit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07091</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Penn Medicine Princeton Health</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1 Plainsboro Road</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Plainsboro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08536</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Raritan Bay Medical Center/Old Bridge Medical Center</x:t>
+  </x:si>
+  <x:si>
+    <x:t>530 New Brunswick Ave</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Perth Amboy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08861</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Robert Wood Johnson Barnabas Health – Jersey City Medical Center”</x:t>
   </x:si>
   <x:si>
     <x:t>355 Grand Street</x:t>
   </x:si>
   <x:si>
     <x:t>Jersey City</x:t>
   </x:si>
   <x:si>
     <x:t>07302</x:t>
   </x:si>
   <x:si>
     <x:t>2014, 2017, 2022</x:t>
   </x:si>
   <x:si>
-    <x:t>JFK University Medical Center</x:t>
-[...73 lines deleted...]
-  <x:si>
     <x:t>Robert Wood Johnson University Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>One Robert Wood Johnson Place</x:t>
   </x:si>
   <x:si>
     <x:t>New Brunswick</x:t>
   </x:si>
   <x:si>
     <x:t>08903</x:t>
   </x:si>
   <x:si>
     <x:t>2002, 2006, 2011, 2016, 2021</x:t>
   </x:si>
   <x:si>
     <x:t>Robert Wood Johnson University Hospital Hamilton</x:t>
   </x:si>
   <x:si>
     <x:t>One Hamilton Health Place</x:t>
   </x:si>
   <x:si>
     <x:t>Hamilton</x:t>
   </x:si>
   <x:si>
     <x:t>08690</x:t>
   </x:si>
   <x:si>
     <x:t>Robert Wood Johnson University Hospital Somerset</x:t>
   </x:si>
   <x:si>
-    <x:t>110 Rehill Ave</x:t>
+    <x:t>110 Rehill Avenue</x:t>
   </x:si>
   <x:si>
     <x:t>Somerville</x:t>
   </x:si>
   <x:si>
     <x:t>08876</x:t>
   </x:si>
   <x:si>
     <x:t>Saint Peter's University Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>254 Easton Ave</x:t>
   </x:si>
   <x:si>
-    <x:t>08901-1766</x:t>
+    <x:t>08901</x:t>
   </x:si>
   <x:si>
     <x:t>St. Joseph's University Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>703 Main Street</x:t>
   </x:si>
   <x:si>
     <x:t>Paterson</x:t>
   </x:si>
   <x:si>
     <x:t>07503</x:t>
   </x:si>
   <x:si>
     <x:t>1999</x:t>
   </x:si>
   <x:si>
     <x:t>2003, 2008, 2014, 2018, 2023</x:t>
   </x:si>
   <x:si>
     <x:t>The Valley Hospital</x:t>
   </x:si>
   <x:si>
-    <x:t>4 Valley Health Plaza</x:t>
-[...5 lines deleted...]
-    <x:t>07652</x:t>
+    <x:t>223 North Van Dien Avenue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ridgewood</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07481</x:t>
   </x:si>
   <x:si>
     <x:t>2008, 2013, 2018, 2022</x:t>
   </x:si>
   <x:si>
     <x:t>Virtua Marlton</x:t>
   </x:si>
   <x:si>
     <x:t>90 Brick Road</x:t>
   </x:si>
   <x:si>
     <x:t>Marlton</x:t>
   </x:si>
   <x:si>
     <x:t>08053</x:t>
   </x:si>
   <x:si>
     <x:t>Virtua Mount Holly</x:t>
   </x:si>
   <x:si>
     <x:t>175 Madison Avenue</x:t>
   </x:si>
   <x:si>
     <x:t>Mount Holly</x:t>
   </x:si>
@@ -4370,204 +4433,201 @@
   <x:si>
     <x:t>Cooperstown</x:t>
   </x:si>
   <x:si>
     <x:t>New York</x:t>
   </x:si>
   <x:si>
     <x:t>13326-1394</x:t>
   </x:si>
   <x:si>
     <x:t>Clifton Springs Hospital and Clinic</x:t>
   </x:si>
   <x:si>
     <x:t>2 Coulter Rd</x:t>
   </x:si>
   <x:si>
     <x:t>Clifton Springs</x:t>
   </x:si>
   <x:si>
     <x:t>14432</x:t>
   </x:si>
   <x:si>
     <x:t>Cohen Children's Medical Center</x:t>
   </x:si>
   <x:si>
-    <x:t>26901 76th Ave</x:t>
+    <x:t>269-01 76th Avenue</x:t>
   </x:si>
   <x:si>
     <x:t>New Hyde Park</x:t>
   </x:si>
   <x:si>
-    <x:t>11040-1433</x:t>
+    <x:t>11040</x:t>
   </x:si>
   <x:si>
     <x:t>FF Thompson Hospital</x:t>
   </x:si>
   <x:si>
-    <x:t>350 Parrish St</x:t>
-[...2 lines deleted...]
-    <x:t>Canandaigua</x:t>
+    <x:t>350 Parrish Street</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canandiagua</x:t>
   </x:si>
   <x:si>
     <x:t>14424</x:t>
   </x:si>
   <x:si>
     <x:t>2010, 2015, 2021, 2025</x:t>
   </x:si>
   <x:si>
     <x:t>Glen Cove Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>101 Saint Andrews Lane</x:t>
   </x:si>
   <x:si>
     <x:t>Glen Cove</x:t>
   </x:si>
   <x:si>
     <x:t>11542</x:t>
   </x:si>
   <x:si>
     <x:t>Glens Falls Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>100 Park Street</x:t>
   </x:si>
   <x:si>
-    <x:t>Glens Falls</x:t>
+    <x:t xml:space="preserve">Glens Falls </x:t>
   </x:si>
   <x:si>
     <x:t>12801</x:t>
   </x:si>
   <x:si>
     <x:t>Good Samaritan Hospital Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>1000 Montauk Highway</x:t>
   </x:si>
   <x:si>
     <x:t>West Islip</x:t>
   </x:si>
   <x:si>
     <x:t>11795</x:t>
   </x:si>
   <x:si>
     <x:t>Gracie Square Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>420 East 76th Street</x:t>
   </x:si>
   <x:si>
     <x:t>10021</x:t>
   </x:si>
   <x:si>
     <x:t>Highland Hospital</x:t>
   </x:si>
   <x:si>
-    <x:t>1000 South Avenue</x:t>
-[...2 lines deleted...]
-    <x:t>14620</x:t>
+    <x:t>1000 South Ave.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14580</x:t>
   </x:si>
   <x:si>
     <x:t>Hospital for Special Surgery</x:t>
   </x:si>
   <x:si>
     <x:t>535 East 70th Street</x:t>
   </x:si>
   <x:si>
     <x:t>2007, 2011, 2016, 2021, 2025</x:t>
   </x:si>
   <x:si>
     <x:t>Huntington Hospital - Northwell Health</x:t>
   </x:si>
   <x:si>
     <x:t>270 Park Ave</x:t>
   </x:si>
   <x:si>
     <x:t>Huntington</x:t>
   </x:si>
   <x:si>
     <x:t>11743</x:t>
   </x:si>
   <x:si>
     <x:t>2008, 2013, 2017, 2022</x:t>
   </x:si>
   <x:si>
     <x:t>Kenmore Mercy Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>2950 Elmwood Avenue</x:t>
   </x:si>
   <x:si>
-    <x:t>Buffalo</x:t>
+    <x:t>Kenmore</x:t>
   </x:si>
   <x:si>
     <x:t>14217</x:t>
   </x:si>
   <x:si>
     <x:t>Long Island Jewish Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>270-05 76th Avenue</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">New Hyde Park </x:t>
   </x:si>
   <x:si>
-    <x:t>11040</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t xml:space="preserve"> 2020, 2024, 2025</x:t>
   </x:si>
   <x:si>
     <x:t>Mather Hospital</x:t>
   </x:si>
   <x:si>
-    <x:t>75 North Country Road</x:t>
-[...2 lines deleted...]
-    <x:t>Port Jefferson</x:t>
+    <x:t>75 North Country road</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Port Jefferson </x:t>
   </x:si>
   <x:si>
     <x:t>11777</x:t>
   </x:si>
   <x:si>
     <x:t>Memorial Sloan Kettering Cancer Center</x:t>
   </x:si>
   <x:si>
     <x:t>1275 York Avenue</x:t>
   </x:si>
   <x:si>
     <x:t>10065</x:t>
   </x:si>
   <x:si>
     <x:t>Montefiore Medical Center</x:t>
   </x:si>
   <x:si>
-    <x:t>600 East 233rd Street</x:t>
+    <x:t>600 233rd Street</x:t>
   </x:si>
   <x:si>
     <x:t>Bronx</x:t>
   </x:si>
   <x:si>
     <x:t>10466</x:t>
   </x:si>
   <x:si>
     <x:t>Montefiore St. Lukes Cornwall</x:t>
   </x:si>
   <x:si>
     <x:t>70 Dubois Street</x:t>
   </x:si>
   <x:si>
     <x:t>Newburgh</x:t>
   </x:si>
   <x:si>
     <x:t>12550</x:t>
   </x:si>
   <x:si>
     <x:t>Mount Sinai South Nassau</x:t>
   </x:si>
   <x:si>
     <x:t>One Healthy Way</x:t>
   </x:si>
@@ -4602,777 +4662,795 @@
   <x:si>
     <x:t>55 Palmer Hall</x:t>
   </x:si>
   <x:si>
     <x:t>Bronxville</x:t>
   </x:si>
   <x:si>
     <x:t>10708</x:t>
   </x:si>
   <x:si>
     <x:t>NewYork-Presbyterian Brooklyn Methodist Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>506 6th Street</x:t>
   </x:si>
   <x:si>
     <x:t>Brooklyn</x:t>
   </x:si>
   <x:si>
     <x:t>11215</x:t>
   </x:si>
   <x:si>
     <x:t>NewYork-Presbyterian Hudson Valley Hospital</x:t>
   </x:si>
   <x:si>
-    <x:t>1980 Crompond Road</x:t>
+    <x:t>1980 Crompond Rd</x:t>
   </x:si>
   <x:si>
     <x:t>Cortlandt Manor</x:t>
   </x:si>
   <x:si>
     <x:t>10567</x:t>
   </x:si>
   <x:si>
+    <x:t>2012, 2016, 2021, 2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NewYork-Presbyterian Lower Manhattan Hospital</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">170 Williams St. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>10038-2612</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NewYork-Presbyterian Morgan Stanley Children's Hospital</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3959 Broadway</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NewYork-Presbyterian Queens</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56-45 Main Street</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Flushing</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11355</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NewYork-Presbyterian Westchester Behavioral Health Center &amp; NewYork-Presbyterian Weill Cornell Medical Center Psychiatry Program</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21 Bloomingdale Road</x:t>
+  </x:si>
+  <x:si>
+    <x:t>White Plains</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10605</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NewYork-Presbyterian/Allen Hospital and Ambulatory Care Network West</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5141 Broadway</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NewYork-Presbyterian/Columbia University Irving Medical Center</x:t>
+  </x:si>
+  <x:si>
+    <x:t>177 Fort Washington Ave.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>North Shore University Hospital</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300 Community Drive</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manhasset</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Northwell Lenox Hill Hospital</x:t>
+  </x:si>
+  <x:si>
+    <x:t>100 E 77th st</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10075</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Northwell, Long Island Jewish Valley Stream Hospital</x:t>
+  </x:si>
+  <x:si>
+    <x:t>900 Franklin Avenue</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Valley Stream </x:t>
+  </x:si>
+  <x:si>
+    <x:t>11580</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Northwell- Northern Westchester Hospital</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">400 East Main Street </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Mount Kisco </x:t>
+  </x:si>
+  <x:si>
+    <x:t>10549</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NYU Langone Hospital - Brooklyn</x:t>
+  </x:si>
+  <x:si>
+    <x:t>150 55th Street</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11220</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NYU Langone Hospital—Long Island</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">259 1st Street </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Mineola </x:t>
+  </x:si>
+  <x:si>
+    <x:t>11501</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NYU Langone Hospitals</x:t>
+  </x:si>
+  <x:si>
+    <x:t>550 First Avenue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NYU Langone Orthopedic Hospital</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">301 East 17th Street </x:t>
+  </x:si>
+  <x:si>
+    <x:t>10003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Phelps Hospital Northwell Health</x:t>
+  </x:si>
+  <x:si>
+    <x:t>701 N Broadway</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sleepy Hollow</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10591</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Plainview Hospital</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">888 Old Country Road </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Plainview</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11803</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rochester General Hospital</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1425 Portland Ave</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14621</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2009, 2014, 2019, 2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rochester Regional Health, Primary Care and Ambulatory Specialty Institute</x:t>
+  </x:si>
+  <x:si>
+    <x:t>100 Kings Hwy S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14617</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rochester Regional Health-United Memorial Medical Center</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">127 North Street </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Batavia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14020</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Roswell Park Comprehensive Cancer Center</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Elm and Carlton Streets</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Buffalo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14263</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Saratoga Hospital</x:t>
+  </x:si>
+  <x:si>
+    <x:t>211 Church Street</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Saratoga Springs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12866</x:t>
+  </x:si>
+  <x:si>
+    <x:t>South Shore University Hospital - Northwell Health</x:t>
+  </x:si>
+  <x:si>
+    <x:t>301 East Main Street</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bayshore</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11706</x:t>
+  </x:si>
+  <x:si>
+    <x:t>St. Francis Hospital &amp; Heart Center</x:t>
+  </x:si>
+  <x:si>
+    <x:t>100 Port Washington Boulevard</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Roslyn</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11576</x:t>
+  </x:si>
+  <x:si>
+    <x:t>St. Peter's Hospital</x:t>
+  </x:si>
+  <x:si>
+    <x:t>315 South Manning Blvd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Albany</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12158</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2009, 2015, 2021, 2025, 2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUNY Upstate University Hospital</x:t>
+  </x:si>
+  <x:si>
+    <x:t>750 East Adams St.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Syracuse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Syosset Hospital</x:t>
+  </x:si>
+  <x:si>
+    <x:t>221 Jericho Turnpike</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Syosset</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11791</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Mount Sinai Hospital</x:t>
+  </x:si>
+  <x:si>
+    <x:t>One Gustave L. Levy Place</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2009, 2014, 2020, 2024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unity Hospital</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1555 Long Pond Road</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14626</x:t>
+  </x:si>
+  <x:si>
+    <x:t>University of Rochester Medical Center/Strong Memorial Hospital</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601 Elmwood Avenue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14642</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2009, 2013, 2018, 2024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>White Plains Hospital</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41 East Post Road</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">White Plains </x:t>
+  </x:si>
+  <x:si>
+    <x:t>10601</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zucker Hillside Hospital</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7559 263rd St.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Glen Oaks</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Atrium Health Carolinas Medical Center</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1000 Blythe Blvd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Charlotte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>North Carolina</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28203</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Atrium Health Lincoln</x:t>
+  </x:si>
+  <x:si>
+    <x:t>433 McAlister Road</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lincolnton</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28092</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Duke Raleigh Hospital</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3400 Wake Forest Rd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Raleigh</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27609</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Duke Regional Hospital</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3643 N Roxboro St</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Durham</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27704-2702</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Duke University Hospital</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2301 Erwin Rd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27705-4699</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ECU Health Medical Center</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2100 Stantonsburg Rd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greenville</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27834-2818</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2018, 2024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>509 Biltmore Ave</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asheville</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28801-4601</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Novant Health Forsyth Medical Center</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3333 Silas Creek Parkway</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Winston Salem</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Novant Health Presbyterian Medical Center</x:t>
+  </x:si>
+  <x:si>
+    <x:t>200 Hawthorne Lane</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28204</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sentara Albemarle Medical Center</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3050 Halstead Blvd Extension</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Elizabeth City</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27909</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The University of North Carolina Hospitals</x:t>
+  </x:si>
+  <x:si>
+    <x:t>101 Manning Drive</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chapel Hill</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27514</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNC Health Rex</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4420 Lake Boone Trl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27607-7505</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WakeMed Health &amp; Hospitals</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3000 New Bern Ave</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27610</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sanford Bismarck</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300 N. 7th St</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PO Box 5525</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bismarck</x:t>
+  </x:si>
+  <x:si>
+    <x:t>North Dakota</x:t>
+  </x:si>
+  <x:si>
+    <x:t>58506-5525</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sanford Medical Center Fargo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>801 Broadway North</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PO Box 2010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fargo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>58122</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Akron Children's Hospital</x:t>
+  </x:si>
+  <x:si>
+    <x:t>One Perkins Square</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Akron</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ohio</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44308</x:t>
+  </x:si>
+  <x:si>
     <x:t>2012, 2016, 2021</x:t>
   </x:si>
   <x:si>
-    <x:t>NewYork-Presbyterian Lower Manhattan Hospital</x:t>
-[...517 lines deleted...]
-  <x:si>
     <x:t>Cincinnati Children's Hospital Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>3333 Burnet Ave</x:t>
   </x:si>
   <x:si>
     <x:t>Cincinnati</x:t>
   </x:si>
   <x:si>
     <x:t>45229</x:t>
   </x:si>
   <x:si>
     <x:t>2018, 2013, , 202</x:t>
   </x:si>
   <x:si>
     <x:t>Cleveland Clinic</x:t>
   </x:si>
   <x:si>
     <x:t>9500 Euclid Ave</x:t>
   </x:si>
   <x:si>
     <x:t>Cleveland</x:t>
   </x:si>
   <x:si>
     <x:t>44195</x:t>
   </x:si>
   <x:si>
     <x:t>Cleveland Clinic Akron General</x:t>
   </x:si>
   <x:si>
     <x:t>1 Akron General Ave</x:t>
   </x:si>
   <x:si>
     <x:t>44307</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> 2018, 2023</x:t>
   </x:si>
   <x:si>
     <x:t>Cleveland Clinic Avon Hospital</x:t>
   </x:si>
   <x:si>
-    <x:t>33300 Cleveland Clinic Blvd</x:t>
-[...2 lines deleted...]
-    <x:t>44011</x:t>
+    <x:t>33300 Cleveland Clinic Blvd.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4</x:t>
   </x:si>
   <x:si>
     <x:t>Cleveland Clinic Euclid Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>18901 Lakeshore Blvd</x:t>
   </x:si>
   <x:si>
     <x:t>Euclid</x:t>
   </x:si>
   <x:si>
     <x:t>44119</x:t>
   </x:si>
   <x:si>
     <x:t>Cleveland Clinic Fairview Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>18101 Lorain Ave</x:t>
   </x:si>
   <x:si>
     <x:t>44111-5656</x:t>
   </x:si>
   <x:si>
     <x:t>2013, 2019, 2023</x:t>
   </x:si>
   <x:si>
     <x:t>Cleveland Clinic Hillcrest Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>6780 Mayfield Road</x:t>
   </x:si>
   <x:si>
     <x:t>Nursing Administration</x:t>
   </x:si>
   <x:si>
     <x:t>Mayfield Heights</x:t>
   </x:si>
   <x:si>
     <x:t>44124</x:t>
   </x:si>
   <x:si>
     <x:t>Cleveland Clinic Lutheran Hospital</x:t>
   </x:si>
   <x:si>
-    <x:t>1730 W 25th St</x:t>
+    <x:t>1730 W. 25th Street</x:t>
   </x:si>
   <x:si>
     <x:t>44113-3108</x:t>
   </x:si>
   <x:si>
     <x:t>Cleveland Clinic Marymount Hospital</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">12300 Mccracken Rd  </x:t>
-[...8 lines deleted...]
-    <x:t>44125-2975</x:t>
+    <x:t>12300 McCracken Rd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Garfield Hts</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44125</x:t>
   </x:si>
   <x:si>
     <x:t>Cleveland Clinic Medina Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>1000 East Washington Street</x:t>
   </x:si>
   <x:si>
     <x:t>Medina</x:t>
   </x:si>
   <x:si>
     <x:t>44256</x:t>
   </x:si>
   <x:si>
     <x:t>Cleveland Clinic South Pointe Hospital</x:t>
   </x:si>
   <x:si>
-    <x:t>20000 Harvard Road</x:t>
-[...2 lines deleted...]
-    <x:t>Warrensville Heights</x:t>
+    <x:t>22000 Warrensville Center Rd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Warrensville Hts</x:t>
   </x:si>
   <x:si>
     <x:t>44122</x:t>
   </x:si>
   <x:si>
     <x:t>Dayton Children's Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>One Children's Plaza</x:t>
   </x:si>
   <x:si>
     <x:t>Dayton</x:t>
   </x:si>
   <x:si>
     <x:t>45404</x:t>
   </x:si>
   <x:si>
     <x:t>2018, , 202</x:t>
   </x:si>
   <x:si>
     <x:t>Mercy Health Fairfield Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>3000 Mack Road</x:t>
   </x:si>
   <x:si>
     <x:t>45014</x:t>
   </x:si>
   <x:si>
     <x:t>Mercy Health St. Rita's Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>730 W Market St.</x:t>
   </x:si>
   <x:si>
     <x:t>Lima</x:t>
   </x:si>
   <x:si>
     <x:t>45801</x:t>
   </x:si>
   <x:si>
     <x:t>Mercy Health West Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>3300 Mercy Health Blvd</x:t>
   </x:si>
   <x:si>
-    <x:t>45211-1103</x:t>
+    <x:t>45211</x:t>
   </x:si>
   <x:si>
     <x:t>Mercy Health Youngstown - St. Elizabeth Boardman Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>8401 Market Street</x:t>
   </x:si>
   <x:si>
     <x:t>Boardman</x:t>
   </x:si>
   <x:si>
     <x:t>44512</x:t>
   </x:si>
   <x:si>
     <x:t>Mercy Health Youngstown - St. Joseph Warren Hospital</x:t>
   </x:si>
   <x:si>
-    <x:t>667 Eastland Ave</x:t>
+    <x:t xml:space="preserve">667 Eastland Ave </x:t>
   </x:si>
   <x:si>
     <x:t>Warren</x:t>
   </x:si>
   <x:si>
     <x:t>44484</x:t>
   </x:si>
   <x:si>
     <x:t>2006, 2011, 2016, 2023</x:t>
   </x:si>
   <x:si>
     <x:t>Nationwide Children's Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>700 Children's Drive</x:t>
   </x:si>
   <x:si>
     <x:t>Columbus</x:t>
   </x:si>
   <x:si>
     <x:t>43205</x:t>
   </x:si>
   <x:si>
     <x:t>OhioHealth Grant Medical Center</x:t>
   </x:si>
@@ -5406,552 +5484,561 @@
   <x:si>
     <x:t>St. Elizabeth Youngstown Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>1044 Belmont Ave</x:t>
   </x:si>
   <x:si>
     <x:t>Youngstown</x:t>
   </x:si>
   <x:si>
     <x:t>44501</x:t>
   </x:si>
   <x:si>
     <x:t>Summa Health System Akron Campus</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">525 East Market St, </x:t>
   </x:si>
   <x:si>
     <x:t>44309</x:t>
   </x:si>
   <x:si>
     <x:t>Summa Health System Barberton Campus</x:t>
   </x:si>
   <x:si>
-    <x:t>155 5th St NE</x:t>
+    <x:t>155 5th St. NE</x:t>
   </x:si>
   <x:si>
     <x:t>Barberton</x:t>
   </x:si>
   <x:si>
-    <x:t>44203-3332</x:t>
+    <x:t>44203</x:t>
   </x:si>
   <x:si>
     <x:t>The Christ Hospital Health Network</x:t>
   </x:si>
   <x:si>
     <x:t>2139 Auburn Avenue</x:t>
   </x:si>
   <x:si>
     <x:t>45219</x:t>
   </x:si>
   <x:si>
     <x:t>The Jewish Hospital Mercy Health</x:t>
   </x:si>
   <x:si>
-    <x:t>4777 E Galbraith Rd</x:t>
-[...2 lines deleted...]
-    <x:t>45236-2725</x:t>
+    <x:t>4777 East Galbraith Rd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cincinnait</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45236</x:t>
   </x:si>
   <x:si>
     <x:t>The MetroHealth System</x:t>
   </x:si>
   <x:si>
-    <x:t>2500 MetroHealth Dr</x:t>
+    <x:t>2500 MetroHealth Drive</x:t>
   </x:si>
   <x:si>
     <x:t>44109</x:t>
   </x:si>
   <x:si>
-    <x:t>2010, 2015, 2020</x:t>
+    <x:t>2010, 2015, 2020, 2026</x:t>
   </x:si>
   <x:si>
     <x:t>The Ohio State University Comprehensive Cancer Center - Arthur G. James Cancer Hospital and Richard J. Solove Research Institute</x:t>
   </x:si>
   <x:si>
-    <x:t>460 W 10th Ave</x:t>
-[...2 lines deleted...]
-    <x:t>43210-1240</x:t>
+    <x:t>460 West 10th Ave</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43210</x:t>
   </x:si>
   <x:si>
     <x:t>Trihealth Bethesda North Hospital</x:t>
   </x:si>
   <x:si>
-    <x:t>10500 Montgomery Rd</x:t>
-[...2 lines deleted...]
-    <x:t>45242-4415</x:t>
+    <x:t>10500 Montgomery Road</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45242</x:t>
   </x:si>
   <x:si>
     <x:t>TriHealth Good Samaritan Hospital Region</x:t>
   </x:si>
   <x:si>
-    <x:t>375 Dixmyth Ave</x:t>
-[...2 lines deleted...]
-    <x:t>45220-2475</x:t>
+    <x:t>375 Dixmyth Ave.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45220</x:t>
   </x:si>
   <x:si>
     <x:t>University Hospital and Ross Heart Hospital at The Ohio State University Wexner Medical Center</x:t>
   </x:si>
   <x:si>
-    <x:t>410 W 10th Avenue</x:t>
-[...2 lines deleted...]
-    <x:t>43210</x:t>
+    <x:t>410 W 1oth Avenue</x:t>
   </x:si>
   <x:si>
     <x:t>University Hospitals Cleveland Medical Center</x:t>
   </x:si>
   <x:si>
-    <x:t>11100 Euclid Avenue</x:t>
-[...2 lines deleted...]
-    <x:t>LKS 5006</x:t>
+    <x:t>11100 Euclid Ave</x:t>
   </x:si>
   <x:si>
     <x:t>44106</x:t>
   </x:si>
   <x:si>
     <x:t>West Chester Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>7700 University Drive</x:t>
   </x:si>
   <x:si>
     <x:t>West Chester</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">45069 </x:t>
   </x:si>
   <x:si>
     <x:t>Oregon Health &amp; Science University Healthcare</x:t>
   </x:si>
   <x:si>
     <x:t>3181 SW Sam Jackson Park Road</x:t>
   </x:si>
   <x:si>
     <x:t>Oregon</x:t>
   </x:si>
   <x:si>
     <x:t>97239-3011</x:t>
   </x:si>
   <x:si>
     <x:t>Providence Portland Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>4805 NE Glisan Street</x:t>
   </x:si>
   <x:si>
     <x:t>97213</x:t>
   </x:si>
   <x:si>
     <x:t>Providence St. Vincent Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>9205 SW Barnes Road</x:t>
   </x:si>
   <x:si>
     <x:t>97225</x:t>
   </x:si>
   <x:si>
     <x:t>Salem Hospital</x:t>
   </x:si>
   <x:si>
-    <x:t>890 Oak Street SE</x:t>
+    <x:t>890 Oak St. SE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PO Box 14001</x:t>
   </x:si>
   <x:si>
     <x:t>Salem</x:t>
   </x:si>
   <x:si>
-    <x:t>97301-3905</x:t>
+    <x:t>97301</x:t>
   </x:si>
   <x:si>
     <x:t>VA Portland Health Care System</x:t>
   </x:si>
   <x:si>
-    <x:t>3710 SW Us Veterans Hospital Rd</x:t>
-[...2 lines deleted...]
-    <x:t>97239-2964</x:t>
+    <x:t>3710 SW US Veterans Hosp rd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>97239</x:t>
   </x:si>
   <x:si>
     <x:t>AHN Allegheny General Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>320 East North Ave.</x:t>
   </x:si>
   <x:si>
     <x:t>Pittsburgh</x:t>
   </x:si>
   <x:si>
     <x:t>Pennsylvania</x:t>
   </x:si>
   <x:si>
     <x:t>15212</x:t>
   </x:si>
   <x:si>
     <x:t>AHN Jefferson Hospital</x:t>
   </x:si>
   <x:si>
-    <x:t>565 Coal Valley Road</x:t>
+    <x:t>565 Coal Valley Rd</x:t>
   </x:si>
   <x:si>
     <x:t>Jefferson Hills</x:t>
   </x:si>
   <x:si>
-    <x:t>15025-3703</x:t>
+    <x:t>15025</x:t>
   </x:si>
   <x:si>
     <x:t>AHN Saint Vincent Hospital</x:t>
   </x:si>
   <x:si>
-    <x:t>232 W 25th St</x:t>
+    <x:t>232 West 25th Street</x:t>
   </x:si>
   <x:si>
     <x:t>Erie</x:t>
   </x:si>
   <x:si>
-    <x:t>16544-0001</x:t>
+    <x:t>16544</x:t>
   </x:si>
   <x:si>
     <x:t>AHN West Penn</x:t>
   </x:si>
   <x:si>
     <x:t>4800 Friendship Avenue</x:t>
   </x:si>
   <x:si>
     <x:t>15224</x:t>
   </x:si>
   <x:si>
     <x:t>Albert Einstein Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>5501 Old York Road</x:t>
   </x:si>
   <x:si>
     <x:t>Philadelphia</x:t>
   </x:si>
   <x:si>
     <x:t>19141</x:t>
   </x:si>
   <x:si>
     <x:t>Chester County Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>701 East Marshal Street</x:t>
   </x:si>
   <x:si>
     <x:t>19382</x:t>
   </x:si>
   <x:si>
     <x:t>Children's Hospital of Philadelphia</x:t>
   </x:si>
   <x:si>
     <x:t>3401 Civic Center Boulevard</x:t>
   </x:si>
   <x:si>
     <x:t>19104</x:t>
   </x:si>
   <x:si>
     <x:t>Fox Chase Cancer Center</x:t>
   </x:si>
   <x:si>
     <x:t>333 Cottman Avenue</x:t>
   </x:si>
   <x:si>
-    <x:t>19111</x:t>
+    <x:t xml:space="preserve">Philadelphia </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">19111 </x:t>
   </x:si>
   <x:si>
     <x:t>2004, 2009, 2013, 2018, 2023</x:t>
   </x:si>
   <x:si>
     <x:t>Geisinger Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>100 N. Academy Ave</x:t>
   </x:si>
   <x:si>
     <x:t>17822-0151</x:t>
   </x:si>
   <x:si>
     <x:t>Geisinger Wyoming Valley Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>1000 East Mountain Blvd.</x:t>
   </x:si>
   <x:si>
     <x:t>Wilkes Barre</x:t>
   </x:si>
   <x:si>
     <x:t>18711</x:t>
   </x:si>
   <x:si>
     <x:t>Hospital of the University of Pennsylvania</x:t>
   </x:si>
   <x:si>
     <x:t>3400 Spruce Street</x:t>
   </x:si>
   <x:si>
+    <x:t>19147</x:t>
+  </x:si>
+  <x:si>
     <x:t>2012, 2016, 2020, 2025</x:t>
   </x:si>
   <x:si>
     <x:t>Lehigh Valley Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>1200 South Cedar Crest Boulevard</x:t>
   </x:si>
   <x:si>
     <x:t>Allentown</x:t>
   </x:si>
   <x:si>
     <x:t>18103</x:t>
   </x:si>
   <x:si>
     <x:t>2006, 2011, 2016, 2020, 2025</x:t>
   </x:si>
   <x:si>
     <x:t>Penn Medicine Lancaster General Hospital</x:t>
   </x:si>
   <x:si>
-    <x:t>555 N Duke St</x:t>
+    <x:t>555 North Duke Street</x:t>
   </x:si>
   <x:si>
     <x:t>Lancaster</x:t>
   </x:si>
   <x:si>
-    <x:t>17602-2207</x:t>
+    <x:t>17604</x:t>
   </x:si>
   <x:si>
     <x:t>2006, 2011, 2016, 2021, 2025</x:t>
   </x:si>
   <x:si>
     <x:t>Penn Presbyterian Medical Center</x:t>
   </x:si>
   <x:si>
-    <x:t>51 N 39th Street</x:t>
+    <x:t>51 N 39th St</x:t>
   </x:si>
   <x:si>
     <x:t>Penn State Health Milton S. Hershey Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>500 University Drive</x:t>
   </x:si>
   <x:si>
     <x:t>Hershey</x:t>
   </x:si>
   <x:si>
     <x:t>17033</x:t>
   </x:si>
   <x:si>
     <x:t>Pennsylvania Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>800 Spruce Street</x:t>
   </x:si>
   <x:si>
+    <x:t>2 Cathcart, Hospital Operations</x:t>
+  </x:si>
+  <x:si>
     <x:t>19107</x:t>
   </x:si>
   <x:si>
     <x:t>Reading Hospital</x:t>
   </x:si>
   <x:si>
-    <x:t>300 S Sixth Avenue</x:t>
+    <x:t>300 S. Sixth Avenue</x:t>
   </x:si>
   <x:si>
     <x:t>West Reading</x:t>
   </x:si>
   <x:si>
     <x:t>19611</x:t>
   </x:si>
   <x:si>
     <x:t>St. Christopher's Hospital for Children</x:t>
   </x:si>
   <x:si>
     <x:t>160 East Erie Avenue</x:t>
   </x:si>
   <x:si>
     <x:t>19134</x:t>
   </x:si>
   <x:si>
     <x:t>Temple University Hospital, Inc.</x:t>
   </x:si>
   <x:si>
     <x:t>3401 North Broad Street</x:t>
   </x:si>
   <x:si>
     <x:t>19140</x:t>
   </x:si>
   <x:si>
     <x:t>Thomas Jefferson University Hospitals Inc.</x:t>
   </x:si>
   <x:si>
-    <x:t>111 South 11th Street</x:t>
+    <x:t xml:space="preserve">111 S 11th Street </x:t>
   </x:si>
   <x:si>
     <x:t>UPMC Children's Hospital of Pittsburgh</x:t>
   </x:si>
   <x:si>
     <x:t>4401 Penn Ave</x:t>
   </x:si>
   <x:si>
-    <x:t>Suite 6400</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>UPMC Community Osteopathic</x:t>
   </x:si>
   <x:si>
-    <x:t>4300 Londonderry Road</x:t>
+    <x:t>4300 Londonderry Rd</x:t>
   </x:si>
   <x:si>
     <x:t>Harrisburg</x:t>
   </x:si>
   <x:si>
     <x:t>17109</x:t>
   </x:si>
   <x:si>
     <x:t>UPMC Hamot</x:t>
   </x:si>
   <x:si>
     <x:t>201 State Street</x:t>
   </x:si>
   <x:si>
     <x:t>16550</x:t>
   </x:si>
   <x:si>
     <x:t>UPMC Harrisburg</x:t>
   </x:si>
   <x:si>
-    <x:t>111 s front street</x:t>
+    <x:t>111 S Front St</x:t>
   </x:si>
   <x:si>
     <x:t>17101</x:t>
   </x:si>
   <x:si>
     <x:t>UPMC Passavant</x:t>
   </x:si>
   <x:si>
     <x:t>9100 Babcock Blvd</x:t>
   </x:si>
   <x:si>
-    <x:t>15237</x:t>
+    <x:t>15101</x:t>
   </x:si>
   <x:si>
     <x:t>UPMC Presbyterian</x:t>
   </x:si>
   <x:si>
-    <x:t>200 Lothrop St</x:t>
-[...2 lines deleted...]
-    <x:t>15213-2536</x:t>
+    <x:t>200 Lothrop Street</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15213</x:t>
   </x:si>
   <x:si>
     <x:t>UPMC Shadyside</x:t>
   </x:si>
   <x:si>
     <x:t>5230 Centre Ave</x:t>
   </x:si>
   <x:si>
-    <x:t>Suite 103.21</x:t>
+    <x:t>Administration, One Posner Tower</x:t>
   </x:si>
   <x:si>
     <x:t>15232</x:t>
   </x:si>
   <x:si>
     <x:t>UPMC St. Margaret</x:t>
   </x:si>
   <x:si>
     <x:t>815 Freeport Road</x:t>
   </x:si>
   <x:si>
     <x:t>15226</x:t>
   </x:si>
   <x:si>
     <x:t>UPMC West Shore</x:t>
   </x:si>
   <x:si>
-    <x:t>1995 Technology Pkwy</x:t>
+    <x:t>1995 Technology Parkway</x:t>
   </x:si>
   <x:si>
     <x:t>Mechanicsburg</x:t>
   </x:si>
   <x:si>
-    <x:t>17050-8522</x:t>
+    <x:t>17050</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> 2021</x:t>
   </x:si>
   <x:si>
     <x:t>WellSpan Surgical and Rehabilitation Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>55 Monument Road</x:t>
   </x:si>
   <x:si>
     <x:t>York</x:t>
   </x:si>
   <x:si>
     <x:t>17403</x:t>
   </x:si>
   <x:si>
     <x:t>Newport Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>11 Friendship Street</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Newport </x:t>
   </x:si>
   <x:si>
     <x:t>Rhode Island</x:t>
   </x:si>
   <x:si>
     <x:t>02840</x:t>
   </x:si>
   <x:si>
     <x:t>The Miriam Hospital</x:t>
   </x:si>
   <x:si>
-    <x:t>164 Summit Ave</x:t>
+    <x:t>164 Summit Avenue</x:t>
   </x:si>
   <x:si>
     <x:t>Providence</x:t>
   </x:si>
   <x:si>
     <x:t>02906</x:t>
   </x:si>
   <x:si>
     <x:t>2002, 2006, 2010, 2015, 2020, 2024</x:t>
   </x:si>
   <x:si>
     <x:t>AnMed</x:t>
   </x:si>
   <x:si>
-    <x:t>800 North Fant Street</x:t>
+    <x:t>800 N Fant Street</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anderson</x:t>
   </x:si>
   <x:si>
     <x:t>South Carolina</x:t>
   </x:si>
   <x:si>
     <x:t>29621</x:t>
   </x:si>
   <x:si>
     <x:t>Bon Secours St. Francis Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>2095 Henry Tecklenburg Drive</x:t>
   </x:si>
   <x:si>
     <x:t>Charleston</x:t>
   </x:si>
   <x:si>
     <x:t>29414</x:t>
   </x:si>
   <x:si>
     <x:t>2015, 2020, 2024</x:t>
   </x:si>
   <x:si>
     <x:t>Lexington Health</x:t>
   </x:si>
@@ -5970,379 +6057,388 @@
   <x:si>
     <x:t>169 Asley Avenue</x:t>
   </x:si>
   <x:si>
     <x:t>MSC 332</x:t>
   </x:si>
   <x:si>
     <x:t>29425</x:t>
   </x:si>
   <x:si>
     <x:t>2020, 2024</x:t>
   </x:si>
   <x:si>
     <x:t>Prisma Health Baptist Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>Taylor at Marion Street</x:t>
   </x:si>
   <x:si>
     <x:t>29220</x:t>
   </x:si>
   <x:si>
     <x:t>Prisma Health Baptist Parkridge Hospital</x:t>
   </x:si>
   <x:si>
-    <x:t>400 Palmetto Health Pkwy</x:t>
-[...2 lines deleted...]
-    <x:t>29212-1760</x:t>
+    <x:t>400 Palmetto Parkway</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29212</x:t>
   </x:si>
   <x:si>
     <x:t>Prisma Health Greenville Memorial Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>701 Grove Road</x:t>
   </x:si>
   <x:si>
     <x:t>29605</x:t>
   </x:si>
   <x:si>
     <x:t>Prisma Health Greer Memorial Hospital</x:t>
   </x:si>
   <x:si>
-    <x:t>830 South Buncombe Road</x:t>
+    <x:t>830 S Buncombe Road</x:t>
   </x:si>
   <x:si>
     <x:t>Greer</x:t>
   </x:si>
   <x:si>
     <x:t>29650</x:t>
   </x:si>
   <x:si>
     <x:t>Prisma Health Oconee Memorial Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>298 Memorial Drive</x:t>
   </x:si>
   <x:si>
     <x:t>Seneca</x:t>
   </x:si>
   <x:si>
     <x:t>29672</x:t>
   </x:si>
   <x:si>
     <x:t>Prisma Health Richland Hospital</x:t>
   </x:si>
   <x:si>
-    <x:t>5 Richland Medical Park Drive</x:t>
+    <x:t xml:space="preserve">5 Richland Medical Park Dr. </x:t>
   </x:si>
   <x:si>
     <x:t>29203</x:t>
   </x:si>
   <x:si>
+    <x:t>Roper St. Francis Mount Pleasant Hospital</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3500 Highway 17 North</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mount Pleasant</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29466</x:t>
+  </x:si>
+  <x:si>
     <x:t>Avera McKennan Hospital &amp; University Health Center</x:t>
   </x:si>
   <x:si>
     <x:t>1325 S Cliff Ave</x:t>
   </x:si>
   <x:si>
     <x:t>Sioux Falls</x:t>
   </x:si>
   <x:si>
     <x:t>South Dakota</x:t>
   </x:si>
   <x:si>
     <x:t>57105</x:t>
   </x:si>
   <x:si>
     <x:t>Monument Health Rapid City Market</x:t>
   </x:si>
   <x:si>
     <x:t>353 Fairmont Blvd</x:t>
   </x:si>
   <x:si>
     <x:t>Rapid City</x:t>
   </x:si>
   <x:si>
     <x:t>57701</x:t>
   </x:si>
   <x:si>
     <x:t>The organization's name changed, was:  Monument Health Rapid City Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>Sanford USD Medical Center</x:t>
   </x:si>
   <x:si>
-    <x:t>1305 West 18th Street, PO Box 5039</x:t>
+    <x:t xml:space="preserve">1305 W 18th St  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>PO Box 5039</x:t>
   </x:si>
   <x:si>
     <x:t>57117-5039</x:t>
   </x:si>
   <x:si>
     <x:t>Le Bonheur Children's Hospital</x:t>
   </x:si>
   <x:si>
-    <x:t>848 Adams Ave</x:t>
+    <x:t>848 Adams Ave.</x:t>
   </x:si>
   <x:si>
     <x:t>Memphis</x:t>
   </x:si>
   <x:si>
     <x:t>Tennessee</x:t>
   </x:si>
   <x:si>
-    <x:t>38103-2816</x:t>
+    <x:t>38103</x:t>
   </x:si>
   <x:si>
     <x:t>Maury Regional Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>1224 Trotwood Ave</x:t>
   </x:si>
   <x:si>
     <x:t>38401</x:t>
   </x:si>
   <x:si>
     <x:t>Methodist Le Bonheur Healthcare - North Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>3960 New Covington Pike</x:t>
   </x:si>
   <x:si>
     <x:t>38128</x:t>
   </x:si>
   <x:si>
     <x:t>St. Jude Children's Research Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>262 Danny Thomas Place</x:t>
   </x:si>
   <x:si>
     <x:t>38105</x:t>
   </x:si>
   <x:si>
     <x:t>The University of Tennessee Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>1924 Alcoa Highway</x:t>
   </x:si>
   <x:si>
+    <x:t>Box 104</x:t>
+  </x:si>
+  <x:si>
     <x:t>Knoxville</x:t>
   </x:si>
   <x:si>
     <x:t>37920</x:t>
   </x:si>
   <x:si>
     <x:t>Vanderbilt University Medical Center - Adult Ambulatory Operations</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">1301 Medical Center Dr, Suite 3812 </x:t>
-[...2 lines deleted...]
-    <x:t>The Vanderbilt Clinic</x:t>
+    <x:t>1301 Medical Center Drive, Suite 3812, The Vanderbilt Clinic</x:t>
   </x:si>
   <x:si>
     <x:t>Nashville</x:t>
   </x:si>
   <x:si>
     <x:t>37232</x:t>
   </x:si>
   <x:si>
     <x:t>Vanderbilt University Medical Center - Vanderbilt Psychiatric Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>1601 23rd Avenue South</x:t>
   </x:si>
   <x:si>
     <x:t>37212</x:t>
   </x:si>
   <x:si>
     <x:t>Vanderbilt University Medical Center - Vanderbilt University Hospital</x:t>
   </x:si>
   <x:si>
-    <x:t>1161 21st Avenue, South</x:t>
+    <x:t>1611 21st Avenue, South</x:t>
   </x:si>
   <x:si>
     <x:t>MCN AA-1204</x:t>
   </x:si>
   <x:si>
     <x:t>Vanderbilt University Medical Center – Monroe Carell Jr. Children’s Hospital at Vanderbilt</x:t>
   </x:si>
   <x:si>
     <x:t>2200 Children's Way</x:t>
   </x:si>
   <x:si>
-    <x:t>Suite 2410</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Ascension Seton Williamson</x:t>
   </x:si>
   <x:si>
     <x:t>201 Seton Parkway</x:t>
   </x:si>
   <x:si>
     <x:t>Round Rock</x:t>
   </x:si>
   <x:si>
     <x:t>Texas</x:t>
   </x:si>
   <x:si>
     <x:t>78665</x:t>
   </x:si>
   <x:si>
     <x:t>Baylor Scott &amp; White - College Station Region</x:t>
   </x:si>
   <x:si>
     <x:t>800 Scott &amp; White Drive</x:t>
   </x:si>
   <x:si>
     <x:t>College Station</x:t>
   </x:si>
   <x:si>
     <x:t>77845</x:t>
   </x:si>
   <x:si>
     <x:t>Baylor Scott &amp; White All Saints Medical Center - Fort Worth</x:t>
   </x:si>
   <x:si>
-    <x:t>1400 8th Avenue</x:t>
+    <x:t>1400 8th Ave</x:t>
   </x:si>
   <x:si>
     <x:t>Fort Worth</x:t>
   </x:si>
   <x:si>
     <x:t>76104</x:t>
   </x:si>
   <x:si>
     <x:t>Baylor Scott &amp; White Health – Temple Market</x:t>
   </x:si>
   <x:si>
     <x:t>2401 S. 31st Street</x:t>
   </x:si>
   <x:si>
     <x:t>Temple</x:t>
   </x:si>
   <x:si>
     <x:t>76508</x:t>
   </x:si>
   <x:si>
     <x:t>Formerly Baylor Scott &amp; White - Temple Region
 Formerly Baylor Scott White Medical Center - Temple</x:t>
   </x:si>
   <x:si>
+    <x:t>Baylor Scott &amp; White Health Greater Austin Region</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300 University Blvd</x:t>
+  </x:si>
+  <x:si>
     <x:t>Baylor Scott &amp; White Medical Center - Grapevine</x:t>
   </x:si>
   <x:si>
     <x:t>1650 West College Street</x:t>
   </x:si>
   <x:si>
     <x:t>Grapevine</x:t>
   </x:si>
   <x:si>
     <x:t>76051</x:t>
   </x:si>
   <x:si>
     <x:t>Baylor Scott &amp; White Medical Center - Plano</x:t>
   </x:si>
   <x:si>
     <x:t>4700 Alliance Blvd</x:t>
   </x:si>
   <x:si>
     <x:t>Plano</x:t>
   </x:si>
   <x:si>
     <x:t>75093</x:t>
   </x:si>
   <x:si>
     <x:t>2017, 2021, 2022</x:t>
   </x:si>
   <x:si>
     <x:t>Baylor Scott &amp; White Medical Center Irving</x:t>
   </x:si>
   <x:si>
-    <x:t>1901 N. MacArthur Blvd</x:t>
+    <x:t>1901 N. MacArthur Blvd.</x:t>
   </x:si>
   <x:si>
     <x:t>Irving</x:t>
   </x:si>
   <x:si>
     <x:t>75061</x:t>
   </x:si>
   <x:si>
     <x:t>Baylor Scott &amp; White Medical Center-Hillcrest</x:t>
   </x:si>
   <x:si>
     <x:t>100 Hillcrest Medical Blvd</x:t>
   </x:si>
   <x:si>
     <x:t>Waco</x:t>
   </x:si>
   <x:si>
     <x:t>76712</x:t>
   </x:si>
   <x:si>
     <x:t>Baylor Scott &amp; White Medical Center-McKinney</x:t>
   </x:si>
   <x:si>
     <x:t>5252 West University Drive</x:t>
   </x:si>
   <x:si>
     <x:t>McKinney</x:t>
   </x:si>
   <x:si>
     <x:t>75071</x:t>
   </x:si>
   <x:si>
     <x:t>Baylor Scott &amp; White Medical Center-Waxahachie</x:t>
   </x:si>
   <x:si>
     <x:t>2400 North I-35 E</x:t>
   </x:si>
   <x:si>
     <x:t>Waxahachie</x:t>
   </x:si>
   <x:si>
     <x:t>75165</x:t>
   </x:si>
   <x:si>
     <x:t>Baylor Scott &amp; White The Heart Hospital Plano</x:t>
   </x:si>
   <x:si>
-    <x:t>1100 Allied Dr</x:t>
-[...2 lines deleted...]
-    <x:t>75093-5348</x:t>
+    <x:t>1100 Allied Drive</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> 2016, 2020, 2025</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>300 University Boulevard</x:t>
   </x:si>
   <x:si>
     <x:t>Baylor St. Luke's Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>6720 Bertner Ave</x:t>
   </x:si>
   <x:si>
     <x:t>Houston</x:t>
   </x:si>
   <x:si>
     <x:t>77030</x:t>
   </x:si>
   <x:si>
     <x:t>Baylor University Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>3500 Gaston Avenue</x:t>
   </x:si>
   <x:si>
     <x:t>Dallas</x:t>
   </x:si>
   <x:si>
     <x:t>75246</x:t>
   </x:si>
@@ -6371,826 +6467,841 @@
   <x:si>
     <x:t>CHRISTUS Children's Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>333 North Santa Rosa Street</x:t>
   </x:si>
   <x:si>
     <x:t>San Antonio</x:t>
   </x:si>
   <x:si>
     <x:t>78207</x:t>
   </x:si>
   <x:si>
     <x:t>CHRISTUS St. Michael Health System</x:t>
   </x:si>
   <x:si>
     <x:t>2600 St. Michael Drive</x:t>
   </x:si>
   <x:si>
     <x:t>Texarkana</x:t>
   </x:si>
   <x:si>
     <x:t>75503</x:t>
   </x:si>
   <x:si>
-    <x:t>CHRISTUS Trinity Mother Frances - Tyler</x:t>
-[...2 lines deleted...]
-    <x:t>800 E Dawson</x:t>
+    <x:t>CHRISTUS Trinity Mother Frances Tyler Hospital</x:t>
+  </x:si>
+  <x:si>
+    <x:t>800 East Dawson Street</x:t>
   </x:si>
   <x:si>
     <x:t>Tyler</x:t>
   </x:si>
   <x:si>
-    <x:t>75701</x:t>
+    <x:t>76147</x:t>
   </x:si>
   <x:si>
     <x:t>Cook Children's Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>801 7th Ave</x:t>
   </x:si>
   <x:si>
-    <x:t>76104-2796</x:t>
+    <x:t>Ft. Worth</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> 2011, 2016, 2021, 2025</x:t>
   </x:si>
   <x:si>
     <x:t>Covenant Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>3615 19th Street</x:t>
   </x:si>
   <x:si>
-    <x:t>Lubbock</x:t>
+    <x:t xml:space="preserve">Lubbock </x:t>
   </x:si>
   <x:si>
     <x:t>79410</x:t>
   </x:si>
   <x:si>
     <x:t>Dell Children's Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>4900 Mueller Blvd</x:t>
   </x:si>
   <x:si>
     <x:t>Austin</x:t>
   </x:si>
   <x:si>
     <x:t>78723</x:t>
   </x:si>
   <x:si>
     <x:t>2008, 2012, 2018, 2023</x:t>
   </x:si>
   <x:si>
     <x:t>Dell Seton Medical Center at the University of Texas</x:t>
   </x:si>
   <x:si>
-    <x:t>1500 Red River St.</x:t>
+    <x:t>1500 Red River Street</x:t>
   </x:si>
   <x:si>
     <x:t>78701</x:t>
   </x:si>
   <x:si>
     <x:t>HCA Houston Healthcare Conroe</x:t>
   </x:si>
   <x:si>
     <x:t>504 Medical Center Blvd</x:t>
   </x:si>
   <x:si>
     <x:t>Conroe</x:t>
   </x:si>
   <x:si>
     <x:t>77304</x:t>
   </x:si>
   <x:si>
     <x:t>HCA Houston Healthcare Northwest</x:t>
   </x:si>
   <x:si>
     <x:t>710 Cypress Creek Parkway</x:t>
   </x:si>
   <x:si>
     <x:t>77090</x:t>
   </x:si>
   <x:si>
     <x:t>Houston Methodist Baytown Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>4401 Garth Road</x:t>
   </x:si>
   <x:si>
     <x:t>Baytown</x:t>
   </x:si>
   <x:si>
     <x:t>77521</x:t>
   </x:si>
   <x:si>
-    <x:t>Formerly Houston Methodist San Jacinto Hospital</x:t>
+    <x:t xml:space="preserve"> 2021, 2026</x:t>
   </x:si>
   <x:si>
     <x:t>Houston Methodist Clear Lake Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>18300 Houston Methodist Dr</x:t>
   </x:si>
   <x:si>
     <x:t>77058</x:t>
   </x:si>
   <x:si>
     <x:t>Houston Methodist Hospital</x:t>
   </x:si>
   <x:si>
-    <x:t>6565 Fannin St. Main 100</x:t>
-[...2 lines deleted...]
-    <x:t>Formerly Houston Methodist Hospital (Texas Medical Center)</x:t>
+    <x:t>6565 Fannin Street</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> 2006, 2011, 2016, 2021, 2026</x:t>
   </x:si>
   <x:si>
     <x:t>Houston Methodist Sugar Land Hospital</x:t>
   </x:si>
   <x:si>
-    <x:t>16655 Southwest Freeway</x:t>
+    <x:t>16655 Southwest Fwy</x:t>
   </x:si>
   <x:si>
     <x:t>Sugar Land</x:t>
   </x:si>
   <x:si>
     <x:t>77479</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Houston Methodist The Woodlands Hospital  
 </x:t>
   </x:si>
   <x:si>
     <x:t>17201 Interstate 45 South</x:t>
   </x:si>
   <x:si>
-    <x:t>Shenandoah</x:t>
+    <x:t>The Woodlands</x:t>
   </x:si>
   <x:si>
     <x:t>77385</x:t>
   </x:si>
   <x:si>
     <x:t>Houston Methodist West Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>18500 Katy Freeway</x:t>
   </x:si>
   <x:si>
     <x:t>77094</x:t>
   </x:si>
   <x:si>
     <x:t>Houston Methodist Willowbrook Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>18220 State Highway 249</x:t>
   </x:si>
   <x:si>
     <x:t>77070</x:t>
   </x:si>
   <x:si>
     <x:t>Lyndon B. Johnson Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>5656 Kelley St</x:t>
   </x:si>
   <x:si>
-    <x:t>77026-1975</x:t>
+    <x:t>77026</x:t>
   </x:si>
   <x:si>
     <x:t>Medical City Dallas and Medical City Children’s Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>7777 Forest Ln</x:t>
   </x:si>
   <x:si>
     <x:t>75230-2571</x:t>
   </x:si>
   <x:si>
     <x:t>Medical City Denton</x:t>
   </x:si>
   <x:si>
-    <x:t>3535 South Interstate 35</x:t>
+    <x:t>3535 S Interstate 35 E 35</x:t>
   </x:si>
   <x:si>
     <x:t>Denton</x:t>
   </x:si>
   <x:si>
     <x:t>76210</x:t>
   </x:si>
   <x:si>
     <x:t>Medical City Fort Worth</x:t>
   </x:si>
   <x:si>
     <x:t>900 8th Avenue</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Fort Worth </x:t>
   </x:si>
   <x:si>
     <x:t>Medical City Lewisville</x:t>
   </x:si>
   <x:si>
     <x:t>500 West Main Street</x:t>
   </x:si>
   <x:si>
     <x:t>Lewisville</x:t>
   </x:si>
   <x:si>
     <x:t>75057</x:t>
   </x:si>
   <x:si>
     <x:t>Medical City McKinney</x:t>
   </x:si>
   <x:si>
     <x:t>4500 Medical Center Dr.</x:t>
   </x:si>
   <x:si>
     <x:t>75069</x:t>
   </x:si>
   <x:si>
     <x:t>Medical City Plano</x:t>
   </x:si>
   <x:si>
-    <x:t>3901 W. 15th St</x:t>
+    <x:t>3901 West 15th Street</x:t>
   </x:si>
   <x:si>
     <x:t>75075</x:t>
   </x:si>
   <x:si>
     <x:t>Memorial Hermann - Texas Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>6411 Fannin St., R-486</x:t>
   </x:si>
   <x:si>
     <x:t>77030-1501</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> 2019, 2021, 2024</x:t>
   </x:si>
   <x:si>
     <x:t>Memorial Hermann Cypress Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>27800 Northwest Freeway</x:t>
   </x:si>
   <x:si>
     <x:t>Cypress</x:t>
   </x:si>
   <x:si>
     <x:t>77433</x:t>
   </x:si>
   <x:si>
     <x:t>Memorial Hermann Greater Heights Hospital</x:t>
   </x:si>
   <x:si>
-    <x:t>1635 North Loop West</x:t>
+    <x:t>1635 N Loop W</x:t>
   </x:si>
   <x:si>
     <x:t>77008</x:t>
   </x:si>
   <x:si>
     <x:t>Memorial Hermann Katy Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>23900 Katy Freeway</x:t>
   </x:si>
   <x:si>
     <x:t>Katy</x:t>
   </x:si>
   <x:si>
     <x:t>77494</x:t>
   </x:si>
   <x:si>
     <x:t>Memorial Hermann Memorial City Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>929 Gessner Rd</x:t>
   </x:si>
   <x:si>
     <x:t>77024-2501</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> 2015, 2020, 2025</x:t>
   </x:si>
   <x:si>
     <x:t>Memorial Hermann Southeast Hospital</x:t>
   </x:si>
   <x:si>
-    <x:t>11800 Astoria Blvd.</x:t>
+    <x:t>11800 Astoria</x:t>
   </x:si>
   <x:si>
     <x:t>77089</x:t>
   </x:si>
   <x:si>
     <x:t>Memorial Hermann Southwest Hospital</x:t>
   </x:si>
   <x:si>
-    <x:t>7600 Beechnut Street</x:t>
+    <x:t>7600 Beechnnut</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Houston </x:t>
   </x:si>
   <x:si>
     <x:t>77074</x:t>
   </x:si>
   <x:si>
     <x:t>Memorial Hermann Sugar Land Hospital</x:t>
   </x:si>
   <x:si>
-    <x:t>17500 West Grand Parkway South</x:t>
+    <x:t>17500 W. Grand Parkway South</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Sugar Land </x:t>
   </x:si>
   <x:si>
     <x:t>Memorial Hermann The Woodlands Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>9250 Pinecroft Drive</x:t>
   </x:si>
   <x:si>
-    <x:t>The Woodlands</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>77380</x:t>
   </x:si>
   <x:si>
     <x:t>Methodist Charlton Medical Center</x:t>
   </x:si>
   <x:si>
-    <x:t>3500 W Wheatland Rd</x:t>
+    <x:t>3500 W. Wheatland</x:t>
   </x:si>
   <x:si>
     <x:t>75237</x:t>
   </x:si>
   <x:si>
     <x:t>Methodist Dallas Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>1441 N. Beckley Ave</x:t>
   </x:si>
   <x:si>
     <x:t>75203</x:t>
   </x:si>
   <x:si>
     <x:t>Methodist Mansfield Medical Center</x:t>
   </x:si>
   <x:si>
-    <x:t>2700 East Broad Street</x:t>
+    <x:t>2700 E. Broad Street</x:t>
   </x:si>
   <x:si>
     <x:t>76063</x:t>
   </x:si>
   <x:si>
     <x:t>Methodist Richardson Medical Center</x:t>
   </x:si>
   <x:si>
-    <x:t>2831 E. George Bush Hwy (190)</x:t>
+    <x:t>2831 E President George Bush Hwy</x:t>
   </x:si>
   <x:si>
     <x:t>Richardson</x:t>
   </x:si>
   <x:si>
     <x:t>75082</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> 2022</x:t>
   </x:si>
   <x:si>
     <x:t>Michael E. DeBakey VA Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Holcombe BLVD</x:t>
   </x:si>
   <x:si>
     <x:t>Parkland Health</x:t>
   </x:si>
   <x:si>
-    <x:t>5200 Harry Hines Blvd</x:t>
-[...2 lines deleted...]
-    <x:t>75235-7709</x:t>
+    <x:t>5200 Harry Hines Blvd.</x:t>
   </x:si>
   <x:si>
     <x:t>St. David's Medical Center Austin</x:t>
   </x:si>
   <x:si>
     <x:t>919 E. 32nd Street</x:t>
   </x:si>
   <x:si>
     <x:t>78705</x:t>
   </x:si>
   <x:si>
     <x:t>St. David's Round Rock Medical Center</x:t>
   </x:si>
   <x:si>
-    <x:t>2400 Round Rock Ave.</x:t>
+    <x:t>2400 ROUND ROCK AVE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROUND ROCK</x:t>
   </x:si>
   <x:si>
     <x:t>78681</x:t>
   </x:si>
   <x:si>
     <x:t>Full Name:  St. David's Healthcare Partnership, L.P., LLP dba Round Rock Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>Texas Children's Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>6621 Fannin Street</x:t>
   </x:si>
   <x:si>
     <x:t>2007, 2012, 2018, 2023</x:t>
   </x:si>
   <x:si>
     <x:t>Texas Health Arlington Memorial Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>800 W. Randol Mill Road</x:t>
   </x:si>
   <x:si>
     <x:t>Arlington</x:t>
   </x:si>
   <x:si>
     <x:t>76012</x:t>
   </x:si>
   <x:si>
     <x:t>Texas Health Harris Methodist Hospital Fort Worth</x:t>
   </x:si>
   <x:si>
     <x:t>1301 Pennsylvania Ave.</x:t>
   </x:si>
   <x:si>
     <x:t>Texas Health Harris Methodist Hospital Hurst-Euless-Bedford</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">1600 Hospital Parkway   </x:t>
+    <x:t xml:space="preserve">1600 Hospital Pkwy </x:t>
   </x:si>
   <x:si>
     <x:t>Bedford</x:t>
   </x:si>
   <x:si>
     <x:t>76022</x:t>
   </x:si>
   <x:si>
     <x:t>Texas Health Harris Methodist Southwest Fort Worth</x:t>
   </x:si>
   <x:si>
     <x:t>6100 Harris Parkway</x:t>
   </x:si>
   <x:si>
     <x:t>76132</x:t>
   </x:si>
   <x:si>
     <x:t>Texas Health Presbyterian Hospital Dallas</x:t>
   </x:si>
   <x:si>
     <x:t>8200 Walnut Hill Lane</x:t>
   </x:si>
   <x:si>
     <x:t>75231</x:t>
   </x:si>
   <x:si>
     <x:t>Texas Health Presbyterian Hospital Denton</x:t>
   </x:si>
   <x:si>
     <x:t>3000 I 35 North</x:t>
   </x:si>
   <x:si>
     <x:t>76201</x:t>
   </x:si>
   <x:si>
     <x:t>Texas Health Presbyterian Hospital Plano</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> 6200 West Parker Road</x:t>
+    <x:t xml:space="preserve">6200 W Parker Road </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Plano </x:t>
   </x:si>
   <x:si>
     <x:t>2012, 2017, 2021</x:t>
   </x:si>
   <x:si>
     <x:t>The Heart Hospital Dallas (Formerly known as Baylor Scott and White Heart and Vascular Hospital)</x:t>
   </x:si>
   <x:si>
-    <x:t>621 North Hall Street</x:t>
+    <x:t>621 Hall Street</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Dallas </x:t>
   </x:si>
   <x:si>
     <x:t>75226</x:t>
   </x:si>
   <x:si>
     <x:t>The University of Texas MD Anderson Cancer Center</x:t>
   </x:si>
   <x:si>
-    <x:t>1515 Holcombe Blvd</x:t>
+    <x:t>1515 Holcombe Blvd.</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> 2006, 2010, 2015, 2020, 2025</x:t>
   </x:si>
   <x:si>
+    <x:t>TIRR Memorial Herrmann Hospital</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1333 Moursund</x:t>
+  </x:si>
+  <x:si>
     <x:t>University Health</x:t>
   </x:si>
   <x:si>
-    <x:t>4502 Medical Dr</x:t>
-[...2 lines deleted...]
-    <x:t>78229-4402</x:t>
+    <x:t>4502 Medical Drive</x:t>
+  </x:si>
+  <x:si>
+    <x:t>78229</x:t>
   </x:si>
   <x:si>
     <x:t>University Medical Center Health System</x:t>
   </x:si>
   <x:si>
-    <x:t>602 Indiana Ave.</x:t>
+    <x:t>602 Indiana Ave</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lubbock</x:t>
   </x:si>
   <x:si>
     <x:t>79415</x:t>
   </x:si>
   <x:si>
     <x:t>UT Southwestern Medical Center</x:t>
   </x:si>
   <x:si>
-    <x:t>6201 Harry Hines Blvd</x:t>
-[...2 lines deleted...]
-    <x:t>75390-9120</x:t>
+    <x:t>5323 Harry Hines Blvd.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75390</x:t>
   </x:si>
   <x:si>
     <x:t>Intermountain/Primary Children's Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>100 North Mario Capecchi Drive</x:t>
   </x:si>
   <x:si>
     <x:t>Salt Lake City</x:t>
   </x:si>
   <x:si>
     <x:t>Utah</x:t>
   </x:si>
   <x:si>
     <x:t>84113</x:t>
   </x:si>
   <x:si>
     <x:t>St. George Regional Hospital</x:t>
   </x:si>
   <x:si>
-    <x:t>1380 E Medical Center Dr</x:t>
+    <x:t>1380 E. Medical Center Drive</x:t>
   </x:si>
   <x:si>
     <x:t>St. George</x:t>
   </x:si>
   <x:si>
     <x:t>84790</x:t>
   </x:si>
   <x:si>
     <x:t>Timpanogos Regional Hospital</x:t>
   </x:si>
   <x:si>
-    <x:t>750 West 800 North</x:t>
+    <x:t>750 W 800 N</x:t>
   </x:si>
   <x:si>
     <x:t>Orem</x:t>
   </x:si>
   <x:si>
     <x:t>84057</x:t>
   </x:si>
   <x:si>
     <x:t>Rutland Regional Medical Center</x:t>
   </x:si>
   <x:si>
-    <x:t>160 Allen Street</x:t>
+    <x:t>160 Allen St</x:t>
   </x:si>
   <x:si>
     <x:t>Rutland</x:t>
   </x:si>
   <x:si>
     <x:t>Vermont</x:t>
   </x:si>
   <x:si>
     <x:t>05701</x:t>
   </x:si>
   <x:si>
     <x:t>2015, 2020</x:t>
   </x:si>
   <x:si>
     <x:t>Southwestern Vermont Medical Center</x:t>
   </x:si>
   <x:si>
-    <x:t>100 Hospital Dr</x:t>
+    <x:t>100 Hospital Dr.</x:t>
   </x:si>
   <x:si>
     <x:t>Bennington</x:t>
   </x:si>
   <x:si>
-    <x:t>05201-5004</x:t>
+    <x:t>05201</x:t>
   </x:si>
   <x:si>
     <x:t>2006, 2010, 2015, 2021, 2025</x:t>
   </x:si>
   <x:si>
     <x:t>Bon Secours Mary Immaculate Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>2 Bernardine Drive</x:t>
   </x:si>
   <x:si>
     <x:t>Newport News</x:t>
   </x:si>
   <x:si>
     <x:t>Virginia</x:t>
   </x:si>
   <x:si>
     <x:t>23602</x:t>
   </x:si>
   <x:si>
     <x:t>Bon Secours Memorial Regional Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>8260 Atlee Road</x:t>
   </x:si>
   <x:si>
     <x:t>Mechanicsville</x:t>
   </x:si>
   <x:si>
     <x:t>23116</x:t>
   </x:si>
   <x:si>
     <x:t>Bon Secours St. Mary's Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>5801 Bremo Road</x:t>
   </x:si>
   <x:si>
     <x:t>Richmond</x:t>
   </x:si>
   <x:si>
     <x:t>23226</x:t>
   </x:si>
   <x:si>
     <x:t>Carilion Clinic  Roanoke Campus</x:t>
   </x:si>
   <x:si>
-    <x:t>1906 Belleview Avenue</x:t>
-[...2 lines deleted...]
-    <x:t>PO Box 13367</x:t>
+    <x:t>1906 Belleview Ave SE</x:t>
   </x:si>
   <x:si>
     <x:t>Roanoke</x:t>
   </x:si>
   <x:si>
-    <x:t>24014</x:t>
+    <x:t>24014-1838</x:t>
   </x:si>
   <x:si>
     <x:t>Centra Lynchburg General Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>1901 Tate Springs Road</x:t>
   </x:si>
   <x:si>
     <x:t>Lynchburg</x:t>
   </x:si>
   <x:si>
     <x:t>24501</x:t>
   </x:si>
   <x:si>
     <x:t>Centra Southside Community Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>800 Oak St</x:t>
   </x:si>
   <x:si>
     <x:t>Farmville</x:t>
   </x:si>
   <x:si>
     <x:t>23901-1199</x:t>
   </x:si>
   <x:si>
     <x:t>Chesapeake Regional Healthcare</x:t>
   </x:si>
   <x:si>
-    <x:t>736 North Battlefield Boulevard</x:t>
-[...5 lines deleted...]
-    <x:t>23320</x:t>
+    <x:t>736 N Battlefield Blvd</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Chesapeake </x:t>
+  </x:si>
+  <x:si>
+    <x:t>23322</x:t>
   </x:si>
   <x:si>
     <x:t>Inova Alexandria Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>4320 Seminary Rd</x:t>
   </x:si>
   <x:si>
     <x:t>Alexandria</x:t>
   </x:si>
   <x:si>
     <x:t>22304</x:t>
   </x:si>
   <x:si>
     <x:t>Inova Fair Oaks Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>3600 Joseph Siewick Dr</x:t>
   </x:si>
   <x:si>
     <x:t>Fairfax</x:t>
   </x:si>
   <x:si>
     <x:t>22033</x:t>
   </x:si>
   <x:si>
     <x:t>Inova Fairfax Medical Campus</x:t>
   </x:si>
   <x:si>
-    <x:t>3300 Gallows Road-Claude Moore Building</x:t>
+    <x:t>3300 Gallows Road</x:t>
   </x:si>
   <x:si>
     <x:t>Falls Church</x:t>
   </x:si>
   <x:si>
-    <x:t>22042-3307</x:t>
+    <x:t>22042</x:t>
   </x:si>
   <x:si>
     <x:t>Inova Loudoun Hospital</x:t>
   </x:si>
   <x:si>
-    <x:t>44045 Riverside Parkway</x:t>
-[...2 lines deleted...]
-    <x:t>Leesburg</x:t>
+    <x:t xml:space="preserve">44045 Riverside Parkway </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Leesburg </x:t>
   </x:si>
   <x:si>
     <x:t>20176</x:t>
   </x:si>
   <x:si>
     <x:t>Inova Mount Vernon Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>2501 Parkers Lane</x:t>
   </x:si>
   <x:si>
     <x:t>22306</x:t>
   </x:si>
   <x:si>
     <x:t>LewisGale Hospital Montgomery</x:t>
   </x:si>
   <x:si>
-    <x:t>3700 South Main Street</x:t>
+    <x:t>3700 S Main St</x:t>
   </x:si>
   <x:si>
     <x:t>Blacksburg</x:t>
   </x:si>
   <x:si>
-    <x:t>24060</x:t>
+    <x:t>24060-7017</x:t>
   </x:si>
   <x:si>
     <x:t>2013, 2018, 2024</x:t>
   </x:si>
   <x:si>
     <x:t>Riverside Regional Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>500 J. Clyde Morris Blvd.</x:t>
   </x:si>
   <x:si>
     <x:t>23601</x:t>
   </x:si>
   <x:si>
     <x:t>Sentara CarePlex Hospital</x:t>
   </x:si>
   <x:si>
-    <x:t>3000 Coliseum Dr</x:t>
+    <x:t>3000 Coliseum Drive</x:t>
   </x:si>
   <x:si>
     <x:t>Hampton</x:t>
   </x:si>
   <x:si>
     <x:t>23666</x:t>
   </x:si>
   <x:si>
     <x:t>Sentara Leigh Hospital</x:t>
   </x:si>
   <x:si>
-    <x:t>830 Kempsville Road</x:t>
+    <x:t>830 Kempsville Rd.</x:t>
   </x:si>
   <x:si>
     <x:t>Norfolk</x:t>
   </x:si>
   <x:si>
     <x:t>23502</x:t>
   </x:si>
   <x:si>
     <x:t>Sentara Martha Jefferson Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>500 Martha Jefferson Drive</x:t>
   </x:si>
   <x:si>
     <x:t>Charlottesville</x:t>
   </x:si>
   <x:si>
     <x:t>22911</x:t>
   </x:si>
   <x:si>
     <x:t>Sentara Norfolk General Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>600 Gresham Drive</x:t>
   </x:si>
@@ -7218,183 +7329,189 @@
   <x:si>
     <x:t>Suffolk</x:t>
   </x:si>
   <x:si>
     <x:t>23434</x:t>
   </x:si>
   <x:si>
     <x:t>Sentara Princess Anne Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>2025 Glenn Mitchell Drive</x:t>
   </x:si>
   <x:si>
     <x:t>Virginia Beach</x:t>
   </x:si>
   <x:si>
     <x:t>23456</x:t>
   </x:si>
   <x:si>
     <x:t>Sentara RMH Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>2010 Health Campus Drive</x:t>
   </x:si>
   <x:si>
-    <x:t>Harrisonburg</x:t>
+    <x:t xml:space="preserve">Harrisonburg </x:t>
   </x:si>
   <x:si>
     <x:t>22801</x:t>
   </x:si>
   <x:si>
     <x:t>2019, 2023</x:t>
   </x:si>
   <x:si>
     <x:t>Sentara Virginia Beach General Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>1060 First Colonial Road</x:t>
   </x:si>
   <x:si>
     <x:t>23454</x:t>
   </x:si>
   <x:si>
     <x:t>Sentara Williamsburg Regional Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>100 Sentara Circle</x:t>
   </x:si>
   <x:si>
     <x:t>Williamsburg</x:t>
   </x:si>
   <x:si>
     <x:t>23188</x:t>
   </x:si>
   <x:si>
     <x:t>UVA Health Prince William Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>8700 Sudley Road</x:t>
   </x:si>
   <x:si>
     <x:t>Manassas</x:t>
   </x:si>
   <x:si>
-    <x:t>20110</x:t>
+    <x:t>20155</x:t>
   </x:si>
   <x:si>
     <x:t>UVA Health University Medical Center</x:t>
   </x:si>
   <x:si>
-    <x:t>PO Box 800788</x:t>
-[...2 lines deleted...]
-    <x:t>22908-0788</x:t>
+    <x:t>1215 Lee St</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PO Box 800135</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22908</x:t>
   </x:si>
   <x:si>
     <x:t>VHC Health</x:t>
   </x:si>
   <x:si>
     <x:t>1625 North George Mason Drive</x:t>
   </x:si>
   <x:si>
     <x:t>22205</x:t>
   </x:si>
   <x:si>
     <x:t>Virginia Commonwealth University Medical Center</x:t>
   </x:si>
   <x:si>
-    <x:t>1250 E Marshall St</x:t>
-[...2 lines deleted...]
-    <x:t>23298-5051</x:t>
+    <x:t>1250 East Marshall Street</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23298</x:t>
   </x:si>
   <x:si>
     <x:t>2011, 2016, 2020, 2025</x:t>
   </x:si>
   <x:si>
     <x:t>Winchester Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>1840 Amherst Street</x:t>
   </x:si>
   <x:si>
     <x:t>22601</x:t>
   </x:si>
   <x:si>
     <x:t>Harborview Medical Center</x:t>
   </x:si>
   <x:si>
-    <x:t>325 9th Avenue</x:t>
+    <x:t>325 9th Ave</x:t>
   </x:si>
   <x:si>
     <x:t>Seattle</x:t>
   </x:si>
   <x:si>
     <x:t>98104</x:t>
   </x:si>
   <x:si>
     <x:t>Providence Holy Family Hospital</x:t>
   </x:si>
   <x:si>
-    <x:t>5633 N Lidgerwood St</x:t>
+    <x:t>5633 N. Lidgerwood St.</x:t>
   </x:si>
   <x:si>
     <x:t>Spokane</x:t>
   </x:si>
   <x:si>
     <x:t>99208</x:t>
   </x:si>
   <x:si>
     <x:t>Providence St. Peter Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>413 Lilly Road NE</x:t>
   </x:si>
   <x:si>
     <x:t>Olympia</x:t>
   </x:si>
   <x:si>
-    <x:t>98501</x:t>
+    <x:t>98506</x:t>
   </x:si>
   <x:si>
     <x:t>Seattle Children's Hospital</x:t>
   </x:si>
   <x:si>
-    <x:t>4800 Sand Point Way</x:t>
+    <x:t>4800 Sand Point Way NE</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Seattle </x:t>
   </x:si>
   <x:si>
     <x:t>98105</x:t>
   </x:si>
   <x:si>
     <x:t>University of Washington Medical Center</x:t>
   </x:si>
   <x:si>
-    <x:t>1959 NE Pacific Street</x:t>
-[...2 lines deleted...]
-    <x:t>98195</x:t>
+    <x:t>1959 NE Pacific St</x:t>
+  </x:si>
+  <x:si>
+    <x:t>356151</x:t>
   </x:si>
   <x:si>
     <x:t>1994</x:t>
   </x:si>
   <x:si>
     <x:t>1998, 2002, 2006, 2011, 2016, 2022</x:t>
   </x:si>
   <x:si>
     <x:t>West Virginia University Hospitals</x:t>
   </x:si>
   <x:si>
     <x:t>One Medical Center Drive</x:t>
   </x:si>
   <x:si>
     <x:t>Morgantown</x:t>
   </x:si>
   <x:si>
     <x:t>West Virginia</x:t>
   </x:si>
   <x:si>
     <x:t>26506</x:t>
   </x:si>
   <x:si>
     <x:t>Aurora Medical Center Washington County</x:t>
   </x:si>
@@ -7542,102 +7659,108 @@
   <x:si>
     <x:t>Beirut</x:t>
   </x:si>
   <x:si>
     <x:t>Lebanon</x:t>
   </x:si>
   <x:si>
     <x:t>Cleveland Clinic Abu Dhabi</x:t>
   </x:si>
   <x:si>
     <x:t>PO Box 112412</x:t>
   </x:si>
   <x:si>
     <x:t>Abu Dhabi</x:t>
   </x:si>
   <x:si>
     <x:t>112412</x:t>
   </x:si>
   <x:si>
     <x:t>United Arab Emirates</x:t>
   </x:si>
   <x:si>
     <x:t>Clinica Universidad De Navarra- Pamplona</x:t>
   </x:si>
   <x:si>
-    <x:t>Pio XII, 36</x:t>
+    <x:t xml:space="preserve">Avenida Pio XII </x:t>
+  </x:si>
+  <x:si>
+    <x:t>36</x:t>
   </x:si>
   <x:si>
     <x:t>Pamplona</x:t>
   </x:si>
   <x:si>
     <x:t>31008</x:t>
   </x:si>
   <x:si>
     <x:t>Spain</x:t>
   </x:si>
   <x:si>
     <x:t>Fundación Santa Fe De Bogotá</x:t>
   </x:si>
   <x:si>
     <x:t>Calle 119 #7-75</x:t>
   </x:si>
   <x:si>
     <x:t>Bogotá</x:t>
   </x:si>
   <x:si>
     <x:t>110111</x:t>
   </x:si>
   <x:si>
     <x:t>Colombia</x:t>
   </x:si>
   <x:si>
     <x:t>Gold Coast Health</x:t>
   </x:si>
   <x:si>
     <x:t>1 Hospital Boulevard</x:t>
   </x:si>
   <x:si>
     <x:t>Southport</x:t>
   </x:si>
   <x:si>
-    <x:t>4215</x:t>
+    <x:t>4209</x:t>
   </x:si>
   <x:si>
     <x:t>Australia</x:t>
   </x:si>
   <x:si>
     <x:t>Hospital Israelita Albert Einstein</x:t>
   </x:si>
   <x:si>
-    <x:t>Avenida Albert Einstein</x:t>
-[...5 lines deleted...]
-    <x:t>05640-001</x:t>
+    <x:t>Av. Albert Einstein, 627</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3º</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">São Paulo </x:t>
+  </x:si>
+  <x:si>
+    <x:t>05652-900</x:t>
   </x:si>
   <x:si>
     <x:t>Brazil</x:t>
   </x:si>
   <x:si>
     <x:t>HUS Comprehensive Cancer Center</x:t>
   </x:si>
   <x:si>
     <x:t>Paciuksenkatu 3</x:t>
   </x:si>
   <x:si>
     <x:t>Helsinki</x:t>
   </x:si>
   <x:si>
     <x:t>FI-00029</x:t>
   </x:si>
   <x:si>
     <x:t>Finland</x:t>
   </x:si>
   <x:si>
     <x:t>HUS Heart and Lung Center</x:t>
   </x:si>
   <x:si>
     <x:t>Haartmaninkatu 4</x:t>
   </x:si>
@@ -7662,171 +7785,177 @@
   <x:si>
     <x:t>PO BOX 3354</x:t>
   </x:si>
   <x:si>
     <x:t>Riyadh</x:t>
   </x:si>
   <x:si>
     <x:t>11211</x:t>
   </x:si>
   <x:si>
     <x:t>King Faisal Specialist Hospital &amp; Research Centre - Jeddah</x:t>
   </x:si>
   <x:si>
     <x:t>40047, Al Rawdah Road</x:t>
   </x:si>
   <x:si>
     <x:t>P.O. Box 40047</x:t>
   </x:si>
   <x:si>
     <x:t>Jeddah, Makkah Province</x:t>
   </x:si>
   <x:si>
     <x:t>21499</x:t>
   </x:si>
   <x:si>
+    <x:t>King Saud University Medical City</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ash Shaikh Hasan Ibn Abdullah Al Ash Sha</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11461</x:t>
+  </x:si>
+  <x:si>
     <x:t>Prince Sultan Cardiac Center</x:t>
   </x:si>
   <x:si>
     <x:t>Makkah Almukarama Branch Rd</x:t>
   </x:si>
   <x:si>
     <x:t>King Abdulaziz</x:t>
   </x:si>
   <x:si>
     <x:t>12233</x:t>
   </x:si>
   <x:si>
     <x:t>Princess Alexandra Hospital, Metro South Health</x:t>
   </x:si>
   <x:si>
     <x:t>199 Ipswich Rd</x:t>
   </x:si>
   <x:si>
     <x:t>Woolloongabba</x:t>
   </x:si>
   <x:si>
     <x:t>Brisbane</x:t>
   </x:si>
   <x:si>
     <x:t>4102</x:t>
   </x:si>
   <x:si>
     <x:t>Saudi German Hospital Aseer</x:t>
   </x:si>
   <x:si>
-    <x:t>P.O. Box 2553</x:t>
+    <x:t>Khamis Mushait P.O. Box 2553</x:t>
   </x:si>
   <x:si>
     <x:t>Khamis Mushait</x:t>
   </x:si>
   <x:si>
     <x:t>62451</x:t>
   </x:si>
   <x:si>
     <x:t>Saudi German Hospital Jeddah</x:t>
   </x:si>
   <x:si>
-    <x:t>PO Box 2550</x:t>
+    <x:t>2550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21461</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Saudi German Hospital Riyadh</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84348 - Riyadh 11671 -Kingdom of Saudi Arabia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13321</x:t>
+  </x:si>
+  <x:si>
+    <x:t>St. Luke's International Hospital</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Akashi-cho</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tokyo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>104-8560</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Japan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The American British Cowdray Medical Center IAP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sur 136 #116 Col. Las Américas</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Alc. A Obregón </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mexico City</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01120</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mexico</x:t>
+  </x:si>
+  <x:si>
+    <x:t>King Hussein Cancer Center</x:t>
+  </x:si>
+  <x:si>
+    <x:t>P.O Box 1269 Al-Jubeiha, Amman 11941</x:t>
+  </x:si>
+  <x:si>
+    <x:t>(AMMAN, AM 00962)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMMAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>00962</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jordan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dr. Soliman Fakeeh Hospital</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Palestine Street, PO Box 2537</x:t>
   </x:si>
   <x:si>
     <x:t>Jeddah</x:t>
-  </x:si>
-[...73 lines deleted...]
-    <x:t>Palestine Street, PO Box 2537</x:t>
   </x:si>
   <x:si>
     <x:t>Makkah</x:t>
   </x:si>
   <x:si>
     <x:t>Mount Sinai Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>600 University Ave</x:t>
   </x:si>
   <x:si>
     <x:t>Toronto</x:t>
   </x:si>
   <x:si>
     <x:t>M5G 1X5</x:t>
   </x:si>
   <x:si>
     <x:t>Canada</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
@@ -8173,62 +8302,62 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:K648"/>
+  <x:dimension ref="A1:K657"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="255" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="85.282054" style="0" customWidth="1"/>
-    <x:col min="3" max="3" width="48.139196" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="31.853482" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="39.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="18.567768" style="0" customWidth="1"/>
-    <x:col min="6" max="6" width="10.853482" style="0" customWidth="1"/>
+    <x:col min="6" max="6" width="12.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="19.853482" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="12.853482" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="128.567768" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="15.853482" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="31.424911" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F1" s="1" t="s">
         <x:v>5</x:v>
@@ -8742,681 +8871,681 @@
         <x:v>110</x:v>
       </x:c>
       <x:c r="E21" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F21" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A22" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
+      <x:c r="C22" s="0" t="s">
+        <x:v>116</x:v>
+      </x:c>
       <x:c r="D22" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="E22" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F22" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="G22" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J22" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="K22" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A23" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D23" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="E23" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F23" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A24" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D24" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E24" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F24" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="G24" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J24" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K24" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A25" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D25" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E25" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F25" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A26" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="D26" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="E26" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F26" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="G26" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J26" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="K26" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A27" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D27" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E27" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F27" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:11" ht="28.5" customHeight="1">
       <x:c r="A28" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D28" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="E28" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F28" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="G28" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I28" s="2" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J28" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K28" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A29" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D29" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E29" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F29" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A30" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D30" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E30" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F30" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="G30" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J30" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="K30" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A31" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="D31" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="E31" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F31" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A32" s="2" t="s">
-        <x:v>162</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="D32" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="E32" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F32" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="G32" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J32" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A33" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="D33" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E33" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F33" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A34" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D34" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="E34" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F34" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="G34" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J34" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A35" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="D35" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="E35" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F35" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A36" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="D36" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="E36" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F36" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="G36" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J36" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A37" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>181</x:v>
-[...2 lines deleted...]
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="D37" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="E37" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F37" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A38" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="D38" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="E38" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F38" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="G38" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J38" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K38" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A39" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="D39" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="E39" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F39" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A40" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="D40" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="E40" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F40" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="G40" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J40" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A41" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="D41" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="E41" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F41" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A42" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="D42" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="E42" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F42" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="G42" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J42" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A43" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="D43" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="E43" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F43" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A44" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D44" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="E44" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F44" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="G44" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J44" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K44" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A45" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D45" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E45" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F45" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A46" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D46" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E46" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F46" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="G46" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J46" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K46" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A47" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="D47" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="E47" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F47" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A48" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="D48" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="E48" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F48" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="G48" s="0" t="s">
@@ -9438,15247 +9567,15472 @@
       </x:c>
       <x:c r="D49" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="E49" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F49" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A50" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="D50" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="E50" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F50" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="G50" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J50" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="K50" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A51" s="0" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="B51" s="0" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="D51" s="0" t="s">
         <x:v>233</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>235</x:v>
       </x:c>
       <x:c r="E51" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F51" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A52" s="0" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="B52" s="0" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="C52" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
-      <x:c r="B52" s="0" t="s">
+      <x:c r="D52" s="0" t="s">
         <x:v>239</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>240</x:v>
       </x:c>
       <x:c r="E52" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F52" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="G52" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J52" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K52" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A53" s="0" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="B53" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
-      <x:c r="B53" s="0" t="s">
+      <x:c r="D53" s="0" t="s">
         <x:v>243</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>244</x:v>
       </x:c>
       <x:c r="E53" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F53" s="0" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="G53" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J53" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
-      <x:c r="G53" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="J53" s="0" t="s">
+      <x:c r="K53" s="0" t="s">
         <x:v>246</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A54" s="0" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="B54" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
-      <x:c r="B54" s="0" t="s">
+      <x:c r="D54" s="0" t="s">
         <x:v>249</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>250</x:v>
       </x:c>
       <x:c r="E54" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F54" s="0" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="G54" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J54" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="G54" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="J54" s="0" t="s">
+      <x:c r="K54" s="0" t="s">
         <x:v>252</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A55" s="0" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="B55" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
-      <x:c r="B55" s="0" t="s">
+      <x:c r="D55" s="0" t="s">
         <x:v>255</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>256</x:v>
       </x:c>
       <x:c r="E55" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F55" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A56" s="0" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="B56" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
-      <x:c r="B56" s="0" t="s">
+      <x:c r="D56" s="0" t="s">
         <x:v>259</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>260</x:v>
       </x:c>
       <x:c r="E56" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F56" s="0" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="G56" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J56" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
-      <x:c r="G56" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="J56" s="0" t="s">
+      <x:c r="K56" s="0" t="s">
         <x:v>262</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A57" s="0" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="B57" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
-      <x:c r="B57" s="0" t="s">
+      <x:c r="D57" s="0" t="s">
         <x:v>265</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>266</x:v>
       </x:c>
       <x:c r="E57" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F57" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A58" s="0" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="B58" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
-      <x:c r="B58" s="0" t="s">
+      <x:c r="D58" s="0" t="s">
         <x:v>269</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>270</x:v>
       </x:c>
       <x:c r="E58" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F58" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="G58" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J58" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A59" s="0" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="B59" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
-      <x:c r="B59" s="0" t="s">
+      <x:c r="D59" s="0" t="s">
         <x:v>273</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>121</x:v>
       </x:c>
       <x:c r="E59" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F59" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A60" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="D60" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="E60" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F60" s="0" t="s">
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="G60" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J60" s="0" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="K60" s="0" t="s">
         <x:v>278</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A61" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="D61" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="E61" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F61" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A62" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="D62" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="E62" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F62" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="G62" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J62" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="K62" s="0" t="s">
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A63" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="D63" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E63" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F63" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
-        <x:v>31</x:v>
-[...2 lines deleted...]
-        <x:v>289</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A64" s="0" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="B64" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
-      <x:c r="B64" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D64" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E64" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F64" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="G64" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J64" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="K64" s="0" t="s">
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A65" s="0" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="B65" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
-      <x:c r="B65" s="0" t="s">
+      <x:c r="D65" s="0" t="s">
         <x:v>295</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>296</x:v>
       </x:c>
       <x:c r="E65" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F65" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
-        <x:v>31</x:v>
-[...2 lines deleted...]
-        <x:v>137</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A66" s="0" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="B66" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
-      <x:c r="B66" s="0" t="s">
+      <x:c r="D66" s="0" t="s">
         <x:v>299</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>300</x:v>
       </x:c>
       <x:c r="E66" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F66" s="0" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="G66" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J66" s="0" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="K66" s="0" t="s">
         <x:v>301</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A67" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="D67" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="E67" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F67" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A68" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="D68" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="E68" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F68" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="G68" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J68" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K68" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A69" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="D69" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="E69" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F69" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
     </x:row>
-    <x:row r="70" spans="1:11" ht="42.75" customHeight="1">
+    <x:row r="70" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A70" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
+      <x:c r="C70" s="0" t="s">
+        <x:v>317</x:v>
+      </x:c>
       <x:c r="D70" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="E70" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F70" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="G70" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="I70" s="2" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J70" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="K70" s="0" t="s">
-        <x:v>102</x:v>
-[...2 lines deleted...]
-    <x:row r="71" spans="1:11" ht="14.25" customHeight="1">
+        <x:v>319</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:11" ht="42.75" customHeight="1">
       <x:c r="A71" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="D71" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E71" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F71" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
+      <x:c r="I71" s="2" t="s">
+        <x:v>322</x:v>
+      </x:c>
       <x:c r="J71" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A72" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="D72" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="E72" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F72" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="G72" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J72" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K72" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A73" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="D73" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="E73" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F73" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A74" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="C74" s="0" t="s">
+        <x:v>333</x:v>
       </x:c>
       <x:c r="D74" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="E74" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F74" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="G74" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J74" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K74" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A75" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="D75" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="E75" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F75" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A76" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
-        <x:v>338</x:v>
-[...2 lines deleted...]
-        <x:v>339</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="D76" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="E76" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F76" s="0" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="G76" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J76" s="0" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="K76" s="0" t="s">
         <x:v>341</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A77" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
+      <x:c r="C77" s="0" t="s">
+        <x:v>344</x:v>
+      </x:c>
       <x:c r="D77" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="E77" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F77" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A78" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="D78" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="E78" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F78" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="G78" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J78" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K78" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A79" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="D79" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="E79" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F79" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="I79" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J79" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="K79" s="0" t="s">
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A80" s="0" t="s">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="B80" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
-      <x:c r="B80" s="0" t="s">
+      <x:c r="D80" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
-      <x:c r="D80" s="0" t="s">
+      <x:c r="E80" s="0" t="s">
         <x:v>359</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>354</x:v>
       </x:c>
       <x:c r="F80" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="G80" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
+      <x:c r="I80" s="0" t="s">
+        <x:v>361</x:v>
+      </x:c>
       <x:c r="J80" s="0" t="s">
-        <x:v>37</x:v>
-[...2 lines deleted...]
-        <x:v>93</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A81" s="0" t="s">
-        <x:v>361</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="D81" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="E81" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="F81" s="0" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A82" s="0" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="D82" s="0" t="s">
-        <x:v>367</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="E82" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="F82" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="G82" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J82" s="0" t="s">
-        <x:v>369</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K82" s="0" t="s">
-        <x:v>370</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A83" s="0" t="s">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="B83" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
-      <x:c r="B83" s="0" t="s">
+      <x:c r="D83" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
-      <x:c r="D83" s="0" t="s">
+      <x:c r="E83" s="0" t="s">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="F83" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
-      <x:c r="E83" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F83" s="0" t="s">
+      <x:c r="G83" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J83" s="0" t="s">
         <x:v>374</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>31</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A84" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="D84" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="E84" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="F84" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="G84" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J84" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="K84" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A85" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="D85" s="0" t="s">
-        <x:v>382</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="E85" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="F85" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="K85" s="0" t="s">
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A86" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="D86" s="0" t="s">
-        <x:v>386</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="E86" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="F86" s="0" t="s">
-        <x:v>387</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="G86" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J86" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A87" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="D87" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="E87" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="F87" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
-        <x:v>31</x:v>
-[...2 lines deleted...]
-        <x:v>32</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A88" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
-        <x:v>393</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="D88" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="E88" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="F88" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="G88" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J88" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="K88" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A89" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="D89" s="0" t="s">
-        <x:v>367</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="E89" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="F89" s="0" t="s">
-        <x:v>398</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A90" s="0" t="s">
-        <x:v>399</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="D90" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="E90" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="F90" s="0" t="s">
-        <x:v>402</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="G90" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J90" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K90" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A91" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="D91" s="0" t="s">
-        <x:v>367</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="E91" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="F91" s="0" t="s">
-        <x:v>405</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="I91" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J91" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A92" s="0" t="s">
-        <x:v>407</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
-        <x:v>408</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="D92" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="E92" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="F92" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="G92" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
+      <x:c r="I92" s="0" t="s">
+        <x:v>411</x:v>
+      </x:c>
       <x:c r="J92" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="K92" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A93" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>412</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="D93" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="E93" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="F93" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
-        <x:v>153</x:v>
-[...2 lines deleted...]
-        <x:v>415</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A94" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="D94" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="E94" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="F94" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="G94" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J94" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="K94" s="0" t="s">
+        <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A95" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="D95" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="E95" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="F95" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
-        <x:v>112</x:v>
-[...2 lines deleted...]
-        <x:v>423</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A96" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="D96" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="E96" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="F96" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="G96" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J96" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="K96" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A97" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="D97" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="E97" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="F97" s="0" t="s">
+        <x:v>379</x:v>
+      </x:c>
+      <x:c r="G97" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J97" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="K97" s="0" t="s">
         <x:v>431</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A98" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="D98" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="E98" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="F98" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="G98" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J98" s="0" t="s">
-        <x:v>36</x:v>
-[...2 lines deleted...]
-        <x:v>55</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A99" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>437</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="D99" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="E99" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="F99" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A100" s="0" t="s">
-        <x:v>440</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
-        <x:v>441</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="D100" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="E100" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="F100" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="G100" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J100" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="K100" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A101" s="0" t="s">
-        <x:v>444</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="D101" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="E101" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="F101" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
-        <x:v>448</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A102" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="D102" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="E102" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="F102" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="G102" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J102" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="K102" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>455</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A103" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>455</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="D103" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="E103" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="F103" s="0" t="s">
-        <x:v>457</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A104" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="D104" s="0" t="s">
-        <x:v>460</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="E104" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="F104" s="0" t="s">
-        <x:v>462</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="G104" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J104" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K104" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>464</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A105" s="0" t="s">
-        <x:v>463</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>464</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="D105" s="0" t="s">
-        <x:v>465</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="E105" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="F105" s="0" t="s">
-        <x:v>466</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A106" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
+        <x:v>471</x:v>
+      </x:c>
+      <x:c r="D106" s="0" t="s">
+        <x:v>472</x:v>
+      </x:c>
+      <x:c r="E106" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
-      <x:c r="D106" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F106" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="G106" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="I106" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J106" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="K106" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A107" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="D107" s="0" t="s">
+        <x:v>476</x:v>
+      </x:c>
+      <x:c r="E107" s="0" t="s">
+        <x:v>468</x:v>
+      </x:c>
+      <x:c r="F107" s="0" t="s">
         <x:v>473</x:v>
       </x:c>
-      <x:c r="E107" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
+      <x:c r="I107" s="0" t="s">
+        <x:v>477</x:v>
+      </x:c>
       <x:c r="J107" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A108" s="0" t="s">
-        <x:v>476</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
-        <x:v>477</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="D108" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="E108" s="0" t="s">
-        <x:v>474</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="F108" s="0" t="s">
-        <x:v>479</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="G108" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J108" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="K108" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A109" s="0" t="s">
+        <x:v>483</x:v>
+      </x:c>
+      <x:c r="B109" s="0" t="s">
+        <x:v>484</x:v>
+      </x:c>
+      <x:c r="D109" s="0" t="s">
+        <x:v>480</x:v>
+      </x:c>
+      <x:c r="E109" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
-      <x:c r="B109" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F109" s="0" t="s">
-        <x:v>483</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="K109" s="0" t="s">
+        <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A110" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="D110" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="E110" s="0" t="s">
-        <x:v>474</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="F110" s="0" t="s">
-        <x:v>486</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="G110" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J110" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A111" s="0" t="s">
-        <x:v>487</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="D111" s="0" t="s">
-        <x:v>489</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="E111" s="0" t="s">
-        <x:v>490</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="F111" s="0" t="s">
-        <x:v>491</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A112" s="0" t="s">
-        <x:v>492</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="D112" s="0" t="s">
-        <x:v>494</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="E112" s="0" t="s">
-        <x:v>490</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="F112" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="G112" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J112" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K112" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A113" s="0" t="s">
+        <x:v>498</x:v>
+      </x:c>
+      <x:c r="B113" s="0" t="s">
+        <x:v>499</x:v>
+      </x:c>
+      <x:c r="D113" s="0" t="s">
+        <x:v>500</x:v>
+      </x:c>
+      <x:c r="E113" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
-      <x:c r="B113" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F113" s="0" t="s">
-        <x:v>499</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
-        <x:v>501</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A114" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="D114" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="E114" s="0" t="s">
-        <x:v>490</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="F114" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="G114" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J114" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="K114" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A115" s="0" t="s">
-        <x:v>506</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="D115" s="0" t="s">
-        <x:v>508</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="E115" s="0" t="s">
-        <x:v>490</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="F115" s="0" t="s">
-        <x:v>509</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A116" s="0" t="s">
-        <x:v>510</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
-        <x:v>511</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="D116" s="0" t="s">
-        <x:v>498</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="E116" s="0" t="s">
-        <x:v>490</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="F116" s="0" t="s">
-        <x:v>512</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="G116" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J116" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="K116" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A117" s="0" t="s">
-        <x:v>513</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>514</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="D117" s="0" t="s">
-        <x:v>498</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="E117" s="0" t="s">
-        <x:v>490</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="F117" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A118" s="0" t="s">
-        <x:v>516</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
-        <x:v>517</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="D118" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="E118" s="0" t="s">
-        <x:v>490</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="F118" s="0" t="s">
-        <x:v>519</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="G118" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J118" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K118" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A119" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>522</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="D119" s="0" t="s">
-        <x:v>523</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="E119" s="0" t="s">
-        <x:v>490</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="F119" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A120" s="0" t="s">
-        <x:v>525</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
+        <x:v>528</x:v>
+      </x:c>
+      <x:c r="D120" s="0" t="s">
+        <x:v>529</x:v>
+      </x:c>
+      <x:c r="E120" s="0" t="s">
+        <x:v>496</x:v>
+      </x:c>
+      <x:c r="F120" s="0" t="s">
+        <x:v>530</x:v>
+      </x:c>
+      <x:c r="G120" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J120" s="0" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="K120" s="0" t="s">
         <x:v>526</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A121" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>530</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="D121" s="0" t="s">
-        <x:v>523</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="E121" s="0" t="s">
-        <x:v>490</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="F121" s="0" t="s">
-        <x:v>531</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A122" s="0" t="s">
-        <x:v>532</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
-        <x:v>533</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="D122" s="0" t="s">
-        <x:v>523</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="E122" s="0" t="s">
-        <x:v>490</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="F122" s="0" t="s">
-        <x:v>534</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="G122" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J122" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="K122" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A123" s="0" t="s">
-        <x:v>535</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>536</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="D123" s="0" t="s">
-        <x:v>537</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="E123" s="0" t="s">
-        <x:v>490</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="F123" s="0" t="s">
-        <x:v>538</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="K123" s="0" t="s">
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A124" s="0" t="s">
-        <x:v>539</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
-        <x:v>540</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="D124" s="0" t="s">
-        <x:v>541</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="E124" s="0" t="s">
-        <x:v>490</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="F124" s="0" t="s">
-        <x:v>542</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="G124" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J124" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>545</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A125" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="D125" s="0" t="s">
-        <x:v>545</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="E125" s="0" t="s">
-        <x:v>490</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="F125" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
-        <x:v>224</x:v>
-[...1 lines deleted...]
-      <x:c r="K125" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A126" s="0" t="s">
-        <x:v>547</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
-        <x:v>548</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="D126" s="0" t="s">
-        <x:v>523</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="E126" s="0" t="s">
-        <x:v>490</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="F126" s="0" t="s">
-        <x:v>549</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="G126" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J126" s="0" t="s">
-        <x:v>36</x:v>
-[...2 lines deleted...]
-        <x:v>55</x:v>
+        <x:v>545</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A127" s="0" t="s">
-        <x:v>550</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>551</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="D127" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="E127" s="0" t="s">
-        <x:v>490</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="F127" s="0" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
-        <x:v>36</x:v>
-[...2 lines deleted...]
-        <x:v>253</x:v>
+        <x:v>545</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A128" s="0" t="s">
-        <x:v>554</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
-        <x:v>555</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="D128" s="0" t="s">
-        <x:v>498</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="E128" s="0" t="s">
-        <x:v>490</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="F128" s="0" t="s">
-        <x:v>556</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="G128" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J128" s="0" t="s">
-        <x:v>331</x:v>
-[...2 lines deleted...]
-        <x:v>557</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A129" s="0" t="s">
-        <x:v>558</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>559</x:v>
-[...2 lines deleted...]
-        <x:v>560</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="D129" s="0" t="s">
-        <x:v>494</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="E129" s="0" t="s">
-        <x:v>490</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="F129" s="0" t="s">
-        <x:v>561</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A130" s="0" t="s">
-        <x:v>562</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
-        <x:v>563</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="D130" s="0" t="s">
-        <x:v>494</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="E130" s="0" t="s">
-        <x:v>490</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="F130" s="0" t="s">
-        <x:v>561</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="G130" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J130" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="K130" s="0" t="s">
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A131" s="0" t="s">
-        <x:v>564</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>565</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="D131" s="0" t="s">
-        <x:v>566</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="E131" s="0" t="s">
-        <x:v>490</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="F131" s="0" t="s">
-        <x:v>567</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A132" s="0" t="s">
-        <x:v>568</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
-        <x:v>569</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="D132" s="0" t="s">
-        <x:v>552</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="E132" s="0" t="s">
-        <x:v>490</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="F132" s="0" t="s">
-        <x:v>570</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="G132" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="I132" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J132" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="K132" s="0" t="s">
-        <x:v>572</x:v>
+        <x:v>574</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A133" s="0" t="s">
-        <x:v>573</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>574</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="D133" s="0" t="s">
-        <x:v>523</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="E133" s="0" t="s">
-        <x:v>490</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="F133" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A134" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
-        <x:v>577</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="D134" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="E134" s="0" t="s">
-        <x:v>490</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="F134" s="0" t="s">
-        <x:v>579</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="G134" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J134" s="0" t="s">
-        <x:v>331</x:v>
-[...2 lines deleted...]
-        <x:v>480</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A135" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="D135" s="0" t="s">
-        <x:v>498</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="E135" s="0" t="s">
-        <x:v>490</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="F135" s="0" t="s">
-        <x:v>582</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="K135" s="0" t="s">
+        <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A136" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="D136" s="0" t="s">
-        <x:v>523</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="E136" s="0" t="s">
-        <x:v>490</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="F136" s="0" t="s">
-        <x:v>585</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="G136" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
+      <x:c r="I136" s="0" t="s">
+        <x:v>588</x:v>
+      </x:c>
       <x:c r="J136" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="K136" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>589</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A137" s="0" t="s">
-        <x:v>586</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>587</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="D137" s="0" t="s">
-        <x:v>588</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="E137" s="0" t="s">
-        <x:v>589</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="F137" s="0" t="s">
-        <x:v>590</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A138" s="0" t="s">
-        <x:v>591</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
-        <x:v>592</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="D138" s="0" t="s">
-        <x:v>593</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="E138" s="0" t="s">
-        <x:v>589</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="F138" s="0" t="s">
-        <x:v>594</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="G138" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J138" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="K138" s="0" t="s">
-        <x:v>595</x:v>
+        <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A139" s="0" t="s">
-        <x:v>596</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>597</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="D139" s="0" t="s">
-        <x:v>598</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="E139" s="0" t="s">
-        <x:v>589</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="F139" s="0" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
-        <x:v>17</x:v>
-[...2 lines deleted...]
-        <x:v>600</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A140" s="0" t="s">
-        <x:v>601</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
-        <x:v>602</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="D140" s="0" t="s">
-        <x:v>588</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="E140" s="0" t="s">
-        <x:v>589</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="F140" s="0" t="s">
-        <x:v>603</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="G140" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J140" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="K140" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A141" s="0" t="s">
+        <x:v>601</x:v>
+      </x:c>
+      <x:c r="B141" s="0" t="s">
+        <x:v>602</x:v>
+      </x:c>
+      <x:c r="D141" s="0" t="s">
+        <x:v>603</x:v>
+      </x:c>
+      <x:c r="E141" s="0" t="s">
         <x:v>604</x:v>
       </x:c>
-      <x:c r="B141" s="0" t="s">
+      <x:c r="F141" s="0" t="s">
         <x:v>605</x:v>
       </x:c>
-      <x:c r="D141" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="K141" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A142" s="0" t="s">
+        <x:v>606</x:v>
+      </x:c>
+      <x:c r="B142" s="0" t="s">
+        <x:v>607</x:v>
+      </x:c>
+      <x:c r="D142" s="0" t="s">
         <x:v>608</x:v>
       </x:c>
-      <x:c r="B142" s="0" t="s">
+      <x:c r="E142" s="0" t="s">
+        <x:v>604</x:v>
+      </x:c>
+      <x:c r="F142" s="0" t="s">
         <x:v>609</x:v>
       </x:c>
-      <x:c r="D142" s="0" t="s">
+      <x:c r="G142" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J142" s="0" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="K142" s="0" t="s">
         <x:v>610</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A143" s="0" t="s">
+        <x:v>611</x:v>
+      </x:c>
+      <x:c r="B143" s="0" t="s">
+        <x:v>612</x:v>
+      </x:c>
+      <x:c r="D143" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
-      <x:c r="B143" s="0" t="s">
+      <x:c r="E143" s="0" t="s">
+        <x:v>604</x:v>
+      </x:c>
+      <x:c r="F143" s="0" t="s">
         <x:v>614</x:v>
       </x:c>
-      <x:c r="D143" s="0" t="s">
+      <x:c r="G143" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J143" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="K143" s="0" t="s">
         <x:v>615</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A144" s="0" t="s">
+        <x:v>616</x:v>
+      </x:c>
+      <x:c r="B144" s="0" t="s">
         <x:v>617</x:v>
       </x:c>
-      <x:c r="B144" s="0" t="s">
+      <x:c r="D144" s="0" t="s">
+        <x:v>603</x:v>
+      </x:c>
+      <x:c r="E144" s="0" t="s">
+        <x:v>604</x:v>
+      </x:c>
+      <x:c r="F144" s="0" t="s">
         <x:v>618</x:v>
       </x:c>
-      <x:c r="D144" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G144" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J144" s="0" t="s">
-        <x:v>619</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="K144" s="0" t="s">
-        <x:v>620</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A145" s="0" t="s">
+        <x:v>619</x:v>
+      </x:c>
+      <x:c r="B145" s="0" t="s">
+        <x:v>620</x:v>
+      </x:c>
+      <x:c r="D145" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
-      <x:c r="B145" s="0" t="s">
+      <x:c r="E145" s="0" t="s">
+        <x:v>604</x:v>
+      </x:c>
+      <x:c r="F145" s="0" t="s">
         <x:v>622</x:v>
       </x:c>
-      <x:c r="D145" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
-        <x:v>252</x:v>
-[...2 lines deleted...]
-        <x:v>325</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A146" s="0" t="s">
+        <x:v>623</x:v>
+      </x:c>
+      <x:c r="B146" s="0" t="s">
         <x:v>624</x:v>
       </x:c>
-      <x:c r="B146" s="0" t="s">
+      <x:c r="D146" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
-      <x:c r="D146" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E146" s="0" t="s">
-        <x:v>589</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="F146" s="0" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="G146" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
+      <x:c r="I146" s="0" t="s">
+        <x:v>627</x:v>
+      </x:c>
       <x:c r="J146" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A147" s="0" t="s">
-        <x:v>627</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>628</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="D147" s="0" t="s">
-        <x:v>629</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="E147" s="0" t="s">
-        <x:v>589</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="F147" s="0" t="s">
-        <x:v>630</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A148" s="0" t="s">
-        <x:v>631</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
-        <x:v>632</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="D148" s="0" t="s">
-        <x:v>598</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="E148" s="0" t="s">
-        <x:v>589</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="F148" s="0" t="s">
-        <x:v>633</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="G148" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J148" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="K148" s="0" t="s">
-        <x:v>600</x:v>
+        <x:v>635</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A149" s="0" t="s">
-        <x:v>634</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>635</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="D149" s="0" t="s">
-        <x:v>588</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="E149" s="0" t="s">
-        <x:v>589</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="F149" s="0" t="s">
-        <x:v>636</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="K149" s="0" t="s">
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A150" s="0" t="s">
-        <x:v>637</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
-        <x:v>638</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="D150" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="E150" s="0" t="s">
-        <x:v>589</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="F150" s="0" t="s">
-        <x:v>640</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="G150" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J150" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A151" s="0" t="s">
-        <x:v>641</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>642</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="D151" s="0" t="s">
-        <x:v>643</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="E151" s="0" t="s">
-        <x:v>589</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="F151" s="0" t="s">
-        <x:v>644</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="K151" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A152" s="0" t="s">
-        <x:v>645</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
-        <x:v>646</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="D152" s="0" t="s">
-        <x:v>647</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="E152" s="0" t="s">
+        <x:v>604</x:v>
+      </x:c>
+      <x:c r="F152" s="0" t="s">
         <x:v>648</x:v>
       </x:c>
-      <x:c r="F152" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G152" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J152" s="0" t="s">
-        <x:v>369</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K152" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>615</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A153" s="0" t="s">
+        <x:v>649</x:v>
+      </x:c>
+      <x:c r="B153" s="0" t="s">
         <x:v>650</x:v>
       </x:c>
-      <x:c r="B153" s="0" t="s">
+      <x:c r="D153" s="0" t="s">
+        <x:v>603</x:v>
+      </x:c>
+      <x:c r="E153" s="0" t="s">
+        <x:v>604</x:v>
+      </x:c>
+      <x:c r="F153" s="0" t="s">
         <x:v>651</x:v>
       </x:c>
-      <x:c r="D153" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
-        <x:v>65</x:v>
-[...2 lines deleted...]
-        <x:v>655</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A154" s="0" t="s">
-        <x:v>656</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
-        <x:v>657</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="D154" s="0" t="s">
-        <x:v>658</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="E154" s="0" t="s">
-        <x:v>653</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="F154" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="G154" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J154" s="0" t="s">
-        <x:v>448</x:v>
-[...2 lines deleted...]
-        <x:v>600</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A155" s="0" t="s">
-        <x:v>660</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>661</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="D155" s="0" t="s">
-        <x:v>662</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="E155" s="0" t="s">
-        <x:v>663</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="F155" s="0" t="s">
-        <x:v>664</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
-        <x:v>37</x:v>
-[...2 lines deleted...]
-        <x:v>98</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A156" s="0" t="s">
-        <x:v>665</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
-        <x:v>666</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="D156" s="0" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="E156" s="0" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="F156" s="0" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="G156" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J156" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="K156" s="0" t="s">
-        <x:v>572</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A157" s="0" t="s">
+        <x:v>665</x:v>
+      </x:c>
+      <x:c r="B157" s="0" t="s">
+        <x:v>666</x:v>
+      </x:c>
+      <x:c r="D157" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
-      <x:c r="B157" s="0" t="s">
+      <x:c r="E157" s="0" t="s">
         <x:v>668</x:v>
       </x:c>
-      <x:c r="D157" s="0" t="s">
+      <x:c r="F157" s="0" t="s">
         <x:v>669</x:v>
       </x:c>
-      <x:c r="E157" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F157" s="0" t="s">
+      <x:c r="G157" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J157" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="K157" s="0" t="s">
         <x:v>670</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A158" s="0" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="D158" s="0" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="E158" s="0" t="s">
-        <x:v>663</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="F158" s="0" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="G158" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J158" s="0" t="s">
-        <x:v>369</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="K158" s="0" t="s">
-        <x:v>675</x:v>
+        <x:v>615</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A159" s="0" t="s">
+        <x:v>675</x:v>
+      </x:c>
+      <x:c r="B159" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
-      <x:c r="B159" s="0" t="s">
+      <x:c r="D159" s="0" t="s">
         <x:v>677</x:v>
       </x:c>
-      <x:c r="D159" s="0" t="s">
+      <x:c r="E159" s="0" t="s">
         <x:v>678</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>663</x:v>
       </x:c>
       <x:c r="F159" s="0" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A160" s="0" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="D160" s="0" t="s">
-        <x:v>682</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="E160" s="0" t="s">
-        <x:v>663</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="F160" s="0" t="s">
-        <x:v>683</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="G160" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J160" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="K160" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>589</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A161" s="0" t="s">
+        <x:v>682</x:v>
+      </x:c>
+      <x:c r="B161" s="0" t="s">
+        <x:v>683</x:v>
+      </x:c>
+      <x:c r="D161" s="0" t="s">
         <x:v>684</x:v>
       </x:c>
-      <x:c r="B161" s="0" t="s">
+      <x:c r="E161" s="0" t="s">
+        <x:v>678</x:v>
+      </x:c>
+      <x:c r="F161" s="0" t="s">
         <x:v>685</x:v>
       </x:c>
-      <x:c r="D161" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
-        <x:v>688</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A162" s="0" t="s">
+        <x:v>686</x:v>
+      </x:c>
+      <x:c r="B162" s="0" t="s">
+        <x:v>687</x:v>
+      </x:c>
+      <x:c r="D162" s="0" t="s">
+        <x:v>688</x:v>
+      </x:c>
+      <x:c r="E162" s="0" t="s">
+        <x:v>678</x:v>
+      </x:c>
+      <x:c r="F162" s="0" t="s">
         <x:v>689</x:v>
       </x:c>
-      <x:c r="B162" s="0" t="s">
+      <x:c r="G162" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J162" s="0" t="s">
+        <x:v>374</x:v>
+      </x:c>
+      <x:c r="K162" s="0" t="s">
         <x:v>690</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>693</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A163" s="0" t="s">
+        <x:v>691</x:v>
+      </x:c>
+      <x:c r="B163" s="0" t="s">
+        <x:v>692</x:v>
+      </x:c>
+      <x:c r="D163" s="0" t="s">
+        <x:v>693</x:v>
+      </x:c>
+      <x:c r="E163" s="0" t="s">
+        <x:v>678</x:v>
+      </x:c>
+      <x:c r="F163" s="0" t="s">
         <x:v>694</x:v>
       </x:c>
-      <x:c r="B163" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
-        <x:v>448</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
-        <x:v>697</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A164" s="0" t="s">
+        <x:v>695</x:v>
+      </x:c>
+      <x:c r="B164" s="0" t="s">
+        <x:v>696</x:v>
+      </x:c>
+      <x:c r="D164" s="0" t="s">
+        <x:v>697</x:v>
+      </x:c>
+      <x:c r="E164" s="0" t="s">
+        <x:v>678</x:v>
+      </x:c>
+      <x:c r="F164" s="0" t="s">
         <x:v>698</x:v>
       </x:c>
-      <x:c r="B164" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G164" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J164" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="K164" s="0" t="s">
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A165" s="0" t="s">
+        <x:v>699</x:v>
+      </x:c>
+      <x:c r="B165" s="0" t="s">
+        <x:v>700</x:v>
+      </x:c>
+      <x:c r="D165" s="0" t="s">
+        <x:v>701</x:v>
+      </x:c>
+      <x:c r="E165" s="0" t="s">
+        <x:v>678</x:v>
+      </x:c>
+      <x:c r="F165" s="0" t="s">
         <x:v>702</x:v>
       </x:c>
-      <x:c r="B165" s="0" t="s">
+      <x:c r="G165" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J165" s="0" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="K165" s="0" t="s">
         <x:v>703</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A166" s="0" t="s">
+        <x:v>704</x:v>
+      </x:c>
+      <x:c r="B166" s="0" t="s">
+        <x:v>705</x:v>
+      </x:c>
+      <x:c r="D166" s="0" t="s">
         <x:v>706</x:v>
       </x:c>
-      <x:c r="B166" s="0" t="s">
+      <x:c r="E166" s="0" t="s">
+        <x:v>678</x:v>
+      </x:c>
+      <x:c r="F166" s="0" t="s">
         <x:v>707</x:v>
       </x:c>
-      <x:c r="D166" s="0" t="s">
+      <x:c r="G166" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J166" s="0" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="K166" s="0" t="s">
         <x:v>708</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A167" s="0" t="s">
+        <x:v>709</x:v>
+      </x:c>
+      <x:c r="B167" s="0" t="s">
+        <x:v>710</x:v>
+      </x:c>
+      <x:c r="D167" s="0" t="s">
         <x:v>711</x:v>
       </x:c>
-      <x:c r="B167" s="0" t="s">
+      <x:c r="E167" s="0" t="s">
+        <x:v>678</x:v>
+      </x:c>
+      <x:c r="F167" s="0" t="s">
         <x:v>712</x:v>
       </x:c>
-      <x:c r="D167" s="0" t="s">
+      <x:c r="G167" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J167" s="0" t="s">
+        <x:v>454</x:v>
+      </x:c>
+      <x:c r="K167" s="0" t="s">
         <x:v>713</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>715</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A168" s="0" t="s">
+        <x:v>714</x:v>
+      </x:c>
+      <x:c r="B168" s="0" t="s">
+        <x:v>715</x:v>
+      </x:c>
+      <x:c r="D168" s="0" t="s">
         <x:v>716</x:v>
       </x:c>
-      <x:c r="B168" s="0" t="s">
+      <x:c r="E168" s="0" t="s">
+        <x:v>678</x:v>
+      </x:c>
+      <x:c r="F168" s="0" t="s">
         <x:v>717</x:v>
       </x:c>
-      <x:c r="D168" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G168" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J168" s="0" t="s">
-        <x:v>229</x:v>
-[...2 lines deleted...]
-        <x:v>325</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A169" s="0" t="s">
+        <x:v>718</x:v>
+      </x:c>
+      <x:c r="B169" s="0" t="s">
+        <x:v>719</x:v>
+      </x:c>
+      <x:c r="D169" s="0" t="s">
         <x:v>720</x:v>
       </x:c>
-      <x:c r="B169" s="0" t="s">
+      <x:c r="E169" s="0" t="s">
+        <x:v>678</x:v>
+      </x:c>
+      <x:c r="F169" s="0" t="s">
         <x:v>721</x:v>
       </x:c>
-      <x:c r="D169" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
-        <x:v>688</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A170" s="0" t="s">
+        <x:v>722</x:v>
+      </x:c>
+      <x:c r="B170" s="0" t="s">
+        <x:v>723</x:v>
+      </x:c>
+      <x:c r="D170" s="0" t="s">
         <x:v>724</x:v>
       </x:c>
-      <x:c r="B170" s="0" t="s">
+      <x:c r="E170" s="0" t="s">
+        <x:v>678</x:v>
+      </x:c>
+      <x:c r="F170" s="0" t="s">
         <x:v>725</x:v>
       </x:c>
-      <x:c r="D170" s="0" t="s">
+      <x:c r="G170" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J170" s="0" t="s">
+        <x:v>374</x:v>
+      </x:c>
+      <x:c r="K170" s="0" t="s">
         <x:v>726</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A171" s="0" t="s">
+        <x:v>727</x:v>
+      </x:c>
+      <x:c r="B171" s="0" t="s">
         <x:v>728</x:v>
       </x:c>
-      <x:c r="B171" s="0" t="s">
+      <x:c r="D171" s="0" t="s">
         <x:v>729</x:v>
       </x:c>
-      <x:c r="D171" s="0" t="s">
+      <x:c r="E171" s="0" t="s">
+        <x:v>678</x:v>
+      </x:c>
+      <x:c r="F171" s="0" t="s">
         <x:v>730</x:v>
       </x:c>
-      <x:c r="E171" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F171" s="0" t="s">
+      <x:c r="G171" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J171" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="K171" s="0" t="s">
         <x:v>731</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A172" s="0" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="D172" s="0" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="E172" s="0" t="s">
-        <x:v>663</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="F172" s="0" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="G172" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J172" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="K172" s="0" t="s">
-        <x:v>710</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A173" s="0" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>737</x:v>
       </x:c>
       <x:c r="D173" s="0" t="s">
         <x:v>738</x:v>
       </x:c>
       <x:c r="E173" s="0" t="s">
-        <x:v>663</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="F173" s="0" t="s">
         <x:v>739</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
-        <x:v>710</x:v>
+        <x:v>703</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A174" s="0" t="s">
         <x:v>740</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="D174" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="E174" s="0" t="s">
-        <x:v>663</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="F174" s="0" t="s">
         <x:v>743</x:v>
       </x:c>
       <x:c r="G174" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J174" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K174" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A175" s="0" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>745</x:v>
       </x:c>
       <x:c r="D175" s="0" t="s">
         <x:v>746</x:v>
       </x:c>
       <x:c r="E175" s="0" t="s">
-        <x:v>663</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="F175" s="0" t="s">
         <x:v>747</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
-        <x:v>710</x:v>
+        <x:v>726</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A176" s="0" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="D176" s="0" t="s">
-        <x:v>682</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="E176" s="0" t="s">
-        <x:v>663</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="F176" s="0" t="s">
-        <x:v>750</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="G176" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J176" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="K176" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>726</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A177" s="0" t="s">
-        <x:v>751</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>752</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="D177" s="0" t="s">
-        <x:v>753</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="E177" s="0" t="s">
-        <x:v>663</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="F177" s="0" t="s">
-        <x:v>754</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="K177" s="0" t="s">
+        <x:v>726</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A178" s="0" t="s">
-        <x:v>755</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
-        <x:v>756</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="D178" s="0" t="s">
-        <x:v>523</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="E178" s="0" t="s">
-        <x:v>663</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="F178" s="0" t="s">
-        <x:v>757</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="G178" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J178" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K178" s="0" t="s">
-        <x:v>758</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A179" s="0" t="s">
-        <x:v>759</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>760</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="D179" s="0" t="s">
-        <x:v>761</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="E179" s="0" t="s">
-        <x:v>663</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="F179" s="0" t="s">
-        <x:v>762</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="K179" s="0" t="s">
+        <x:v>726</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A180" s="0" t="s">
-        <x:v>763</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
-        <x:v>764</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="D180" s="0" t="s">
-        <x:v>765</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="E180" s="0" t="s">
-        <x:v>663</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="F180" s="0" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="G180" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J180" s="0" t="s">
-        <x:v>369</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="K180" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A181" s="0" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="D181" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="E181" s="0" t="s">
-        <x:v>663</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="F181" s="0" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
-        <x:v>153</x:v>
-[...2 lines deleted...]
-        <x:v>154</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A182" s="0" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="D182" s="0" t="s">
+        <x:v>529</x:v>
+      </x:c>
+      <x:c r="E182" s="0" t="s">
+        <x:v>678</x:v>
+      </x:c>
+      <x:c r="F182" s="0" t="s">
         <x:v>773</x:v>
       </x:c>
-      <x:c r="E182" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F182" s="0" t="s">
+      <x:c r="G182" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J182" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="K182" s="0" t="s">
         <x:v>774</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A183" s="0" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="D183" s="0" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="E183" s="0" t="s">
-        <x:v>663</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="F183" s="0" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
-        <x:v>59</x:v>
-[...2 lines deleted...]
-        <x:v>480</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A184" s="0" t="s">
         <x:v>779</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="D184" s="0" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="E184" s="0" t="s">
-        <x:v>663</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="F184" s="0" t="s">
         <x:v>782</x:v>
       </x:c>
       <x:c r="G184" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J184" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>374</x:v>
+      </x:c>
+      <x:c r="K184" s="0" t="s">
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A185" s="0" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="D185" s="0" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="E185" s="0" t="s">
-        <x:v>663</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="F185" s="0" t="s">
         <x:v>786</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="K185" s="0" t="s">
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A186" s="0" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>788</x:v>
       </x:c>
       <x:c r="D186" s="0" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="E186" s="0" t="s">
-        <x:v>663</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="F186" s="0" t="s">
         <x:v>790</x:v>
       </x:c>
       <x:c r="G186" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J186" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="K186" s="0" t="s">
+        <x:v>726</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A187" s="0" t="s">
         <x:v>791</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>792</x:v>
       </x:c>
       <x:c r="D187" s="0" t="s">
         <x:v>793</x:v>
       </x:c>
       <x:c r="E187" s="0" t="s">
-        <x:v>663</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="F187" s="0" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="K187" s="0" t="s">
+        <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A188" s="0" t="s">
         <x:v>795</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="D188" s="0" t="s">
-        <x:v>682</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="E188" s="0" t="s">
-        <x:v>663</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="F188" s="0" t="s">
-        <x:v>797</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="G188" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J188" s="0" t="s">
-        <x:v>65</x:v>
-[...2 lines deleted...]
-        <x:v>32</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A189" s="0" t="s">
-        <x:v>798</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="D189" s="0" t="s">
-        <x:v>708</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="E189" s="0" t="s">
-        <x:v>663</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="F189" s="0" t="s">
-        <x:v>709</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="K189" s="0" t="s">
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A190" s="0" t="s">
-        <x:v>800</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
-        <x:v>801</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="D190" s="0" t="s">
-        <x:v>713</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="E190" s="0" t="s">
-        <x:v>663</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="F190" s="0" t="s">
-        <x:v>802</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="G190" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J190" s="0" t="s">
-        <x:v>59</x:v>
-[...2 lines deleted...]
-        <x:v>60</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A191" s="0" t="s">
-        <x:v>803</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>804</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="D191" s="0" t="s">
-        <x:v>805</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="E191" s="0" t="s">
-        <x:v>663</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="F191" s="0" t="s">
-        <x:v>806</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
-        <x:v>807</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A192" s="0" t="s">
-        <x:v>808</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
-        <x:v>809</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="D192" s="0" t="s">
-        <x:v>810</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="E192" s="0" t="s">
-        <x:v>663</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="F192" s="0" t="s">
-        <x:v>811</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="G192" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J192" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K192" s="0" t="s">
-        <x:v>812</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A193" s="0" t="s">
-        <x:v>813</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>814</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="D193" s="0" t="s">
-        <x:v>815</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="E193" s="0" t="s">
-        <x:v>663</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="F193" s="0" t="s">
-        <x:v>816</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="I193" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J193" s="0" t="s">
-        <x:v>117</x:v>
-[...2 lines deleted...]
-        <x:v>309</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A194" s="0" t="s">
+        <x:v>816</x:v>
+      </x:c>
+      <x:c r="B194" s="0" t="s">
+        <x:v>817</x:v>
+      </x:c>
+      <x:c r="D194" s="0" t="s">
+        <x:v>729</x:v>
+      </x:c>
+      <x:c r="E194" s="0" t="s">
+        <x:v>678</x:v>
+      </x:c>
+      <x:c r="F194" s="0" t="s">
         <x:v>818</x:v>
       </x:c>
-      <x:c r="B194" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G194" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J194" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K194" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A195" s="0" t="s">
+        <x:v>819</x:v>
+      </x:c>
+      <x:c r="B195" s="0" t="s">
+        <x:v>820</x:v>
+      </x:c>
+      <x:c r="D195" s="0" t="s">
+        <x:v>821</x:v>
+      </x:c>
+      <x:c r="E195" s="0" t="s">
+        <x:v>678</x:v>
+      </x:c>
+      <x:c r="F195" s="0" t="s">
         <x:v>822</x:v>
       </x:c>
-      <x:c r="B195" s="0" t="s">
+      <x:c r="G195" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J195" s="0" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="K195" s="0" t="s">
         <x:v>823</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A196" s="0" t="s">
+        <x:v>824</x:v>
+      </x:c>
+      <x:c r="B196" s="0" t="s">
         <x:v>825</x:v>
       </x:c>
-      <x:c r="B196" s="0" t="s">
+      <x:c r="D196" s="0" t="s">
         <x:v>826</x:v>
       </x:c>
-      <x:c r="D196" s="0" t="s">
+      <x:c r="E196" s="0" t="s">
+        <x:v>678</x:v>
+      </x:c>
+      <x:c r="F196" s="0" t="s">
         <x:v>827</x:v>
       </x:c>
-      <x:c r="E196" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F196" s="0" t="s">
+      <x:c r="G196" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J196" s="0" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="K196" s="0" t="s">
         <x:v>828</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>829</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A197" s="0" t="s">
+        <x:v>829</x:v>
+      </x:c>
+      <x:c r="B197" s="0" t="s">
         <x:v>830</x:v>
       </x:c>
-      <x:c r="B197" s="0" t="s">
+      <x:c r="D197" s="0" t="s">
         <x:v>831</x:v>
       </x:c>
-      <x:c r="C197" s="0" t="s">
+      <x:c r="E197" s="0" t="s">
+        <x:v>678</x:v>
+      </x:c>
+      <x:c r="F197" s="0" t="s">
         <x:v>832</x:v>
       </x:c>
-      <x:c r="D197" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="F197" s="0" t="s">
+      <x:c r="G197" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I197" s="0" t="s">
         <x:v>833</x:v>
       </x:c>
-      <x:c r="G197" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J197" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
-        <x:v>834</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A198" s="0" t="s">
+        <x:v>834</x:v>
+      </x:c>
+      <x:c r="B198" s="0" t="s">
         <x:v>835</x:v>
       </x:c>
-      <x:c r="B198" s="0" t="s">
+      <x:c r="D198" s="0" t="s">
         <x:v>836</x:v>
       </x:c>
-      <x:c r="D198" s="0" t="s">
+      <x:c r="E198" s="0" t="s">
+        <x:v>678</x:v>
+      </x:c>
+      <x:c r="F198" s="0" t="s">
         <x:v>837</x:v>
       </x:c>
-      <x:c r="E198" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G198" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J198" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="K198" s="0" t="s">
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A199" s="0" t="s">
+        <x:v>838</x:v>
+      </x:c>
+      <x:c r="B199" s="0" t="s">
         <x:v>839</x:v>
       </x:c>
-      <x:c r="B199" s="0" t="s">
+      <x:c r="D199" s="0" t="s">
+        <x:v>378</x:v>
+      </x:c>
+      <x:c r="E199" s="0" t="s">
+        <x:v>678</x:v>
+      </x:c>
+      <x:c r="F199" s="0" t="s">
         <x:v>840</x:v>
       </x:c>
-      <x:c r="D199" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="K199" s="0" t="s">
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A200" s="0" t="s">
+        <x:v>841</x:v>
+      </x:c>
+      <x:c r="B200" s="0" t="s">
         <x:v>842</x:v>
       </x:c>
-      <x:c r="B200" s="0" t="s">
+      <x:c r="D200" s="0" t="s">
         <x:v>843</x:v>
       </x:c>
-      <x:c r="D200" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E200" s="0" t="s">
-        <x:v>663</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="F200" s="0" t="s">
         <x:v>844</x:v>
       </x:c>
       <x:c r="G200" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="I200" s="0" t="s">
+      <x:c r="J200" s="0" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="K200" s="0" t="s">
         <x:v>845</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A201" s="0" t="s">
         <x:v>846</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>847</x:v>
       </x:c>
+      <x:c r="C201" s="0" t="s">
+        <x:v>848</x:v>
+      </x:c>
       <x:c r="D201" s="0" t="s">
-        <x:v>848</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="E201" s="0" t="s">
-        <x:v>663</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="F201" s="0" t="s">
         <x:v>849</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="K201" s="0" t="s">
+        <x:v>850</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A202" s="0" t="s">
-        <x:v>850</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
-        <x:v>851</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="D202" s="0" t="s">
-        <x:v>682</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="E202" s="0" t="s">
-        <x:v>663</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="F202" s="0" t="s">
-        <x:v>696</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="G202" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J202" s="0" t="s">
-        <x:v>31</x:v>
-[...2 lines deleted...]
-        <x:v>32</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A203" s="0" t="s">
-        <x:v>852</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>853</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="D203" s="0" t="s">
-        <x:v>854</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="E203" s="0" t="s">
-        <x:v>663</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="F203" s="0" t="s">
-        <x:v>855</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
-        <x:v>65</x:v>
-[...2 lines deleted...]
-        <x:v>856</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A204" s="0" t="s">
-        <x:v>857</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
-        <x:v>858</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="D204" s="0" t="s">
-        <x:v>682</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="E204" s="0" t="s">
-        <x:v>663</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="F204" s="0" t="s">
-        <x:v>859</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="G204" s="0" t="s">
         <x:v>16</x:v>
+      </x:c>
+      <x:c r="I204" s="0" t="s">
+        <x:v>861</x:v>
       </x:c>
       <x:c r="J204" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K204" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A205" s="0" t="s">
-        <x:v>860</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>861</x:v>
-[...2 lines deleted...]
-        <x:v>862</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="D205" s="0" t="s">
-        <x:v>863</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="E205" s="0" t="s">
-        <x:v>663</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="F205" s="0" t="s">
-        <x:v>864</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
-        <x:v>36</x:v>
-[...2 lines deleted...]
-        <x:v>55</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A206" s="0" t="s">
-        <x:v>865</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
-        <x:v>866</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="D206" s="0" t="s">
-        <x:v>682</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="E206" s="0" t="s">
-        <x:v>663</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="F206" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="G206" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="I206" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J206" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="K206" s="0" t="s">
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A207" s="0" t="s">
         <x:v>868</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="D207" s="0" t="s">
-        <x:v>810</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="E207" s="0" t="s">
-        <x:v>663</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="F207" s="0" t="s">
-        <x:v>870</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>872</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A208" s="0" t="s">
-        <x:v>871</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
-        <x:v>872</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="D208" s="0" t="s">
-        <x:v>873</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="E208" s="0" t="s">
-        <x:v>874</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="F208" s="0" t="s">
         <x:v>875</x:v>
       </x:c>
       <x:c r="G208" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J208" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K208" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A209" s="0" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>877</x:v>
       </x:c>
       <x:c r="D209" s="0" t="s">
-        <x:v>873</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="E209" s="0" t="s">
-        <x:v>874</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="F209" s="0" t="s">
-        <x:v>878</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
-        <x:v>879</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A210" s="0" t="s">
         <x:v>880</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>881</x:v>
       </x:c>
       <x:c r="D210" s="0" t="s">
+        <x:v>711</x:v>
+      </x:c>
+      <x:c r="E210" s="0" t="s">
+        <x:v>678</x:v>
+      </x:c>
+      <x:c r="F210" s="0" t="s">
+        <x:v>849</x:v>
+      </x:c>
+      <x:c r="G210" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I210" s="0" t="s">
         <x:v>882</x:v>
       </x:c>
-      <x:c r="E210" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="J210" s="0" t="s">
-        <x:v>37</x:v>
-[...2 lines deleted...]
-        <x:v>884</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A211" s="0" t="s">
+        <x:v>883</x:v>
+      </x:c>
+      <x:c r="B211" s="0" t="s">
+        <x:v>884</x:v>
+      </x:c>
+      <x:c r="D211" s="0" t="s">
+        <x:v>826</x:v>
+      </x:c>
+      <x:c r="E211" s="0" t="s">
+        <x:v>678</x:v>
+      </x:c>
+      <x:c r="F211" s="0" t="s">
         <x:v>885</x:v>
       </x:c>
-      <x:c r="B211" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
-        <x:v>675</x:v>
+        <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A212" s="0" t="s">
+        <x:v>886</x:v>
+      </x:c>
+      <x:c r="B212" s="0" t="s">
+        <x:v>887</x:v>
+      </x:c>
+      <x:c r="D212" s="0" t="s">
+        <x:v>888</x:v>
+      </x:c>
+      <x:c r="E212" s="0" t="s">
         <x:v>889</x:v>
       </x:c>
-      <x:c r="B212" s="0" t="s">
+      <x:c r="F212" s="0" t="s">
         <x:v>890</x:v>
       </x:c>
-      <x:c r="C212" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G212" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J212" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K212" s="0" t="s">
-        <x:v>572</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A213" s="0" t="s">
+        <x:v>891</x:v>
+      </x:c>
+      <x:c r="B213" s="0" t="s">
+        <x:v>892</x:v>
+      </x:c>
+      <x:c r="D213" s="0" t="s">
+        <x:v>888</x:v>
+      </x:c>
+      <x:c r="E213" s="0" t="s">
+        <x:v>889</x:v>
+      </x:c>
+      <x:c r="F213" s="0" t="s">
+        <x:v>893</x:v>
+      </x:c>
+      <x:c r="G213" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J213" s="0" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="K213" s="0" t="s">
         <x:v>894</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A214" s="0" t="s">
+        <x:v>895</x:v>
+      </x:c>
+      <x:c r="B214" s="0" t="s">
+        <x:v>896</x:v>
+      </x:c>
+      <x:c r="D214" s="0" t="s">
+        <x:v>897</x:v>
+      </x:c>
+      <x:c r="E214" s="0" t="s">
+        <x:v>889</x:v>
+      </x:c>
+      <x:c r="F214" s="0" t="s">
         <x:v>898</x:v>
       </x:c>
-      <x:c r="B214" s="0" t="s">
+      <x:c r="G214" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J214" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="K214" s="0" t="s">
         <x:v>899</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A215" s="0" t="s">
+        <x:v>900</x:v>
+      </x:c>
+      <x:c r="B215" s="0" t="s">
         <x:v>901</x:v>
       </x:c>
-      <x:c r="B215" s="0" t="s">
+      <x:c r="D215" s="0" t="s">
         <x:v>902</x:v>
       </x:c>
-      <x:c r="D215" s="0" t="s">
+      <x:c r="E215" s="0" t="s">
+        <x:v>889</x:v>
+      </x:c>
+      <x:c r="F215" s="0" t="s">
         <x:v>903</x:v>
       </x:c>
-      <x:c r="E215" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G215" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
-        <x:v>758</x:v>
+        <x:v>690</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A216" s="0" t="s">
+        <x:v>904</x:v>
+      </x:c>
+      <x:c r="B216" s="0" t="s">
         <x:v>905</x:v>
       </x:c>
-      <x:c r="B216" s="0" t="s">
+      <x:c r="C216" s="0" t="s">
         <x:v>906</x:v>
       </x:c>
       <x:c r="D216" s="0" t="s">
-        <x:v>805</x:v>
+        <x:v>907</x:v>
       </x:c>
       <x:c r="E216" s="0" t="s">
-        <x:v>874</x:v>
+        <x:v>889</x:v>
       </x:c>
       <x:c r="F216" s="0" t="s">
-        <x:v>907</x:v>
+        <x:v>908</x:v>
       </x:c>
       <x:c r="G216" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J216" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K216" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>589</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A217" s="0" t="s">
-        <x:v>908</x:v>
+        <x:v>909</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>909</x:v>
+        <x:v>910</x:v>
       </x:c>
       <x:c r="D217" s="0" t="s">
-        <x:v>910</x:v>
+        <x:v>911</x:v>
       </x:c>
       <x:c r="E217" s="0" t="s">
-        <x:v>874</x:v>
+        <x:v>889</x:v>
       </x:c>
       <x:c r="F217" s="0" t="s">
-        <x:v>911</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A218" s="0" t="s">
-        <x:v>912</x:v>
+        <x:v>913</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
-        <x:v>913</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="D218" s="0" t="s">
-        <x:v>914</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="E218" s="0" t="s">
-        <x:v>874</x:v>
+        <x:v>889</x:v>
       </x:c>
       <x:c r="F218" s="0" t="s">
         <x:v>915</x:v>
       </x:c>
       <x:c r="G218" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J218" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="K218" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A219" s="0" t="s">
         <x:v>916</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>917</x:v>
       </x:c>
       <x:c r="D219" s="0" t="s">
         <x:v>918</x:v>
       </x:c>
       <x:c r="E219" s="0" t="s">
-        <x:v>874</x:v>
+        <x:v>889</x:v>
       </x:c>
       <x:c r="F219" s="0" t="s">
         <x:v>919</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
-        <x:v>920</x:v>
+        <x:v>774</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A220" s="0" t="s">
+        <x:v>920</x:v>
+      </x:c>
+      <x:c r="B220" s="0" t="s">
         <x:v>921</x:v>
       </x:c>
-      <x:c r="B220" s="0" t="s">
+      <x:c r="D220" s="0" t="s">
+        <x:v>821</x:v>
+      </x:c>
+      <x:c r="E220" s="0" t="s">
+        <x:v>889</x:v>
+      </x:c>
+      <x:c r="F220" s="0" t="s">
         <x:v>922</x:v>
       </x:c>
-      <x:c r="D220" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G220" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J220" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="K220" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A221" s="0" t="s">
+        <x:v>923</x:v>
+      </x:c>
+      <x:c r="B221" s="0" t="s">
+        <x:v>924</x:v>
+      </x:c>
+      <x:c r="D221" s="0" t="s">
         <x:v>925</x:v>
       </x:c>
-      <x:c r="B221" s="0" t="s">
+      <x:c r="E221" s="0" t="s">
+        <x:v>889</x:v>
+      </x:c>
+      <x:c r="F221" s="0" t="s">
         <x:v>926</x:v>
       </x:c>
-      <x:c r="D221" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
-        <x:v>572</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A222" s="0" t="s">
         <x:v>927</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>928</x:v>
       </x:c>
       <x:c r="D222" s="0" t="s">
         <x:v>929</x:v>
       </x:c>
       <x:c r="E222" s="0" t="s">
-        <x:v>874</x:v>
+        <x:v>889</x:v>
       </x:c>
       <x:c r="F222" s="0" t="s">
         <x:v>930</x:v>
       </x:c>
       <x:c r="G222" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J222" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="K222" s="0" t="s">
-        <x:v>931</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A223" s="0" t="s">
+        <x:v>931</x:v>
+      </x:c>
+      <x:c r="B223" s="0" t="s">
         <x:v>932</x:v>
       </x:c>
-      <x:c r="B223" s="0" t="s">
+      <x:c r="D223" s="0" t="s">
         <x:v>933</x:v>
       </x:c>
-      <x:c r="D223" s="0" t="s">
+      <x:c r="E223" s="0" t="s">
+        <x:v>889</x:v>
+      </x:c>
+      <x:c r="F223" s="0" t="s">
         <x:v>934</x:v>
       </x:c>
-      <x:c r="E223" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F223" s="0" t="s">
+      <x:c r="G223" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J223" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="K223" s="0" t="s">
         <x:v>935</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A224" s="0" t="s">
         <x:v>936</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>937</x:v>
       </x:c>
       <x:c r="D224" s="0" t="s">
         <x:v>938</x:v>
       </x:c>
       <x:c r="E224" s="0" t="s">
+        <x:v>889</x:v>
+      </x:c>
+      <x:c r="F224" s="0" t="s">
         <x:v>939</x:v>
       </x:c>
-      <x:c r="F224" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G224" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J224" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K224" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A225" s="0" t="s">
+        <x:v>940</x:v>
+      </x:c>
+      <x:c r="B225" s="0" t="s">
         <x:v>941</x:v>
       </x:c>
-      <x:c r="B225" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D225" s="0" t="s">
-        <x:v>943</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="E225" s="0" t="s">
-        <x:v>939</x:v>
+        <x:v>889</x:v>
       </x:c>
       <x:c r="F225" s="0" t="s">
-        <x:v>944</x:v>
+        <x:v>934</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
-        <x:v>572</x:v>
+        <x:v>589</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A226" s="0" t="s">
+        <x:v>942</x:v>
+      </x:c>
+      <x:c r="B226" s="0" t="s">
+        <x:v>943</x:v>
+      </x:c>
+      <x:c r="D226" s="0" t="s">
+        <x:v>944</x:v>
+      </x:c>
+      <x:c r="E226" s="0" t="s">
+        <x:v>889</x:v>
+      </x:c>
+      <x:c r="F226" s="0" t="s">
         <x:v>945</x:v>
       </x:c>
-      <x:c r="B226" s="0" t="s">
+      <x:c r="G226" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J226" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="K226" s="0" t="s">
         <x:v>946</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>949</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A227" s="0" t="s">
+        <x:v>947</x:v>
+      </x:c>
+      <x:c r="B227" s="0" t="s">
+        <x:v>948</x:v>
+      </x:c>
+      <x:c r="D227" s="0" t="s">
+        <x:v>949</x:v>
+      </x:c>
+      <x:c r="E227" s="0" t="s">
+        <x:v>889</x:v>
+      </x:c>
+      <x:c r="F227" s="0" t="s">
         <x:v>950</x:v>
       </x:c>
-      <x:c r="B227" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A228" s="0" t="s">
+        <x:v>951</x:v>
+      </x:c>
+      <x:c r="B228" s="0" t="s">
+        <x:v>952</x:v>
+      </x:c>
+      <x:c r="D228" s="0" t="s">
+        <x:v>953</x:v>
+      </x:c>
+      <x:c r="E228" s="0" t="s">
         <x:v>954</x:v>
       </x:c>
-      <x:c r="B228" s="0" t="s">
+      <x:c r="F228" s="0" t="s">
         <x:v>955</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>958</x:v>
       </x:c>
       <x:c r="G228" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J228" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="K228" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A229" s="0" t="s">
+        <x:v>956</x:v>
+      </x:c>
+      <x:c r="B229" s="0" t="s">
+        <x:v>957</x:v>
+      </x:c>
+      <x:c r="D229" s="0" t="s">
+        <x:v>958</x:v>
+      </x:c>
+      <x:c r="E229" s="0" t="s">
+        <x:v>954</x:v>
+      </x:c>
+      <x:c r="F229" s="0" t="s">
         <x:v>959</x:v>
       </x:c>
-      <x:c r="B229" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
-        <x:v>369</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
-        <x:v>675</x:v>
+        <x:v>589</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A230" s="0" t="s">
+        <x:v>960</x:v>
+      </x:c>
+      <x:c r="B230" s="0" t="s">
+        <x:v>961</x:v>
+      </x:c>
+      <x:c r="D230" s="0" t="s">
+        <x:v>962</x:v>
+      </x:c>
+      <x:c r="E230" s="0" t="s">
+        <x:v>954</x:v>
+      </x:c>
+      <x:c r="F230" s="0" t="s">
         <x:v>963</x:v>
       </x:c>
-      <x:c r="B230" s="0" t="s">
+      <x:c r="G230" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J230" s="0" t="s">
+        <x:v>374</x:v>
+      </x:c>
+      <x:c r="K230" s="0" t="s">
         <x:v>964</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>931</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A231" s="0" t="s">
+        <x:v>965</x:v>
+      </x:c>
+      <x:c r="B231" s="0" t="s">
+        <x:v>966</x:v>
+      </x:c>
+      <x:c r="D231" s="0" t="s">
         <x:v>967</x:v>
       </x:c>
-      <x:c r="B231" s="0" t="s">
+      <x:c r="E231" s="0" t="s">
+        <x:v>954</x:v>
+      </x:c>
+      <x:c r="F231" s="0" t="s">
         <x:v>968</x:v>
       </x:c>
-      <x:c r="D231" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G231" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
-        <x:v>972</x:v>
+        <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A232" s="0" t="s">
+        <x:v>969</x:v>
+      </x:c>
+      <x:c r="B232" s="0" t="s">
+        <x:v>970</x:v>
+      </x:c>
+      <x:c r="D232" s="0" t="s">
+        <x:v>971</x:v>
+      </x:c>
+      <x:c r="E232" s="0" t="s">
+        <x:v>972</x:v>
+      </x:c>
+      <x:c r="F232" s="0" t="s">
         <x:v>973</x:v>
       </x:c>
-      <x:c r="B232" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G232" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J232" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="K232" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A233" s="0" t="s">
+        <x:v>974</x:v>
+      </x:c>
+      <x:c r="B233" s="0" t="s">
+        <x:v>975</x:v>
+      </x:c>
+      <x:c r="D233" s="0" t="s">
+        <x:v>976</x:v>
+      </x:c>
+      <x:c r="E233" s="0" t="s">
+        <x:v>972</x:v>
+      </x:c>
+      <x:c r="F233" s="0" t="s">
         <x:v>977</x:v>
       </x:c>
-      <x:c r="B233" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G233" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
-        <x:v>981</x:v>
+        <x:v>690</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A234" s="0" t="s">
-        <x:v>982</x:v>
+        <x:v>978</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
-        <x:v>983</x:v>
+        <x:v>979</x:v>
       </x:c>
       <x:c r="D234" s="0" t="s">
-        <x:v>984</x:v>
+        <x:v>980</x:v>
       </x:c>
       <x:c r="E234" s="0" t="s">
-        <x:v>970</x:v>
+        <x:v>972</x:v>
       </x:c>
       <x:c r="F234" s="0" t="s">
-        <x:v>985</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="G234" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J234" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K234" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>946</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A235" s="0" t="s">
+        <x:v>982</x:v>
+      </x:c>
+      <x:c r="B235" s="0" t="s">
+        <x:v>983</x:v>
+      </x:c>
+      <x:c r="D235" s="0" t="s">
+        <x:v>984</x:v>
+      </x:c>
+      <x:c r="E235" s="0" t="s">
+        <x:v>985</x:v>
+      </x:c>
+      <x:c r="F235" s="0" t="s">
         <x:v>986</x:v>
       </x:c>
-      <x:c r="B235" s="0" t="s">
+      <x:c r="G235" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J235" s="0" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="K235" s="0" t="s">
         <x:v>987</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A236" s="0" t="s">
+        <x:v>988</x:v>
+      </x:c>
+      <x:c r="B236" s="0" t="s">
+        <x:v>989</x:v>
+      </x:c>
+      <x:c r="D236" s="0" t="s">
         <x:v>990</x:v>
       </x:c>
-      <x:c r="B236" s="0" t="s">
+      <x:c r="E236" s="0" t="s">
+        <x:v>985</x:v>
+      </x:c>
+      <x:c r="F236" s="0" t="s">
         <x:v>991</x:v>
       </x:c>
-      <x:c r="D236" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G236" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J236" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="K236" s="0" t="s">
-        <x:v>993</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A237" s="0" t="s">
+        <x:v>992</x:v>
+      </x:c>
+      <x:c r="B237" s="0" t="s">
+        <x:v>993</x:v>
+      </x:c>
+      <x:c r="D237" s="0" t="s">
         <x:v>994</x:v>
       </x:c>
-      <x:c r="B237" s="0" t="s">
+      <x:c r="E237" s="0" t="s">
+        <x:v>985</x:v>
+      </x:c>
+      <x:c r="F237" s="0" t="s">
         <x:v>995</x:v>
       </x:c>
-      <x:c r="D237" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="F237" s="0" t="s">
+      <x:c r="G237" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J237" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="K237" s="0" t="s">
         <x:v>996</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A238" s="0" t="s">
         <x:v>997</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>998</x:v>
       </x:c>
       <x:c r="D238" s="0" t="s">
         <x:v>999</x:v>
       </x:c>
       <x:c r="E238" s="0" t="s">
+        <x:v>985</x:v>
+      </x:c>
+      <x:c r="F238" s="0" t="s">
         <x:v>1000</x:v>
       </x:c>
-      <x:c r="F238" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G238" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J238" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K238" s="0" t="s">
-        <x:v>1002</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A239" s="0" t="s">
+        <x:v>1001</x:v>
+      </x:c>
+      <x:c r="B239" s="0" t="s">
+        <x:v>1002</x:v>
+      </x:c>
+      <x:c r="D239" s="0" t="s">
         <x:v>1003</x:v>
       </x:c>
-      <x:c r="B239" s="0" t="s">
+      <x:c r="E239" s="0" t="s">
+        <x:v>985</x:v>
+      </x:c>
+      <x:c r="F239" s="0" t="s">
         <x:v>1004</x:v>
       </x:c>
-      <x:c r="D239" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G239" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="K239" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A240" s="0" t="s">
+        <x:v>1005</x:v>
+      </x:c>
+      <x:c r="B240" s="0" t="s">
+        <x:v>1006</x:v>
+      </x:c>
+      <x:c r="D240" s="0" t="s">
         <x:v>1007</x:v>
       </x:c>
-      <x:c r="B240" s="0" t="s">
+      <x:c r="E240" s="0" t="s">
+        <x:v>985</x:v>
+      </x:c>
+      <x:c r="F240" s="0" t="s">
         <x:v>1008</x:v>
       </x:c>
-      <x:c r="D240" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="F240" s="0" t="s">
+      <x:c r="G240" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J240" s="0" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="K240" s="0" t="s">
         <x:v>1009</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1010</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A241" s="0" t="s">
+        <x:v>1010</x:v>
+      </x:c>
+      <x:c r="B241" s="0" t="s">
         <x:v>1011</x:v>
       </x:c>
-      <x:c r="B241" s="0" t="s">
+      <x:c r="D241" s="0" t="s">
         <x:v>1012</x:v>
       </x:c>
-      <x:c r="D241" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E241" s="0" t="s">
-        <x:v>1000</x:v>
+        <x:v>985</x:v>
       </x:c>
       <x:c r="F241" s="0" t="s">
         <x:v>1013</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A242" s="0" t="s">
         <x:v>1014</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>1015</x:v>
       </x:c>
       <x:c r="D242" s="0" t="s">
         <x:v>1016</x:v>
       </x:c>
       <x:c r="E242" s="0" t="s">
-        <x:v>1000</x:v>
+        <x:v>1017</x:v>
       </x:c>
       <x:c r="F242" s="0" t="s">
-        <x:v>1017</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="G242" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J242" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K242" s="0" t="s">
-        <x:v>1018</x:v>
+        <x:v>1019</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A243" s="0" t="s">
-        <x:v>1019</x:v>
+        <x:v>1020</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
-        <x:v>1020</x:v>
+        <x:v>1021</x:v>
       </x:c>
       <x:c r="D243" s="0" t="s">
-        <x:v>1021</x:v>
+        <x:v>1022</x:v>
       </x:c>
       <x:c r="E243" s="0" t="s">
-        <x:v>1022</x:v>
+        <x:v>1017</x:v>
       </x:c>
       <x:c r="F243" s="0" t="s">
         <x:v>1023</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
-        <x:v>65</x:v>
-[...2 lines deleted...]
-        <x:v>66</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A244" s="0" t="s">
         <x:v>1024</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>1025</x:v>
       </x:c>
-      <x:c r="C244" s="0" t="s">
+      <x:c r="D244" s="0" t="s">
+        <x:v>1022</x:v>
+      </x:c>
+      <x:c r="E244" s="0" t="s">
+        <x:v>1017</x:v>
+      </x:c>
+      <x:c r="F244" s="0" t="s">
         <x:v>1026</x:v>
       </x:c>
-      <x:c r="D244" s="0" t="s">
+      <x:c r="G244" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J244" s="0" t="s">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="K244" s="0" t="s">
         <x:v>1027</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A245" s="0" t="s">
+        <x:v>1028</x:v>
+      </x:c>
+      <x:c r="B245" s="0" t="s">
+        <x:v>1029</x:v>
+      </x:c>
+      <x:c r="D245" s="0" t="s">
+        <x:v>1022</x:v>
+      </x:c>
+      <x:c r="E245" s="0" t="s">
+        <x:v>1017</x:v>
+      </x:c>
+      <x:c r="F245" s="0" t="s">
         <x:v>1030</x:v>
       </x:c>
-      <x:c r="B245" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G245" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
-        <x:v>252</x:v>
-[...2 lines deleted...]
-        <x:v>253</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A246" s="0" t="s">
+        <x:v>1031</x:v>
+      </x:c>
+      <x:c r="B246" s="0" t="s">
+        <x:v>1032</x:v>
+      </x:c>
+      <x:c r="D246" s="0" t="s">
+        <x:v>1033</x:v>
+      </x:c>
+      <x:c r="E246" s="0" t="s">
+        <x:v>1017</x:v>
+      </x:c>
+      <x:c r="F246" s="0" t="s">
         <x:v>1034</x:v>
       </x:c>
-      <x:c r="B246" s="0" t="s">
+      <x:c r="G246" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J246" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="K246" s="0" t="s">
         <x:v>1035</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A247" s="0" t="s">
+        <x:v>1036</x:v>
+      </x:c>
+      <x:c r="B247" s="0" t="s">
+        <x:v>1037</x:v>
+      </x:c>
+      <x:c r="D247" s="0" t="s">
         <x:v>1038</x:v>
       </x:c>
-      <x:c r="B247" s="0" t="s">
+      <x:c r="E247" s="0" t="s">
         <x:v>1039</x:v>
       </x:c>
-      <x:c r="D247" s="0" t="s">
+      <x:c r="F247" s="0" t="s">
         <x:v>1040</x:v>
       </x:c>
-      <x:c r="E247" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G247" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="K247" s="0" t="s">
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A248" s="0" t="s">
+        <x:v>1041</x:v>
+      </x:c>
+      <x:c r="B248" s="0" t="s">
         <x:v>1042</x:v>
       </x:c>
-      <x:c r="B248" s="0" t="s">
+      <x:c r="D248" s="0" t="s">
         <x:v>1043</x:v>
       </x:c>
-      <x:c r="D248" s="0" t="s">
+      <x:c r="E248" s="0" t="s">
         <x:v>1044</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1028</x:v>
       </x:c>
       <x:c r="F248" s="0" t="s">
         <x:v>1045</x:v>
       </x:c>
       <x:c r="G248" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J248" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="K248" s="0" t="s">
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A249" s="0" t="s">
         <x:v>1046</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>1047</x:v>
       </x:c>
       <x:c r="D249" s="0" t="s">
         <x:v>1048</x:v>
       </x:c>
       <x:c r="E249" s="0" t="s">
-        <x:v>1028</x:v>
+        <x:v>1044</x:v>
       </x:c>
       <x:c r="F249" s="0" t="s">
         <x:v>1049</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="K249" s="0" t="s">
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A250" s="0" t="s">
         <x:v>1050</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>1051</x:v>
       </x:c>
       <x:c r="D250" s="0" t="s">
-        <x:v>1036</x:v>
+        <x:v>1052</x:v>
       </x:c>
       <x:c r="E250" s="0" t="s">
-        <x:v>1028</x:v>
+        <x:v>1044</x:v>
       </x:c>
       <x:c r="F250" s="0" t="s">
-        <x:v>1052</x:v>
+        <x:v>1053</x:v>
       </x:c>
       <x:c r="G250" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J250" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="K250" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A251" s="0" t="s">
-        <x:v>1053</x:v>
+        <x:v>1054</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
-        <x:v>1054</x:v>
+        <x:v>1055</x:v>
       </x:c>
       <x:c r="D251" s="0" t="s">
-        <x:v>1055</x:v>
+        <x:v>1056</x:v>
       </x:c>
       <x:c r="E251" s="0" t="s">
-        <x:v>1028</x:v>
+        <x:v>1044</x:v>
       </x:c>
       <x:c r="F251" s="0" t="s">
-        <x:v>1056</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A252" s="0" t="s">
-        <x:v>1057</x:v>
+        <x:v>1058</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
-        <x:v>1058</x:v>
+        <x:v>1059</x:v>
       </x:c>
       <x:c r="D252" s="0" t="s">
-        <x:v>1055</x:v>
+        <x:v>1060</x:v>
       </x:c>
       <x:c r="E252" s="0" t="s">
-        <x:v>1028</x:v>
+        <x:v>1044</x:v>
       </x:c>
       <x:c r="F252" s="0" t="s">
-        <x:v>1059</x:v>
+        <x:v>1061</x:v>
       </x:c>
       <x:c r="G252" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J252" s="0" t="s">
-        <x:v>224</x:v>
-[...1 lines deleted...]
-      <x:c r="K252" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A253" s="0" t="s">
-        <x:v>1060</x:v>
+        <x:v>1062</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
-        <x:v>1061</x:v>
+        <x:v>1063</x:v>
       </x:c>
       <x:c r="D253" s="0" t="s">
-        <x:v>1036</x:v>
+        <x:v>1064</x:v>
       </x:c>
       <x:c r="E253" s="0" t="s">
-        <x:v>1028</x:v>
+        <x:v>1044</x:v>
       </x:c>
       <x:c r="F253" s="0" t="s">
-        <x:v>1062</x:v>
+        <x:v>1065</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
-        <x:v>331</x:v>
-[...2 lines deleted...]
-        <x:v>557</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A254" s="0" t="s">
-        <x:v>1063</x:v>
+        <x:v>1066</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
-        <x:v>1064</x:v>
+        <x:v>1067</x:v>
       </x:c>
       <x:c r="D254" s="0" t="s">
-        <x:v>1065</x:v>
+        <x:v>1052</x:v>
       </x:c>
       <x:c r="E254" s="0" t="s">
-        <x:v>1028</x:v>
+        <x:v>1044</x:v>
       </x:c>
       <x:c r="F254" s="0" t="s">
-        <x:v>1066</x:v>
+        <x:v>1068</x:v>
       </x:c>
       <x:c r="G254" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J254" s="0" t="s">
-        <x:v>369</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K254" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>464</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A255" s="0" t="s">
-        <x:v>1067</x:v>
+        <x:v>1069</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
-        <x:v>1068</x:v>
+        <x:v>1070</x:v>
       </x:c>
       <x:c r="D255" s="0" t="s">
-        <x:v>1036</x:v>
+        <x:v>1071</x:v>
       </x:c>
       <x:c r="E255" s="0" t="s">
-        <x:v>1028</x:v>
+        <x:v>1044</x:v>
       </x:c>
       <x:c r="F255" s="0" t="s">
-        <x:v>1069</x:v>
+        <x:v>1072</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J255" s="0" t="s">
-        <x:v>369</x:v>
-[...2 lines deleted...]
-        <x:v>395</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A256" s="0" t="s">
-        <x:v>1070</x:v>
+        <x:v>1073</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
+        <x:v>1074</x:v>
+      </x:c>
+      <x:c r="D256" s="0" t="s">
         <x:v>1071</x:v>
       </x:c>
-      <x:c r="D256" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E256" s="0" t="s">
-        <x:v>1072</x:v>
+        <x:v>1044</x:v>
       </x:c>
       <x:c r="F256" s="0" t="s">
-        <x:v>1073</x:v>
+        <x:v>1075</x:v>
       </x:c>
       <x:c r="G256" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J256" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="K256" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A257" s="0" t="s">
-        <x:v>1074</x:v>
+        <x:v>1076</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
-        <x:v>1075</x:v>
+        <x:v>1077</x:v>
       </x:c>
       <x:c r="D257" s="0" t="s">
-        <x:v>1076</x:v>
+        <x:v>1052</x:v>
       </x:c>
       <x:c r="E257" s="0" t="s">
-        <x:v>1072</x:v>
+        <x:v>1044</x:v>
       </x:c>
       <x:c r="F257" s="0" t="s">
-        <x:v>1077</x:v>
+        <x:v>1078</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="K257" s="0" t="s">
+        <x:v>574</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A258" s="0" t="s">
-        <x:v>1078</x:v>
+        <x:v>1079</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
-        <x:v>1079</x:v>
+        <x:v>1080</x:v>
       </x:c>
       <x:c r="D258" s="0" t="s">
-        <x:v>1080</x:v>
+        <x:v>1081</x:v>
       </x:c>
       <x:c r="E258" s="0" t="s">
-        <x:v>1072</x:v>
+        <x:v>1044</x:v>
       </x:c>
       <x:c r="F258" s="0" t="s">
-        <x:v>1081</x:v>
+        <x:v>1082</x:v>
       </x:c>
       <x:c r="G258" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J258" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="K258" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A259" s="0" t="s">
-        <x:v>1082</x:v>
+        <x:v>1083</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
-        <x:v>1083</x:v>
+        <x:v>1084</x:v>
       </x:c>
       <x:c r="D259" s="0" t="s">
-        <x:v>1080</x:v>
+        <x:v>1052</x:v>
       </x:c>
       <x:c r="E259" s="0" t="s">
-        <x:v>1072</x:v>
+        <x:v>1044</x:v>
       </x:c>
       <x:c r="F259" s="0" t="s">
-        <x:v>1084</x:v>
+        <x:v>1085</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>374</x:v>
+      </x:c>
+      <x:c r="K259" s="0" t="s">
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A260" s="0" t="s">
-        <x:v>1085</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
-        <x:v>1086</x:v>
+        <x:v>1087</x:v>
       </x:c>
       <x:c r="D260" s="0" t="s">
-        <x:v>1080</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="E260" s="0" t="s">
-        <x:v>1072</x:v>
+        <x:v>1088</x:v>
       </x:c>
       <x:c r="F260" s="0" t="s">
-        <x:v>1087</x:v>
+        <x:v>1089</x:v>
       </x:c>
       <x:c r="G260" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J260" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="K260" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A261" s="0" t="s">
+        <x:v>1090</x:v>
+      </x:c>
+      <x:c r="B261" s="0" t="s">
+        <x:v>1091</x:v>
+      </x:c>
+      <x:c r="C261" s="0" t="s">
+        <x:v>1092</x:v>
+      </x:c>
+      <x:c r="D261" s="0" t="s">
+        <x:v>1093</x:v>
+      </x:c>
+      <x:c r="E261" s="0" t="s">
         <x:v>1088</x:v>
       </x:c>
-      <x:c r="B261" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F261" s="0" t="s">
-        <x:v>1077</x:v>
+        <x:v>1094</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A262" s="0" t="s">
-        <x:v>1090</x:v>
+        <x:v>1095</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
-        <x:v>1091</x:v>
+        <x:v>1096</x:v>
       </x:c>
       <x:c r="D262" s="0" t="s">
-        <x:v>1080</x:v>
+        <x:v>1093</x:v>
       </x:c>
       <x:c r="E262" s="0" t="s">
-        <x:v>1072</x:v>
+        <x:v>1088</x:v>
       </x:c>
       <x:c r="F262" s="0" t="s">
-        <x:v>1092</x:v>
+        <x:v>1097</x:v>
       </x:c>
       <x:c r="G262" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J262" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="K262" s="0" t="s">
-        <x:v>572</x:v>
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A263" s="0" t="s">
+        <x:v>1098</x:v>
+      </x:c>
+      <x:c r="B263" s="0" t="s">
+        <x:v>1099</x:v>
+      </x:c>
+      <x:c r="D263" s="0" t="s">
         <x:v>1093</x:v>
       </x:c>
-      <x:c r="B263" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E263" s="0" t="s">
-        <x:v>1072</x:v>
+        <x:v>1088</x:v>
       </x:c>
       <x:c r="F263" s="0" t="s">
-        <x:v>1096</x:v>
+        <x:v>1100</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A264" s="0" t="s">
-        <x:v>1097</x:v>
+        <x:v>1101</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
-        <x:v>1098</x:v>
-[...2 lines deleted...]
-        <x:v>1099</x:v>
+        <x:v>1102</x:v>
       </x:c>
       <x:c r="D264" s="0" t="s">
-        <x:v>1080</x:v>
+        <x:v>1093</x:v>
       </x:c>
       <x:c r="E264" s="0" t="s">
-        <x:v>1072</x:v>
+        <x:v>1088</x:v>
       </x:c>
       <x:c r="F264" s="0" t="s">
-        <x:v>1100</x:v>
+        <x:v>1103</x:v>
       </x:c>
       <x:c r="G264" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J264" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K264" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A265" s="0" t="s">
-        <x:v>1101</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
-        <x:v>1102</x:v>
+        <x:v>1105</x:v>
       </x:c>
       <x:c r="D265" s="0" t="s">
-        <x:v>1080</x:v>
+        <x:v>1093</x:v>
       </x:c>
       <x:c r="E265" s="0" t="s">
-        <x:v>1072</x:v>
+        <x:v>1088</x:v>
       </x:c>
       <x:c r="F265" s="0" t="s">
-        <x:v>1103</x:v>
+        <x:v>1106</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A266" s="0" t="s">
-        <x:v>1104</x:v>
+        <x:v>1107</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
-        <x:v>1105</x:v>
+        <x:v>1108</x:v>
       </x:c>
       <x:c r="D266" s="0" t="s">
-        <x:v>1106</x:v>
+        <x:v>1093</x:v>
       </x:c>
       <x:c r="E266" s="0" t="s">
-        <x:v>1072</x:v>
+        <x:v>1088</x:v>
       </x:c>
       <x:c r="F266" s="0" t="s">
-        <x:v>1107</x:v>
+        <x:v>1094</x:v>
       </x:c>
       <x:c r="G266" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J266" s="0" t="s">
-        <x:v>369</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="K266" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>589</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A267" s="0" t="s">
-        <x:v>1108</x:v>
+        <x:v>1109</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>1109</x:v>
+        <x:v>1110</x:v>
       </x:c>
       <x:c r="D267" s="0" t="s">
-        <x:v>1110</x:v>
+        <x:v>1111</x:v>
       </x:c>
       <x:c r="E267" s="0" t="s">
-        <x:v>1072</x:v>
+        <x:v>1088</x:v>
       </x:c>
       <x:c r="F267" s="0" t="s">
-        <x:v>1111</x:v>
+        <x:v>1112</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A268" s="0" t="s">
-        <x:v>1112</x:v>
+        <x:v>1113</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
-        <x:v>1113</x:v>
+        <x:v>1114</x:v>
+      </x:c>
+      <x:c r="C268" s="0" t="s">
+        <x:v>1115</x:v>
       </x:c>
       <x:c r="D268" s="0" t="s">
-        <x:v>1114</x:v>
+        <x:v>1093</x:v>
       </x:c>
       <x:c r="E268" s="0" t="s">
-        <x:v>1072</x:v>
+        <x:v>1088</x:v>
       </x:c>
       <x:c r="F268" s="0" t="s">
-        <x:v>1115</x:v>
+        <x:v>1116</x:v>
       </x:c>
       <x:c r="G268" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J268" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="K268" s="0" t="s">
+        <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A269" s="0" t="s">
-        <x:v>1116</x:v>
+        <x:v>1117</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
-        <x:v>1117</x:v>
+        <x:v>1118</x:v>
       </x:c>
       <x:c r="D269" s="0" t="s">
-        <x:v>1118</x:v>
+        <x:v>1093</x:v>
       </x:c>
       <x:c r="E269" s="0" t="s">
-        <x:v>1072</x:v>
+        <x:v>1088</x:v>
       </x:c>
       <x:c r="F269" s="0" t="s">
         <x:v>1119</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="K269" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A270" s="0" t="s">
         <x:v>1120</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
         <x:v>1121</x:v>
       </x:c>
       <x:c r="D270" s="0" t="s">
-        <x:v>1080</x:v>
+        <x:v>1122</x:v>
       </x:c>
       <x:c r="E270" s="0" t="s">
-        <x:v>1072</x:v>
+        <x:v>1088</x:v>
       </x:c>
       <x:c r="F270" s="0" t="s">
-        <x:v>1122</x:v>
+        <x:v>1123</x:v>
       </x:c>
       <x:c r="G270" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J270" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>374</x:v>
+      </x:c>
+      <x:c r="K270" s="0" t="s">
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A271" s="0" t="s">
-        <x:v>1123</x:v>
+        <x:v>1124</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
-        <x:v>1124</x:v>
+        <x:v>1125</x:v>
       </x:c>
       <x:c r="D271" s="0" t="s">
-        <x:v>1125</x:v>
+        <x:v>1126</x:v>
       </x:c>
       <x:c r="E271" s="0" t="s">
-        <x:v>1072</x:v>
+        <x:v>1088</x:v>
       </x:c>
       <x:c r="F271" s="0" t="s">
-        <x:v>1126</x:v>
+        <x:v>1127</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
-        <x:v>153</x:v>
-[...2 lines deleted...]
-        <x:v>1127</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A272" s="0" t="s">
         <x:v>1128</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
         <x:v>1129</x:v>
       </x:c>
       <x:c r="D272" s="0" t="s">
         <x:v>1130</x:v>
       </x:c>
       <x:c r="E272" s="0" t="s">
-        <x:v>1072</x:v>
+        <x:v>1088</x:v>
       </x:c>
       <x:c r="F272" s="0" t="s">
         <x:v>1131</x:v>
       </x:c>
       <x:c r="G272" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J272" s="0" t="s">
-        <x:v>331</x:v>
-[...2 lines deleted...]
-        <x:v>557</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A273" s="0" t="s">
         <x:v>1132</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>1133</x:v>
       </x:c>
       <x:c r="D273" s="0" t="s">
         <x:v>1134</x:v>
       </x:c>
       <x:c r="E273" s="0" t="s">
+        <x:v>1088</x:v>
+      </x:c>
+      <x:c r="F273" s="0" t="s">
         <x:v>1135</x:v>
       </x:c>
-      <x:c r="F273" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G273" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
-        <x:v>369</x:v>
-[...2 lines deleted...]
-        <x:v>1137</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A274" s="0" t="s">
+        <x:v>1136</x:v>
+      </x:c>
+      <x:c r="B274" s="0" t="s">
+        <x:v>1137</x:v>
+      </x:c>
+      <x:c r="D274" s="0" t="s">
+        <x:v>1093</x:v>
+      </x:c>
+      <x:c r="E274" s="0" t="s">
+        <x:v>1088</x:v>
+      </x:c>
+      <x:c r="F274" s="0" t="s">
         <x:v>1138</x:v>
       </x:c>
-      <x:c r="B274" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G274" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J274" s="0" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A275" s="0" t="s">
+        <x:v>1139</x:v>
+      </x:c>
+      <x:c r="B275" s="0" t="s">
+        <x:v>1140</x:v>
+      </x:c>
+      <x:c r="D275" s="0" t="s">
+        <x:v>1141</x:v>
+      </x:c>
+      <x:c r="E275" s="0" t="s">
+        <x:v>1088</x:v>
+      </x:c>
+      <x:c r="F275" s="0" t="s">
         <x:v>1142</x:v>
       </x:c>
-      <x:c r="B275" s="0" t="s">
+      <x:c r="G275" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J275" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="K275" s="0" t="s">
         <x:v>1143</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A276" s="0" t="s">
+        <x:v>1144</x:v>
+      </x:c>
+      <x:c r="B276" s="0" t="s">
+        <x:v>1145</x:v>
+      </x:c>
+      <x:c r="D276" s="0" t="s">
         <x:v>1146</x:v>
       </x:c>
-      <x:c r="B276" s="0" t="s">
+      <x:c r="E276" s="0" t="s">
+        <x:v>1088</x:v>
+      </x:c>
+      <x:c r="F276" s="0" t="s">
         <x:v>1147</x:v>
       </x:c>
-      <x:c r="D276" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G276" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J276" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="K276" s="0" t="s">
+        <x:v>574</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A277" s="0" t="s">
+        <x:v>1148</x:v>
+      </x:c>
+      <x:c r="B277" s="0" t="s">
+        <x:v>1149</x:v>
+      </x:c>
+      <x:c r="D277" s="0" t="s">
         <x:v>1150</x:v>
       </x:c>
-      <x:c r="B277" s="0" t="s">
+      <x:c r="E277" s="0" t="s">
         <x:v>1151</x:v>
       </x:c>
-      <x:c r="D277" s="0" t="s">
+      <x:c r="F277" s="0" t="s">
         <x:v>1152</x:v>
       </x:c>
-      <x:c r="E277" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F277" s="0" t="s">
+      <x:c r="G277" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J277" s="0" t="s">
+        <x:v>374</x:v>
+      </x:c>
+      <x:c r="K277" s="0" t="s">
         <x:v>1153</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1154</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A278" s="0" t="s">
+        <x:v>1154</x:v>
+      </x:c>
+      <x:c r="B278" s="0" t="s">
         <x:v>1155</x:v>
       </x:c>
-      <x:c r="B278" s="0" t="s">
+      <x:c r="D278" s="0" t="s">
         <x:v>1156</x:v>
       </x:c>
-      <x:c r="D278" s="0" t="s">
+      <x:c r="E278" s="0" t="s">
+        <x:v>1151</x:v>
+      </x:c>
+      <x:c r="F278" s="0" t="s">
         <x:v>1157</x:v>
       </x:c>
-      <x:c r="E278" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G278" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J278" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="K278" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A279" s="0" t="s">
+        <x:v>1158</x:v>
+      </x:c>
+      <x:c r="B279" s="0" t="s">
         <x:v>1159</x:v>
       </x:c>
-      <x:c r="B279" s="0" t="s">
+      <x:c r="D279" s="0" t="s">
         <x:v>1160</x:v>
       </x:c>
-      <x:c r="D279" s="0" t="s">
+      <x:c r="E279" s="0" t="s">
+        <x:v>1151</x:v>
+      </x:c>
+      <x:c r="F279" s="0" t="s">
         <x:v>1161</x:v>
       </x:c>
-      <x:c r="E279" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G279" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>374</x:v>
+      </x:c>
+      <x:c r="K279" s="0" t="s">
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A280" s="0" t="s">
+        <x:v>1162</x:v>
+      </x:c>
+      <x:c r="B280" s="0" t="s">
         <x:v>1163</x:v>
       </x:c>
-      <x:c r="B280" s="0" t="s">
+      <x:c r="D280" s="0" t="s">
         <x:v>1164</x:v>
       </x:c>
-      <x:c r="D280" s="0" t="s">
+      <x:c r="E280" s="0" t="s">
+        <x:v>1151</x:v>
+      </x:c>
+      <x:c r="F280" s="0" t="s">
         <x:v>1165</x:v>
       </x:c>
-      <x:c r="E280" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G280" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J280" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A281" s="0" t="s">
+        <x:v>1166</x:v>
+      </x:c>
+      <x:c r="B281" s="0" t="s">
         <x:v>1167</x:v>
       </x:c>
-      <x:c r="B281" s="0" t="s">
+      <x:c r="D281" s="0" t="s">
         <x:v>1168</x:v>
       </x:c>
-      <x:c r="D281" s="0" t="s">
+      <x:c r="E281" s="0" t="s">
+        <x:v>1151</x:v>
+      </x:c>
+      <x:c r="F281" s="0" t="s">
         <x:v>1169</x:v>
       </x:c>
-      <x:c r="E281" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F281" s="0" t="s">
+      <x:c r="G281" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J281" s="0" t="s">
+        <x:v>374</x:v>
+      </x:c>
+      <x:c r="K281" s="0" t="s">
         <x:v>1170</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1171</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A282" s="0" t="s">
+        <x:v>1171</x:v>
+      </x:c>
+      <x:c r="B282" s="0" t="s">
         <x:v>1172</x:v>
       </x:c>
-      <x:c r="B282" s="0" t="s">
+      <x:c r="D282" s="0" t="s">
         <x:v>1173</x:v>
       </x:c>
-      <x:c r="D282" s="0" t="s">
+      <x:c r="E282" s="0" t="s">
+        <x:v>1151</x:v>
+      </x:c>
+      <x:c r="F282" s="0" t="s">
         <x:v>1174</x:v>
       </x:c>
-      <x:c r="E282" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G282" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J282" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A283" s="0" t="s">
+        <x:v>1175</x:v>
+      </x:c>
+      <x:c r="B283" s="0" t="s">
         <x:v>1176</x:v>
       </x:c>
-      <x:c r="B283" s="0" t="s">
+      <x:c r="D283" s="0" t="s">
         <x:v>1177</x:v>
       </x:c>
-      <x:c r="D283" s="0" t="s">
+      <x:c r="E283" s="0" t="s">
+        <x:v>1151</x:v>
+      </x:c>
+      <x:c r="F283" s="0" t="s">
         <x:v>1178</x:v>
       </x:c>
-      <x:c r="E283" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G283" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
-        <x:v>37</x:v>
-[...2 lines deleted...]
-        <x:v>93</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A284" s="0" t="s">
+        <x:v>1179</x:v>
+      </x:c>
+      <x:c r="B284" s="0" t="s">
         <x:v>1180</x:v>
       </x:c>
-      <x:c r="B284" s="0" t="s">
+      <x:c r="D284" s="0" t="s">
         <x:v>1181</x:v>
       </x:c>
-      <x:c r="D284" s="0" t="s">
+      <x:c r="E284" s="0" t="s">
+        <x:v>1151</x:v>
+      </x:c>
+      <x:c r="F284" s="0" t="s">
         <x:v>1182</x:v>
       </x:c>
-      <x:c r="E284" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G284" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J284" s="0" t="s">
-        <x:v>37</x:v>
-[...1 lines deleted...]
-      <x:c r="K284" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A285" s="0" t="s">
+        <x:v>1183</x:v>
+      </x:c>
+      <x:c r="B285" s="0" t="s">
         <x:v>1184</x:v>
       </x:c>
-      <x:c r="B285" s="0" t="s">
+      <x:c r="D285" s="0" t="s">
         <x:v>1185</x:v>
       </x:c>
-      <x:c r="D285" s="0" t="s">
+      <x:c r="E285" s="0" t="s">
+        <x:v>1151</x:v>
+      </x:c>
+      <x:c r="F285" s="0" t="s">
         <x:v>1186</x:v>
       </x:c>
-      <x:c r="E285" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F285" s="0" t="s">
+      <x:c r="G285" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J285" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="K285" s="0" t="s">
         <x:v>1187</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A286" s="0" t="s">
         <x:v>1188</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
         <x:v>1189</x:v>
       </x:c>
       <x:c r="D286" s="0" t="s">
-        <x:v>1152</x:v>
+        <x:v>1190</x:v>
       </x:c>
       <x:c r="E286" s="0" t="s">
-        <x:v>1135</x:v>
+        <x:v>1151</x:v>
       </x:c>
       <x:c r="F286" s="0" t="s">
-        <x:v>1153</x:v>
+        <x:v>1191</x:v>
       </x:c>
       <x:c r="G286" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J286" s="0" t="s">
-        <x:v>229</x:v>
-[...2 lines deleted...]
-        <x:v>325</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A287" s="0" t="s">
-        <x:v>1190</x:v>
+        <x:v>1192</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
-        <x:v>1191</x:v>
+        <x:v>1193</x:v>
       </x:c>
       <x:c r="D287" s="0" t="s">
-        <x:v>1192</x:v>
+        <x:v>1194</x:v>
       </x:c>
       <x:c r="E287" s="0" t="s">
-        <x:v>1135</x:v>
+        <x:v>1151</x:v>
       </x:c>
       <x:c r="F287" s="0" t="s">
-        <x:v>1193</x:v>
+        <x:v>1195</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A288" s="0" t="s">
-        <x:v>1194</x:v>
+        <x:v>1196</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
-        <x:v>1195</x:v>
+        <x:v>1197</x:v>
       </x:c>
       <x:c r="D288" s="0" t="s">
-        <x:v>1196</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="E288" s="0" t="s">
-        <x:v>1135</x:v>
+        <x:v>1151</x:v>
       </x:c>
       <x:c r="F288" s="0" t="s">
-        <x:v>1197</x:v>
+        <x:v>1199</x:v>
       </x:c>
       <x:c r="G288" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J288" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="K288" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A289" s="0" t="s">
-        <x:v>1198</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
-        <x:v>1199</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="D289" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1202</x:v>
       </x:c>
       <x:c r="E289" s="0" t="s">
-        <x:v>1201</x:v>
+        <x:v>1151</x:v>
       </x:c>
       <x:c r="F289" s="0" t="s">
-        <x:v>1202</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
-        <x:v>369</x:v>
-[...2 lines deleted...]
-        <x:v>395</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A290" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1204</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
-        <x:v>1204</x:v>
+        <x:v>1205</x:v>
       </x:c>
       <x:c r="D290" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1168</x:v>
       </x:c>
       <x:c r="E290" s="0" t="s">
-        <x:v>1201</x:v>
+        <x:v>1151</x:v>
       </x:c>
       <x:c r="F290" s="0" t="s">
-        <x:v>1205</x:v>
+        <x:v>1169</x:v>
       </x:c>
       <x:c r="G290" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J290" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="K290" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A291" s="0" t="s">
         <x:v>1206</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>1207</x:v>
       </x:c>
       <x:c r="D291" s="0" t="s">
         <x:v>1208</x:v>
       </x:c>
       <x:c r="E291" s="0" t="s">
-        <x:v>1201</x:v>
+        <x:v>1151</x:v>
       </x:c>
       <x:c r="F291" s="0" t="s">
         <x:v>1209</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J291" s="0" t="s">
-        <x:v>1210</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
-        <x:v>1211</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A292" s="0" t="s">
+        <x:v>1210</x:v>
+      </x:c>
+      <x:c r="B292" s="0" t="s">
+        <x:v>1211</x:v>
+      </x:c>
+      <x:c r="D292" s="0" t="s">
         <x:v>1212</x:v>
       </x:c>
-      <x:c r="B292" s="0" t="s">
+      <x:c r="E292" s="0" t="s">
+        <x:v>1151</x:v>
+      </x:c>
+      <x:c r="F292" s="0" t="s">
         <x:v>1213</x:v>
       </x:c>
-      <x:c r="D292" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G292" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J292" s="0" t="s">
-        <x:v>59</x:v>
-[...2 lines deleted...]
-        <x:v>60</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A293" s="0" t="s">
+        <x:v>1214</x:v>
+      </x:c>
+      <x:c r="B293" s="0" t="s">
+        <x:v>1215</x:v>
+      </x:c>
+      <x:c r="D293" s="0" t="s">
         <x:v>1216</x:v>
       </x:c>
-      <x:c r="B293" s="0" t="s">
+      <x:c r="E293" s="0" t="s">
         <x:v>1217</x:v>
       </x:c>
-      <x:c r="D293" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="E293" s="0" t="s">
+      <x:c r="F293" s="0" t="s">
         <x:v>1218</x:v>
       </x:c>
-      <x:c r="F293" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G293" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J293" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A294" s="0" t="s">
+        <x:v>1219</x:v>
+      </x:c>
+      <x:c r="B294" s="0" t="s">
         <x:v>1220</x:v>
       </x:c>
-      <x:c r="B294" s="0" t="s">
+      <x:c r="D294" s="0" t="s">
+        <x:v>1216</x:v>
+      </x:c>
+      <x:c r="E294" s="0" t="s">
+        <x:v>1217</x:v>
+      </x:c>
+      <x:c r="F294" s="0" t="s">
         <x:v>1221</x:v>
       </x:c>
-      <x:c r="C294" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G294" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J294" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K294" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A295" s="0" t="s">
+        <x:v>1222</x:v>
+      </x:c>
+      <x:c r="B295" s="0" t="s">
+        <x:v>1223</x:v>
+      </x:c>
+      <x:c r="D295" s="0" t="s">
+        <x:v>1224</x:v>
+      </x:c>
+      <x:c r="E295" s="0" t="s">
+        <x:v>1217</x:v>
+      </x:c>
+      <x:c r="F295" s="0" t="s">
+        <x:v>1225</x:v>
+      </x:c>
+      <x:c r="G295" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J295" s="0" t="s">
         <x:v>1226</x:v>
       </x:c>
-      <x:c r="B295" s="0" t="s">
+      <x:c r="K295" s="0" t="s">
         <x:v>1227</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>572</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A296" s="0" t="s">
+        <x:v>1228</x:v>
+      </x:c>
+      <x:c r="B296" s="0" t="s">
+        <x:v>1229</x:v>
+      </x:c>
+      <x:c r="D296" s="0" t="s">
         <x:v>1230</x:v>
       </x:c>
-      <x:c r="B296" s="0" t="s">
+      <x:c r="E296" s="0" t="s">
+        <x:v>1217</x:v>
+      </x:c>
+      <x:c r="F296" s="0" t="s">
         <x:v>1231</x:v>
       </x:c>
-      <x:c r="D296" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G296" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J296" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K296" s="0" t="s">
-        <x:v>1233</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A297" s="0" t="s">
+        <x:v>1232</x:v>
+      </x:c>
+      <x:c r="B297" s="0" t="s">
+        <x:v>1233</x:v>
+      </x:c>
+      <x:c r="D297" s="0" t="s">
+        <x:v>1198</x:v>
+      </x:c>
+      <x:c r="E297" s="0" t="s">
         <x:v>1234</x:v>
       </x:c>
-      <x:c r="B297" s="0" t="s">
+      <x:c r="F297" s="0" t="s">
         <x:v>1235</x:v>
       </x:c>
-      <x:c r="D297" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G297" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J297" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="K297" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A298" s="0" t="s">
+        <x:v>1236</x:v>
+      </x:c>
+      <x:c r="B298" s="0" t="s">
         <x:v>1237</x:v>
       </x:c>
-      <x:c r="B298" s="0" t="s">
+      <x:c r="C298" s="0" t="s">
         <x:v>1238</x:v>
       </x:c>
       <x:c r="D298" s="0" t="s">
-        <x:v>1223</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="E298" s="0" t="s">
-        <x:v>1224</x:v>
+        <x:v>1240</x:v>
       </x:c>
       <x:c r="F298" s="0" t="s">
-        <x:v>1239</x:v>
+        <x:v>1241</x:v>
       </x:c>
       <x:c r="G298" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J298" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="K298" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A299" s="0" t="s">
+        <x:v>1242</x:v>
+      </x:c>
+      <x:c r="B299" s="0" t="s">
+        <x:v>1243</x:v>
+      </x:c>
+      <x:c r="D299" s="0" t="s">
+        <x:v>1244</x:v>
+      </x:c>
+      <x:c r="E299" s="0" t="s">
         <x:v>1240</x:v>
       </x:c>
-      <x:c r="B299" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F299" s="0" t="s">
-        <x:v>1243</x:v>
+        <x:v>1245</x:v>
       </x:c>
       <x:c r="G299" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J299" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>589</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A300" s="0" t="s">
-        <x:v>1244</x:v>
+        <x:v>1246</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
-        <x:v>1245</x:v>
+        <x:v>1247</x:v>
       </x:c>
       <x:c r="D300" s="0" t="s">
-        <x:v>965</x:v>
+        <x:v>980</x:v>
       </x:c>
       <x:c r="E300" s="0" t="s">
-        <x:v>1224</x:v>
+        <x:v>1240</x:v>
       </x:c>
       <x:c r="F300" s="0" t="s">
-        <x:v>1246</x:v>
+        <x:v>1248</x:v>
       </x:c>
       <x:c r="G300" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J300" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="K300" s="0" t="s">
-        <x:v>1247</x:v>
+        <x:v>1249</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A301" s="0" t="s">
-        <x:v>1248</x:v>
+        <x:v>1250</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
-        <x:v>1249</x:v>
+        <x:v>1251</x:v>
       </x:c>
       <x:c r="D301" s="0" t="s">
-        <x:v>1223</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="E301" s="0" t="s">
-        <x:v>1224</x:v>
+        <x:v>1240</x:v>
       </x:c>
       <x:c r="F301" s="0" t="s">
-        <x:v>1250</x:v>
+        <x:v>1252</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J301" s="0" t="s">
-        <x:v>224</x:v>
-[...2 lines deleted...]
-        <x:v>102</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A302" s="0" t="s">
-        <x:v>1251</x:v>
+        <x:v>1253</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
-        <x:v>1252</x:v>
+        <x:v>1254</x:v>
       </x:c>
       <x:c r="D302" s="0" t="s">
-        <x:v>1253</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="E302" s="0" t="s">
-        <x:v>1224</x:v>
+        <x:v>1240</x:v>
       </x:c>
       <x:c r="F302" s="0" t="s">
-        <x:v>1225</x:v>
+        <x:v>1255</x:v>
       </x:c>
       <x:c r="G302" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J302" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="K302" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A303" s="0" t="s">
-        <x:v>1254</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
-        <x:v>1255</x:v>
+        <x:v>1257</x:v>
       </x:c>
       <x:c r="D303" s="0" t="s">
-        <x:v>1256</x:v>
+        <x:v>1258</x:v>
       </x:c>
       <x:c r="E303" s="0" t="s">
-        <x:v>1257</x:v>
+        <x:v>1240</x:v>
       </x:c>
       <x:c r="F303" s="0" t="s">
-        <x:v>1258</x:v>
+        <x:v>1259</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J303" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
-        <x:v>931</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A304" s="0" t="s">
-        <x:v>1259</x:v>
+        <x:v>1260</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
-        <x:v>1260</x:v>
+        <x:v>1261</x:v>
       </x:c>
       <x:c r="D304" s="0" t="s">
-        <x:v>1256</x:v>
+        <x:v>980</x:v>
       </x:c>
       <x:c r="E304" s="0" t="s">
-        <x:v>1257</x:v>
+        <x:v>1240</x:v>
       </x:c>
       <x:c r="F304" s="0" t="s">
-        <x:v>1258</x:v>
+        <x:v>1262</x:v>
       </x:c>
       <x:c r="G304" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="I304" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J304" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="K304" s="0" t="s">
+        <x:v>1263</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A305" s="0" t="s">
-        <x:v>1262</x:v>
+        <x:v>1264</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
-        <x:v>1263</x:v>
+        <x:v>1265</x:v>
       </x:c>
       <x:c r="D305" s="0" t="s">
-        <x:v>1264</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="E305" s="0" t="s">
-        <x:v>1257</x:v>
+        <x:v>1240</x:v>
       </x:c>
       <x:c r="F305" s="0" t="s">
-        <x:v>1265</x:v>
+        <x:v>1266</x:v>
       </x:c>
       <x:c r="G305" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J305" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A306" s="0" t="s">
-        <x:v>1266</x:v>
+        <x:v>1267</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1268</x:v>
       </x:c>
       <x:c r="D306" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="E306" s="0" t="s">
-        <x:v>1269</x:v>
+        <x:v>1240</x:v>
       </x:c>
       <x:c r="F306" s="0" t="s">
-        <x:v>1270</x:v>
+        <x:v>1241</x:v>
       </x:c>
       <x:c r="G306" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J306" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="K306" s="0" t="s">
-        <x:v>572</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A307" s="0" t="s">
+        <x:v>1269</x:v>
+      </x:c>
+      <x:c r="B307" s="0" t="s">
+        <x:v>1270</x:v>
+      </x:c>
+      <x:c r="D307" s="0" t="s">
         <x:v>1271</x:v>
       </x:c>
-      <x:c r="B307" s="0" t="s">
+      <x:c r="E307" s="0" t="s">
         <x:v>1272</x:v>
       </x:c>
-      <x:c r="D307" s="0" t="s">
+      <x:c r="F307" s="0" t="s">
         <x:v>1273</x:v>
       </x:c>
-      <x:c r="E307" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G307" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J307" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>946</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A308" s="0" t="s">
+        <x:v>1274</x:v>
+      </x:c>
+      <x:c r="B308" s="0" t="s">
         <x:v>1275</x:v>
       </x:c>
-      <x:c r="B308" s="0" t="s">
+      <x:c r="D308" s="0" t="s">
+        <x:v>1271</x:v>
+      </x:c>
+      <x:c r="E308" s="0" t="s">
+        <x:v>1272</x:v>
+      </x:c>
+      <x:c r="F308" s="0" t="s">
         <x:v>1276</x:v>
       </x:c>
-      <x:c r="D308" s="0" t="s">
+      <x:c r="G308" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I308" s="0" t="s">
         <x:v>1277</x:v>
       </x:c>
-      <x:c r="E308" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="J308" s="0" t="s">
-        <x:v>65</x:v>
-[...2 lines deleted...]
-        <x:v>1279</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A309" s="0" t="s">
+        <x:v>1278</x:v>
+      </x:c>
+      <x:c r="B309" s="0" t="s">
+        <x:v>1279</x:v>
+      </x:c>
+      <x:c r="D309" s="0" t="s">
         <x:v>1280</x:v>
       </x:c>
-      <x:c r="B309" s="0" t="s">
+      <x:c r="E309" s="0" t="s">
+        <x:v>1272</x:v>
+      </x:c>
+      <x:c r="F309" s="0" t="s">
         <x:v>1281</x:v>
       </x:c>
-      <x:c r="D309" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G309" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J309" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
-        <x:v>1283</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A310" s="0" t="s">
+        <x:v>1282</x:v>
+      </x:c>
+      <x:c r="B310" s="0" t="s">
+        <x:v>1283</x:v>
+      </x:c>
+      <x:c r="D310" s="0" t="s">
         <x:v>1284</x:v>
       </x:c>
-      <x:c r="B310" s="0" t="s">
+      <x:c r="E310" s="0" t="s">
         <x:v>1285</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1269</x:v>
       </x:c>
       <x:c r="F310" s="0" t="s">
         <x:v>1286</x:v>
       </x:c>
       <x:c r="G310" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J310" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K310" s="0" t="s">
-        <x:v>557</x:v>
+        <x:v>589</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A311" s="0" t="s">
         <x:v>1287</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>1288</x:v>
       </x:c>
       <x:c r="D311" s="0" t="s">
         <x:v>1289</x:v>
       </x:c>
       <x:c r="E311" s="0" t="s">
+        <x:v>1285</x:v>
+      </x:c>
+      <x:c r="F311" s="0" t="s">
         <x:v>1290</x:v>
       </x:c>
-      <x:c r="F311" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G311" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J311" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A312" s="0" t="s">
+        <x:v>1291</x:v>
+      </x:c>
+      <x:c r="B312" s="0" t="s">
         <x:v>1292</x:v>
       </x:c>
-      <x:c r="B312" s="0" t="s">
+      <x:c r="D312" s="0" t="s">
         <x:v>1293</x:v>
       </x:c>
-      <x:c r="D312" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E312" s="0" t="s">
-        <x:v>1290</x:v>
+        <x:v>1285</x:v>
       </x:c>
       <x:c r="F312" s="0" t="s">
         <x:v>1294</x:v>
       </x:c>
       <x:c r="G312" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J312" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K312" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>1295</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A313" s="0" t="s">
-        <x:v>1295</x:v>
+        <x:v>1296</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
-        <x:v>1296</x:v>
+        <x:v>1297</x:v>
       </x:c>
       <x:c r="D313" s="0" t="s">
-        <x:v>1297</x:v>
+        <x:v>1293</x:v>
       </x:c>
       <x:c r="E313" s="0" t="s">
-        <x:v>1290</x:v>
+        <x:v>1285</x:v>
       </x:c>
       <x:c r="F313" s="0" t="s">
         <x:v>1298</x:v>
       </x:c>
       <x:c r="G313" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J313" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
-        <x:v>931</x:v>
+        <x:v>1299</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A314" s="0" t="s">
-        <x:v>1299</x:v>
+        <x:v>1300</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
-        <x:v>1300</x:v>
+        <x:v>1301</x:v>
       </x:c>
       <x:c r="D314" s="0" t="s">
-        <x:v>1301</x:v>
+        <x:v>1293</x:v>
       </x:c>
       <x:c r="E314" s="0" t="s">
-        <x:v>1302</x:v>
+        <x:v>1285</x:v>
       </x:c>
       <x:c r="F314" s="0" t="s">
-        <x:v>1303</x:v>
+        <x:v>1294</x:v>
       </x:c>
       <x:c r="G314" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J314" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="K314" s="0" t="s">
+        <x:v>574</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A315" s="0" t="s">
+        <x:v>1302</x:v>
+      </x:c>
+      <x:c r="B315" s="0" t="s">
+        <x:v>1303</x:v>
+      </x:c>
+      <x:c r="D315" s="0" t="s">
         <x:v>1304</x:v>
       </x:c>
-      <x:c r="B315" s="0" t="s">
+      <x:c r="E315" s="0" t="s">
         <x:v>1305</x:v>
       </x:c>
-      <x:c r="D315" s="0" t="s">
+      <x:c r="F315" s="0" t="s">
         <x:v>1306</x:v>
       </x:c>
-      <x:c r="E315" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G315" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
-        <x:v>31</x:v>
-[...2 lines deleted...]
-        <x:v>1308</x:v>
+        <x:v>545</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A316" s="0" t="s">
+        <x:v>1307</x:v>
+      </x:c>
+      <x:c r="B316" s="0" t="s">
+        <x:v>1308</x:v>
+      </x:c>
+      <x:c r="D316" s="0" t="s">
         <x:v>1309</x:v>
       </x:c>
-      <x:c r="B316" s="0" t="s">
+      <x:c r="E316" s="0" t="s">
         <x:v>1310</x:v>
       </x:c>
-      <x:c r="D316" s="0" t="s">
+      <x:c r="F316" s="0" t="s">
         <x:v>1311</x:v>
       </x:c>
-      <x:c r="E316" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G316" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J316" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="K316" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A317" s="0" t="s">
+        <x:v>1312</x:v>
+      </x:c>
+      <x:c r="B317" s="0" t="s">
         <x:v>1313</x:v>
       </x:c>
-      <x:c r="B317" s="0" t="s">
+      <x:c r="D317" s="0" t="s">
         <x:v>1314</x:v>
       </x:c>
-      <x:c r="D317" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E317" s="0" t="s">
-        <x:v>1302</x:v>
+        <x:v>1310</x:v>
       </x:c>
       <x:c r="F317" s="0" t="s">
         <x:v>1315</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J317" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
-        <x:v>1316</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A318" s="0" t="s">
+        <x:v>1316</x:v>
+      </x:c>
+      <x:c r="B318" s="0" t="s">
         <x:v>1317</x:v>
       </x:c>
-      <x:c r="B318" s="0" t="s">
+      <x:c r="D318" s="0" t="s">
         <x:v>1318</x:v>
       </x:c>
-      <x:c r="D318" s="0" t="s">
+      <x:c r="E318" s="0" t="s">
+        <x:v>1310</x:v>
+      </x:c>
+      <x:c r="F318" s="0" t="s">
         <x:v>1319</x:v>
       </x:c>
-      <x:c r="E318" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F318" s="0" t="s">
+      <x:c r="G318" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J318" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="K318" s="0" t="s">
         <x:v>1320</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A319" s="0" t="s">
         <x:v>1321</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>1322</x:v>
       </x:c>
       <x:c r="D319" s="0" t="s">
         <x:v>1323</x:v>
       </x:c>
       <x:c r="E319" s="0" t="s">
-        <x:v>1302</x:v>
+        <x:v>1324</x:v>
       </x:c>
       <x:c r="F319" s="0" t="s">
-        <x:v>1324</x:v>
+        <x:v>1325</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A320" s="0" t="s">
-        <x:v>1325</x:v>
+        <x:v>1326</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
-        <x:v>1326</x:v>
+        <x:v>1327</x:v>
       </x:c>
       <x:c r="D320" s="0" t="s">
-        <x:v>1327</x:v>
+        <x:v>1328</x:v>
       </x:c>
       <x:c r="E320" s="0" t="s">
-        <x:v>1302</x:v>
+        <x:v>1324</x:v>
       </x:c>
       <x:c r="F320" s="0" t="s">
-        <x:v>1328</x:v>
+        <x:v>1329</x:v>
       </x:c>
       <x:c r="G320" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J320" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="K320" s="0" t="s">
-        <x:v>1329</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A321" s="0" t="s">
         <x:v>1330</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>1331</x:v>
       </x:c>
       <x:c r="D321" s="0" t="s">
         <x:v>1332</x:v>
       </x:c>
       <x:c r="E321" s="0" t="s">
-        <x:v>1302</x:v>
+        <x:v>1324</x:v>
       </x:c>
       <x:c r="F321" s="0" t="s">
         <x:v>1333</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J321" s="0" t="s">
-        <x:v>1210</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
-        <x:v>1334</x:v>
+        <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A322" s="0" t="s">
+        <x:v>1334</x:v>
+      </x:c>
+      <x:c r="B322" s="0" t="s">
         <x:v>1335</x:v>
       </x:c>
-      <x:c r="B322" s="0" t="s">
+      <x:c r="D322" s="0" t="s">
+        <x:v>1177</x:v>
+      </x:c>
+      <x:c r="E322" s="0" t="s">
+        <x:v>1324</x:v>
+      </x:c>
+      <x:c r="F322" s="0" t="s">
         <x:v>1336</x:v>
       </x:c>
-      <x:c r="D322" s="0" t="s">
+      <x:c r="G322" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J322" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="K322" s="0" t="s">
         <x:v>1337</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>1339</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A323" s="0" t="s">
+        <x:v>1338</x:v>
+      </x:c>
+      <x:c r="B323" s="0" t="s">
+        <x:v>1339</x:v>
+      </x:c>
+      <x:c r="D323" s="0" t="s">
         <x:v>1340</x:v>
       </x:c>
-      <x:c r="B323" s="0" t="s">
+      <x:c r="E323" s="0" t="s">
+        <x:v>1324</x:v>
+      </x:c>
+      <x:c r="F323" s="0" t="s">
         <x:v>1341</x:v>
       </x:c>
-      <x:c r="D323" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G323" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J323" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A324" s="0" t="s">
+        <x:v>1342</x:v>
+      </x:c>
+      <x:c r="B324" s="0" t="s">
+        <x:v>1343</x:v>
+      </x:c>
+      <x:c r="D324" s="0" t="s">
         <x:v>1344</x:v>
       </x:c>
-      <x:c r="B324" s="0" t="s">
+      <x:c r="E324" s="0" t="s">
+        <x:v>1324</x:v>
+      </x:c>
+      <x:c r="F324" s="0" t="s">
         <x:v>1345</x:v>
       </x:c>
-      <x:c r="D324" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G324" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J324" s="0" t="s">
-        <x:v>1210</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K324" s="0" t="s">
-        <x:v>1334</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A325" s="0" t="s">
+        <x:v>1346</x:v>
+      </x:c>
+      <x:c r="B325" s="0" t="s">
+        <x:v>1347</x:v>
+      </x:c>
+      <x:c r="D325" s="0" t="s">
         <x:v>1348</x:v>
       </x:c>
-      <x:c r="B325" s="0" t="s">
+      <x:c r="E325" s="0" t="s">
+        <x:v>1324</x:v>
+      </x:c>
+      <x:c r="F325" s="0" t="s">
         <x:v>1349</x:v>
       </x:c>
-      <x:c r="D325" s="0" t="s">
+      <x:c r="G325" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J325" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="K325" s="0" t="s">
         <x:v>1350</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>1352</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A326" s="0" t="s">
+        <x:v>1351</x:v>
+      </x:c>
+      <x:c r="B326" s="0" t="s">
+        <x:v>1352</x:v>
+      </x:c>
+      <x:c r="D326" s="0" t="s">
         <x:v>1353</x:v>
       </x:c>
-      <x:c r="B326" s="0" t="s">
+      <x:c r="E326" s="0" t="s">
+        <x:v>1324</x:v>
+      </x:c>
+      <x:c r="F326" s="0" t="s">
         <x:v>1354</x:v>
       </x:c>
-      <x:c r="D326" s="0" t="s">
+      <x:c r="G326" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J326" s="0" t="s">
+        <x:v>1226</x:v>
+      </x:c>
+      <x:c r="K326" s="0" t="s">
         <x:v>1355</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A327" s="0" t="s">
+        <x:v>1356</x:v>
+      </x:c>
+      <x:c r="B327" s="0" t="s">
         <x:v>1357</x:v>
       </x:c>
-      <x:c r="B327" s="0" t="s">
+      <x:c r="D327" s="0" t="s">
         <x:v>1358</x:v>
       </x:c>
-      <x:c r="D327" s="0" t="s">
+      <x:c r="E327" s="0" t="s">
+        <x:v>1324</x:v>
+      </x:c>
+      <x:c r="F327" s="0" t="s">
         <x:v>1359</x:v>
       </x:c>
-      <x:c r="E327" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F327" s="0" t="s">
+      <x:c r="G327" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J327" s="0" t="s">
+        <x:v>634</x:v>
+      </x:c>
+      <x:c r="K327" s="0" t="s">
         <x:v>1360</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A328" s="0" t="s">
         <x:v>1361</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
         <x:v>1362</x:v>
       </x:c>
       <x:c r="D328" s="0" t="s">
         <x:v>1363</x:v>
       </x:c>
       <x:c r="E328" s="0" t="s">
-        <x:v>1302</x:v>
+        <x:v>1324</x:v>
       </x:c>
       <x:c r="F328" s="0" t="s">
         <x:v>1364</x:v>
       </x:c>
       <x:c r="G328" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J328" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K328" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A329" s="0" t="s">
         <x:v>1365</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>1366</x:v>
       </x:c>
       <x:c r="D329" s="0" t="s">
         <x:v>1367</x:v>
       </x:c>
       <x:c r="E329" s="0" t="s">
-        <x:v>1302</x:v>
+        <x:v>1324</x:v>
       </x:c>
       <x:c r="F329" s="0" t="s">
         <x:v>1368</x:v>
       </x:c>
       <x:c r="G329" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J329" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>1226</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>1355</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A330" s="0" t="s">
         <x:v>1369</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
         <x:v>1370</x:v>
       </x:c>
       <x:c r="D330" s="0" t="s">
         <x:v>1371</x:v>
       </x:c>
       <x:c r="E330" s="0" t="s">
-        <x:v>1302</x:v>
+        <x:v>1324</x:v>
       </x:c>
       <x:c r="F330" s="0" t="s">
         <x:v>1372</x:v>
       </x:c>
       <x:c r="G330" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J330" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="K330" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>1373</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A331" s="0" t="s">
-        <x:v>1373</x:v>
+        <x:v>1374</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
-        <x:v>1374</x:v>
+        <x:v>1375</x:v>
       </x:c>
       <x:c r="D331" s="0" t="s">
-        <x:v>1375</x:v>
+        <x:v>1376</x:v>
       </x:c>
       <x:c r="E331" s="0" t="s">
-        <x:v>1302</x:v>
+        <x:v>1324</x:v>
       </x:c>
       <x:c r="F331" s="0" t="s">
-        <x:v>1376</x:v>
+        <x:v>1377</x:v>
       </x:c>
       <x:c r="G331" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J331" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
-        <x:v>1377</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A332" s="0" t="s">
         <x:v>1378</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
         <x:v>1379</x:v>
       </x:c>
       <x:c r="D332" s="0" t="s">
         <x:v>1380</x:v>
       </x:c>
       <x:c r="E332" s="0" t="s">
-        <x:v>1302</x:v>
+        <x:v>1324</x:v>
       </x:c>
       <x:c r="F332" s="0" t="s">
         <x:v>1381</x:v>
       </x:c>
       <x:c r="G332" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J332" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>374</x:v>
+      </x:c>
+      <x:c r="K332" s="0" t="s">
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A333" s="0" t="s">
         <x:v>1382</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>1383</x:v>
       </x:c>
       <x:c r="D333" s="0" t="s">
         <x:v>1384</x:v>
       </x:c>
       <x:c r="E333" s="0" t="s">
-        <x:v>1302</x:v>
+        <x:v>1324</x:v>
       </x:c>
       <x:c r="F333" s="0" t="s">
         <x:v>1385</x:v>
       </x:c>
       <x:c r="G333" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J333" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A334" s="0" t="s">
         <x:v>1386</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
         <x:v>1387</x:v>
       </x:c>
       <x:c r="D334" s="0" t="s">
         <x:v>1388</x:v>
       </x:c>
       <x:c r="E334" s="0" t="s">
-        <x:v>1302</x:v>
+        <x:v>1324</x:v>
       </x:c>
       <x:c r="F334" s="0" t="s">
         <x:v>1389</x:v>
       </x:c>
       <x:c r="G334" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J334" s="0" t="s">
-        <x:v>448</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="K334" s="0" t="s">
-        <x:v>1390</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A335" s="0" t="s">
+        <x:v>1390</x:v>
+      </x:c>
+      <x:c r="B335" s="0" t="s">
         <x:v>1391</x:v>
       </x:c>
-      <x:c r="B335" s="0" t="s">
+      <x:c r="D335" s="0" t="s">
         <x:v>1392</x:v>
       </x:c>
-      <x:c r="D335" s="0" t="s">
+      <x:c r="E335" s="0" t="s">
+        <x:v>1324</x:v>
+      </x:c>
+      <x:c r="F335" s="0" t="s">
         <x:v>1393</x:v>
       </x:c>
-      <x:c r="E335" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G335" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J335" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A336" s="0" t="s">
+        <x:v>1394</x:v>
+      </x:c>
+      <x:c r="B336" s="0" t="s">
         <x:v>1395</x:v>
       </x:c>
-      <x:c r="B336" s="0" t="s">
+      <x:c r="D336" s="0" t="s">
         <x:v>1396</x:v>
       </x:c>
-      <x:c r="D336" s="0" t="s">
+      <x:c r="E336" s="0" t="s">
+        <x:v>1324</x:v>
+      </x:c>
+      <x:c r="F336" s="0" t="s">
         <x:v>1397</x:v>
       </x:c>
-      <x:c r="E336" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G336" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J336" s="0" t="s">
-        <x:v>246</x:v>
-[...2 lines deleted...]
-        <x:v>74</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A337" s="0" t="s">
+        <x:v>1398</x:v>
+      </x:c>
+      <x:c r="B337" s="0" t="s">
         <x:v>1399</x:v>
       </x:c>
-      <x:c r="B337" s="0" t="s">
+      <x:c r="D337" s="0" t="s">
         <x:v>1400</x:v>
       </x:c>
-      <x:c r="D337" s="0" t="s">
+      <x:c r="E337" s="0" t="s">
+        <x:v>1324</x:v>
+      </x:c>
+      <x:c r="F337" s="0" t="s">
         <x:v>1401</x:v>
       </x:c>
-      <x:c r="E337" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G337" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J337" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
-        <x:v>920</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A338" s="0" t="s">
+        <x:v>1402</x:v>
+      </x:c>
+      <x:c r="B338" s="0" t="s">
         <x:v>1403</x:v>
       </x:c>
-      <x:c r="B338" s="0" t="s">
+      <x:c r="D338" s="0" t="s">
         <x:v>1404</x:v>
       </x:c>
-      <x:c r="D338" s="0" t="s">
+      <x:c r="E338" s="0" t="s">
+        <x:v>1324</x:v>
+      </x:c>
+      <x:c r="F338" s="0" t="s">
         <x:v>1405</x:v>
       </x:c>
-      <x:c r="E338" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F338" s="0" t="s">
+      <x:c r="G338" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J338" s="0" t="s">
+        <x:v>454</x:v>
+      </x:c>
+      <x:c r="K338" s="0" t="s">
         <x:v>1406</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1407</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A339" s="0" t="s">
+        <x:v>1407</x:v>
+      </x:c>
+      <x:c r="B339" s="0" t="s">
         <x:v>1408</x:v>
       </x:c>
-      <x:c r="B339" s="0" t="s">
+      <x:c r="D339" s="0" t="s">
         <x:v>1409</x:v>
       </x:c>
-      <x:c r="D339" s="0" t="s">
+      <x:c r="E339" s="0" t="s">
+        <x:v>1324</x:v>
+      </x:c>
+      <x:c r="F339" s="0" t="s">
         <x:v>1410</x:v>
       </x:c>
-      <x:c r="E339" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G339" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J339" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="K339" s="0" t="s">
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A340" s="0" t="s">
+        <x:v>1411</x:v>
+      </x:c>
+      <x:c r="B340" s="0" t="s">
         <x:v>1412</x:v>
       </x:c>
-      <x:c r="B340" s="0" t="s">
+      <x:c r="D340" s="0" t="s">
         <x:v>1413</x:v>
       </x:c>
-      <x:c r="D340" s="0" t="s">
+      <x:c r="E340" s="0" t="s">
+        <x:v>1324</x:v>
+      </x:c>
+      <x:c r="F340" s="0" t="s">
         <x:v>1414</x:v>
       </x:c>
-      <x:c r="E340" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G340" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J340" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="K340" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A341" s="0" t="s">
+        <x:v>1415</x:v>
+      </x:c>
+      <x:c r="B341" s="0" t="s">
         <x:v>1416</x:v>
       </x:c>
-      <x:c r="B341" s="0" t="s">
+      <x:c r="D341" s="0" t="s">
         <x:v>1417</x:v>
       </x:c>
-      <x:c r="D341" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E341" s="0" t="s">
-        <x:v>1302</x:v>
+        <x:v>1324</x:v>
       </x:c>
       <x:c r="F341" s="0" t="s">
         <x:v>1418</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J341" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
-        <x:v>1211</x:v>
+        <x:v>935</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A342" s="0" t="s">
         <x:v>1419</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
         <x:v>1420</x:v>
       </x:c>
       <x:c r="D342" s="0" t="s">
         <x:v>1421</x:v>
       </x:c>
       <x:c r="E342" s="0" t="s">
-        <x:v>1302</x:v>
+        <x:v>1324</x:v>
       </x:c>
       <x:c r="F342" s="0" t="s">
         <x:v>1422</x:v>
       </x:c>
       <x:c r="G342" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J342" s="0" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="K342" s="0" t="s">
         <x:v>1423</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1424</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A343" s="0" t="s">
+        <x:v>1424</x:v>
+      </x:c>
+      <x:c r="B343" s="0" t="s">
         <x:v>1425</x:v>
       </x:c>
-      <x:c r="B343" s="0" t="s">
+      <x:c r="D343" s="0" t="s">
         <x:v>1426</x:v>
       </x:c>
-      <x:c r="D343" s="0" t="s">
+      <x:c r="E343" s="0" t="s">
+        <x:v>1324</x:v>
+      </x:c>
+      <x:c r="F343" s="0" t="s">
         <x:v>1427</x:v>
       </x:c>
-      <x:c r="E343" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F343" s="0" t="s">
+      <x:c r="G343" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J343" s="0" t="s">
+        <x:v>1226</x:v>
+      </x:c>
+      <x:c r="K343" s="0" t="s">
         <x:v>1428</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1429</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A344" s="0" t="s">
+        <x:v>1429</x:v>
+      </x:c>
+      <x:c r="B344" s="0" t="s">
         <x:v>1430</x:v>
       </x:c>
-      <x:c r="B344" s="0" t="s">
+      <x:c r="D344" s="0" t="s">
         <x:v>1431</x:v>
       </x:c>
-      <x:c r="D344" s="0" t="s">
+      <x:c r="E344" s="0" t="s">
+        <x:v>1324</x:v>
+      </x:c>
+      <x:c r="F344" s="0" t="s">
         <x:v>1432</x:v>
       </x:c>
-      <x:c r="E344" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G344" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J344" s="0" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A345" s="0" t="s">
+        <x:v>1433</x:v>
+      </x:c>
+      <x:c r="B345" s="0" t="s">
         <x:v>1434</x:v>
       </x:c>
-      <x:c r="B345" s="0" t="s">
+      <x:c r="D345" s="0" t="s">
         <x:v>1435</x:v>
       </x:c>
-      <x:c r="D345" s="0" t="s">
+      <x:c r="E345" s="0" t="s">
+        <x:v>1324</x:v>
+      </x:c>
+      <x:c r="F345" s="0" t="s">
         <x:v>1436</x:v>
       </x:c>
-      <x:c r="E345" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G345" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J345" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A346" s="0" t="s">
+        <x:v>1437</x:v>
+      </x:c>
+      <x:c r="B346" s="0" t="s">
         <x:v>1438</x:v>
       </x:c>
-      <x:c r="B346" s="0" t="s">
+      <x:c r="D346" s="0" t="s">
+        <x:v>1426</x:v>
+      </x:c>
+      <x:c r="E346" s="0" t="s">
+        <x:v>1324</x:v>
+      </x:c>
+      <x:c r="F346" s="0" t="s">
         <x:v>1439</x:v>
       </x:c>
-      <x:c r="D346" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G346" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J346" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="K346" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>1227</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A347" s="0" t="s">
+        <x:v>1440</x:v>
+      </x:c>
+      <x:c r="B347" s="0" t="s">
+        <x:v>1441</x:v>
+      </x:c>
+      <x:c r="D347" s="0" t="s">
         <x:v>1442</x:v>
       </x:c>
-      <x:c r="B347" s="0" t="s">
+      <x:c r="E347" s="0" t="s">
+        <x:v>1324</x:v>
+      </x:c>
+      <x:c r="F347" s="0" t="s">
         <x:v>1443</x:v>
       </x:c>
-      <x:c r="D347" s="0" t="s">
+      <x:c r="G347" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J347" s="0" t="s">
         <x:v>1444</x:v>
       </x:c>
-      <x:c r="E347" s="0" t="s">
+      <x:c r="K347" s="0" t="s">
         <x:v>1445</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A348" s="0" t="s">
+        <x:v>1446</x:v>
+      </x:c>
+      <x:c r="B348" s="0" t="s">
         <x:v>1447</x:v>
       </x:c>
-      <x:c r="B348" s="0" t="s">
+      <x:c r="D348" s="0" t="s">
         <x:v>1448</x:v>
       </x:c>
-      <x:c r="D348" s="0" t="s">
+      <x:c r="E348" s="0" t="s">
+        <x:v>1324</x:v>
+      </x:c>
+      <x:c r="F348" s="0" t="s">
         <x:v>1449</x:v>
       </x:c>
-      <x:c r="E348" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F348" s="0" t="s">
+      <x:c r="G348" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J348" s="0" t="s">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="K348" s="0" t="s">
         <x:v>1450</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A349" s="0" t="s">
         <x:v>1451</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>1452</x:v>
       </x:c>
       <x:c r="D349" s="0" t="s">
         <x:v>1453</x:v>
       </x:c>
       <x:c r="E349" s="0" t="s">
-        <x:v>1445</x:v>
+        <x:v>1324</x:v>
       </x:c>
       <x:c r="F349" s="0" t="s">
         <x:v>1454</x:v>
       </x:c>
       <x:c r="G349" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J349" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A350" s="0" t="s">
         <x:v>1455</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
         <x:v>1456</x:v>
       </x:c>
       <x:c r="D350" s="0" t="s">
         <x:v>1457</x:v>
       </x:c>
       <x:c r="E350" s="0" t="s">
-        <x:v>1445</x:v>
+        <x:v>1324</x:v>
       </x:c>
       <x:c r="F350" s="0" t="s">
         <x:v>1458</x:v>
       </x:c>
       <x:c r="G350" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J350" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K350" s="0" t="s">
-        <x:v>1459</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A351" s="0" t="s">
+        <x:v>1459</x:v>
+      </x:c>
+      <x:c r="B351" s="0" t="s">
         <x:v>1460</x:v>
       </x:c>
-      <x:c r="B351" s="0" t="s">
+      <x:c r="D351" s="0" t="s">
         <x:v>1461</x:v>
       </x:c>
-      <x:c r="D351" s="0" t="s">
+      <x:c r="E351" s="0" t="s">
+        <x:v>1324</x:v>
+      </x:c>
+      <x:c r="F351" s="0" t="s">
         <x:v>1462</x:v>
       </x:c>
-      <x:c r="E351" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G351" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J351" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A352" s="0" t="s">
+        <x:v>1463</x:v>
+      </x:c>
+      <x:c r="B352" s="0" t="s">
         <x:v>1464</x:v>
       </x:c>
-      <x:c r="B352" s="0" t="s">
+      <x:c r="D352" s="0" t="s">
         <x:v>1465</x:v>
       </x:c>
-      <x:c r="D352" s="0" t="s">
+      <x:c r="E352" s="0" t="s">
         <x:v>1466</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1445</x:v>
       </x:c>
       <x:c r="F352" s="0" t="s">
         <x:v>1467</x:v>
       </x:c>
       <x:c r="G352" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J352" s="0" t="s">
-        <x:v>88</x:v>
-[...2 lines deleted...]
-        <x:v>93</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A353" s="0" t="s">
         <x:v>1468</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>1469</x:v>
       </x:c>
       <x:c r="D353" s="0" t="s">
         <x:v>1470</x:v>
       </x:c>
       <x:c r="E353" s="0" t="s">
-        <x:v>1445</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="F353" s="0" t="s">
         <x:v>1471</x:v>
       </x:c>
       <x:c r="G353" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J353" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A354" s="0" t="s">
         <x:v>1472</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
         <x:v>1473</x:v>
       </x:c>
       <x:c r="D354" s="0" t="s">
-        <x:v>1445</x:v>
+        <x:v>1474</x:v>
       </x:c>
       <x:c r="E354" s="0" t="s">
-        <x:v>1445</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="F354" s="0" t="s">
-        <x:v>1474</x:v>
+        <x:v>1475</x:v>
       </x:c>
       <x:c r="G354" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J354" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="K354" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A355" s="0" t="s">
-        <x:v>1475</x:v>
+        <x:v>1476</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
-        <x:v>1476</x:v>
+        <x:v>1477</x:v>
       </x:c>
       <x:c r="D355" s="0" t="s">
-        <x:v>1208</x:v>
+        <x:v>1478</x:v>
       </x:c>
       <x:c r="E355" s="0" t="s">
-        <x:v>1445</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="F355" s="0" t="s">
-        <x:v>1477</x:v>
+        <x:v>1479</x:v>
       </x:c>
       <x:c r="G355" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J355" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>1480</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A356" s="0" t="s">
-        <x:v>1478</x:v>
+        <x:v>1481</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
-        <x:v>1479</x:v>
+        <x:v>1482</x:v>
       </x:c>
       <x:c r="D356" s="0" t="s">
-        <x:v>1445</x:v>
+        <x:v>1483</x:v>
       </x:c>
       <x:c r="E356" s="0" t="s">
-        <x:v>1445</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="F356" s="0" t="s">
-        <x:v>1474</x:v>
+        <x:v>1484</x:v>
       </x:c>
       <x:c r="G356" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J356" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="K356" s="0" t="s">
-        <x:v>1480</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A357" s="0" t="s">
-        <x:v>1481</x:v>
+        <x:v>1485</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
-        <x:v>1482</x:v>
+        <x:v>1486</x:v>
       </x:c>
       <x:c r="D357" s="0" t="s">
-        <x:v>1483</x:v>
+        <x:v>1487</x:v>
       </x:c>
       <x:c r="E357" s="0" t="s">
-        <x:v>1445</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="F357" s="0" t="s">
-        <x:v>1484</x:v>
+        <x:v>1488</x:v>
       </x:c>
       <x:c r="G357" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J357" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
-        <x:v>1485</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A358" s="0" t="s">
-        <x:v>1486</x:v>
+        <x:v>1489</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
-        <x:v>1487</x:v>
+        <x:v>1490</x:v>
       </x:c>
       <x:c r="D358" s="0" t="s">
-        <x:v>1488</x:v>
+        <x:v>1491</x:v>
       </x:c>
       <x:c r="E358" s="0" t="s">
-        <x:v>1445</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="F358" s="0" t="s">
-        <x:v>1489</x:v>
+        <x:v>1492</x:v>
       </x:c>
       <x:c r="G358" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J358" s="0" t="s">
-        <x:v>42</x:v>
-[...2 lines deleted...]
-        <x:v>51</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A359" s="0" t="s">
-        <x:v>1490</x:v>
+        <x:v>1493</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
-        <x:v>1491</x:v>
+        <x:v>1494</x:v>
       </x:c>
       <x:c r="D359" s="0" t="s">
-        <x:v>1492</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="E359" s="0" t="s">
-        <x:v>1445</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="F359" s="0" t="s">
-        <x:v>1493</x:v>
+        <x:v>1495</x:v>
       </x:c>
       <x:c r="G359" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J359" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
-        <x:v>1494</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A360" s="0" t="s">
-        <x:v>1495</x:v>
+        <x:v>1496</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
-        <x:v>1496</x:v>
+        <x:v>1497</x:v>
       </x:c>
       <x:c r="D360" s="0" t="s">
-        <x:v>1497</x:v>
+        <x:v>1224</x:v>
       </x:c>
       <x:c r="E360" s="0" t="s">
-        <x:v>1445</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="F360" s="0" t="s">
         <x:v>1498</x:v>
       </x:c>
       <x:c r="G360" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J360" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K360" s="0" t="s">
-        <x:v>693</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A361" s="0" t="s">
         <x:v>1499</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>1500</x:v>
       </x:c>
       <x:c r="D361" s="0" t="s">
-        <x:v>1445</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="E361" s="0" t="s">
-        <x:v>1445</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="F361" s="0" t="s">
+        <x:v>1495</x:v>
+      </x:c>
+      <x:c r="G361" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J361" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="K361" s="0" t="s">
         <x:v>1501</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A362" s="0" t="s">
         <x:v>1502</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
         <x:v>1503</x:v>
       </x:c>
       <x:c r="D362" s="0" t="s">
         <x:v>1504</x:v>
       </x:c>
       <x:c r="E362" s="0" t="s">
-        <x:v>1445</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="F362" s="0" t="s">
         <x:v>1505</x:v>
       </x:c>
       <x:c r="G362" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J362" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="K362" s="0" t="s">
+        <x:v>1506</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A363" s="0" t="s">
-        <x:v>1506</x:v>
+        <x:v>1507</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
-        <x:v>1507</x:v>
+        <x:v>1508</x:v>
       </x:c>
       <x:c r="D363" s="0" t="s">
-        <x:v>1508</x:v>
+        <x:v>1509</x:v>
       </x:c>
       <x:c r="E363" s="0" t="s">
-        <x:v>1445</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="F363" s="0" t="s">
-        <x:v>1509</x:v>
+        <x:v>1510</x:v>
       </x:c>
       <x:c r="G363" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J363" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A364" s="0" t="s">
-        <x:v>1510</x:v>
+        <x:v>1511</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
-        <x:v>1511</x:v>
+        <x:v>1512</x:v>
       </x:c>
       <x:c r="D364" s="0" t="s">
-        <x:v>1512</x:v>
+        <x:v>1513</x:v>
       </x:c>
       <x:c r="E364" s="0" t="s">
-        <x:v>1445</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="F364" s="0" t="s">
-        <x:v>1513</x:v>
+        <x:v>1475</x:v>
       </x:c>
       <x:c r="G364" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J364" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K364" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>1514</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A365" s="0" t="s">
-        <x:v>1514</x:v>
+        <x:v>1515</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
-        <x:v>1515</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="D365" s="0" t="s">
-        <x:v>1516</x:v>
+        <x:v>1517</x:v>
       </x:c>
       <x:c r="E365" s="0" t="s">
-        <x:v>1445</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="F365" s="0" t="s">
-        <x:v>1517</x:v>
+        <x:v>1518</x:v>
       </x:c>
       <x:c r="G365" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J365" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>708</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A366" s="0" t="s">
-        <x:v>1518</x:v>
+        <x:v>1519</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
-        <x:v>1519</x:v>
+        <x:v>1520</x:v>
       </x:c>
       <x:c r="D366" s="0" t="s">
-        <x:v>1445</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="E366" s="0" t="s">
-        <x:v>1445</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="F366" s="0" t="s">
-        <x:v>1501</x:v>
+        <x:v>1521</x:v>
       </x:c>
       <x:c r="G366" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J366" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="K366" s="0" t="s">
-        <x:v>102</x:v>
-[...4 lines deleted...]
-        <x:v>1520</x:v>
+        <x:v>55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="367" spans="1:11" ht="14.25" customHeight="1">
+      <x:c r="A367" s="0" t="s">
+        <x:v>1522</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
-        <x:v>1521</x:v>
+        <x:v>1523</x:v>
       </x:c>
       <x:c r="D367" s="0" t="s">
-        <x:v>1522</x:v>
+        <x:v>1524</x:v>
       </x:c>
       <x:c r="E367" s="0" t="s">
-        <x:v>1445</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="F367" s="0" t="s">
-        <x:v>1523</x:v>
+        <x:v>1525</x:v>
       </x:c>
       <x:c r="G367" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J367" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A368" s="0" t="s">
-        <x:v>1524</x:v>
+        <x:v>1526</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
-        <x:v>1525</x:v>
+        <x:v>1527</x:v>
       </x:c>
       <x:c r="D368" s="0" t="s">
-        <x:v>1526</x:v>
+        <x:v>1528</x:v>
       </x:c>
       <x:c r="E368" s="0" t="s">
-        <x:v>1445</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="F368" s="0" t="s">
-        <x:v>1527</x:v>
+        <x:v>1529</x:v>
       </x:c>
       <x:c r="G368" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J368" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="K368" s="0" t="s">
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A369" s="0" t="s">
-        <x:v>1528</x:v>
+        <x:v>1530</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
-        <x:v>1529</x:v>
+        <x:v>1531</x:v>
       </x:c>
       <x:c r="D369" s="0" t="s">
-        <x:v>1530</x:v>
+        <x:v>1532</x:v>
       </x:c>
       <x:c r="E369" s="0" t="s">
-        <x:v>1445</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="F369" s="0" t="s">
-        <x:v>1531</x:v>
+        <x:v>1533</x:v>
       </x:c>
       <x:c r="G369" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J369" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
-        <x:v>1532</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A370" s="0" t="s">
-        <x:v>1533</x:v>
+        <x:v>1534</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
-        <x:v>1534</x:v>
+        <x:v>1535</x:v>
       </x:c>
       <x:c r="D370" s="0" t="s">
-        <x:v>1445</x:v>
+        <x:v>1536</x:v>
       </x:c>
       <x:c r="E370" s="0" t="s">
-        <x:v>1445</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="F370" s="0" t="s">
-        <x:v>1535</x:v>
+        <x:v>1537</x:v>
       </x:c>
       <x:c r="G370" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J370" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="K370" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A371" s="0" t="s">
-        <x:v>1536</x:v>
+        <x:v>1538</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
-        <x:v>1537</x:v>
+        <x:v>1539</x:v>
       </x:c>
       <x:c r="D371" s="0" t="s">
-        <x:v>1445</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="E371" s="0" t="s">
-        <x:v>1445</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="F371" s="0" t="s">
-        <x:v>1538</x:v>
+        <x:v>1521</x:v>
       </x:c>
       <x:c r="G371" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J371" s="0" t="s">
-        <x:v>88</x:v>
-[...4 lines deleted...]
-        <x:v>1539</x:v>
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="K371" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="372" spans="1:11" ht="28.5" customHeight="1">
+      <x:c r="A372" s="2" t="s">
+        <x:v>1540</x:v>
       </x:c>
       <x:c r="B372" s="0" t="s">
-        <x:v>1540</x:v>
+        <x:v>1541</x:v>
       </x:c>
       <x:c r="D372" s="0" t="s">
-        <x:v>1541</x:v>
+        <x:v>1542</x:v>
       </x:c>
       <x:c r="E372" s="0" t="s">
-        <x:v>1445</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="F372" s="0" t="s">
-        <x:v>1542</x:v>
+        <x:v>1543</x:v>
       </x:c>
       <x:c r="G372" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J372" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A373" s="0" t="s">
-        <x:v>1543</x:v>
+        <x:v>1544</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
-        <x:v>1544</x:v>
+        <x:v>1545</x:v>
       </x:c>
       <x:c r="D373" s="0" t="s">
-        <x:v>1545</x:v>
+        <x:v>1546</x:v>
       </x:c>
       <x:c r="E373" s="0" t="s">
-        <x:v>1445</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="F373" s="0" t="s">
-        <x:v>1546</x:v>
+        <x:v>1547</x:v>
       </x:c>
       <x:c r="G373" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J373" s="0" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-        <x:v>102</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A374" s="0" t="s">
-        <x:v>1547</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
-        <x:v>1548</x:v>
+        <x:v>1549</x:v>
       </x:c>
       <x:c r="D374" s="0" t="s">
-        <x:v>1445</x:v>
+        <x:v>1550</x:v>
       </x:c>
       <x:c r="E374" s="0" t="s">
-        <x:v>1445</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="F374" s="0" t="s">
-        <x:v>1549</x:v>
+        <x:v>1551</x:v>
       </x:c>
       <x:c r="G374" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J374" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="K374" s="0" t="s">
+        <x:v>1552</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A375" s="0" t="s">
-        <x:v>1550</x:v>
+        <x:v>1553</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
-        <x:v>1551</x:v>
+        <x:v>1554</x:v>
       </x:c>
       <x:c r="D375" s="0" t="s">
-        <x:v>1445</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="E375" s="0" t="s">
-        <x:v>1445</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="F375" s="0" t="s">
-        <x:v>1538</x:v>
+        <x:v>1555</x:v>
       </x:c>
       <x:c r="G375" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J375" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A376" s="0" t="s">
-        <x:v>1552</x:v>
+        <x:v>1556</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
-        <x:v>1553</x:v>
+        <x:v>1557</x:v>
       </x:c>
       <x:c r="D376" s="0" t="s">
-        <x:v>1554</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="E376" s="0" t="s">
-        <x:v>1445</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="F376" s="0" t="s">
-        <x:v>1555</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="G376" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J376" s="0" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-        <x:v>51</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A377" s="0" t="s">
-        <x:v>1556</x:v>
+        <x:v>1559</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
-        <x:v>1557</x:v>
+        <x:v>1560</x:v>
       </x:c>
       <x:c r="D377" s="0" t="s">
-        <x:v>1445</x:v>
+        <x:v>1561</x:v>
       </x:c>
       <x:c r="E377" s="0" t="s">
-        <x:v>1445</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="F377" s="0" t="s">
-        <x:v>1558</x:v>
+        <x:v>1562</x:v>
       </x:c>
       <x:c r="G377" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J377" s="0" t="s">
-        <x:v>37</x:v>
-[...1 lines deleted...]
-      <x:c r="K377" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A378" s="0" t="s">
-        <x:v>1559</x:v>
+        <x:v>1563</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
-        <x:v>1560</x:v>
+        <x:v>1564</x:v>
       </x:c>
       <x:c r="D378" s="0" t="s">
-        <x:v>1561</x:v>
+        <x:v>1565</x:v>
       </x:c>
       <x:c r="E378" s="0" t="s">
-        <x:v>1445</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="F378" s="0" t="s">
-        <x:v>1562</x:v>
+        <x:v>1566</x:v>
       </x:c>
       <x:c r="G378" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J378" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="K378" s="0" t="s">
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A379" s="0" t="s">
-        <x:v>1563</x:v>
+        <x:v>1567</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
-        <x:v>1564</x:v>
+        <x:v>1568</x:v>
       </x:c>
       <x:c r="D379" s="0" t="s">
-        <x:v>1565</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="E379" s="0" t="s">
-        <x:v>1445</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="F379" s="0" t="s">
-        <x:v>1566</x:v>
+        <x:v>1569</x:v>
       </x:c>
       <x:c r="G379" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J379" s="0" t="s">
-        <x:v>246</x:v>
-[...2 lines deleted...]
-        <x:v>247</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A380" s="0" t="s">
-        <x:v>1567</x:v>
+        <x:v>1570</x:v>
       </x:c>
       <x:c r="B380" s="0" t="s">
-        <x:v>1568</x:v>
+        <x:v>1571</x:v>
       </x:c>
       <x:c r="D380" s="0" t="s">
-        <x:v>1526</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="E380" s="0" t="s">
-        <x:v>1445</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="F380" s="0" t="s">
-        <x:v>1569</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="G380" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J380" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="K380" s="0" t="s">
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A381" s="0" t="s">
-        <x:v>1570</x:v>
+        <x:v>1572</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
-        <x:v>1571</x:v>
+        <x:v>1573</x:v>
       </x:c>
       <x:c r="D381" s="0" t="s">
-        <x:v>1572</x:v>
+        <x:v>1574</x:v>
       </x:c>
       <x:c r="E381" s="0" t="s">
-        <x:v>1445</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="F381" s="0" t="s">
-        <x:v>1573</x:v>
+        <x:v>1575</x:v>
       </x:c>
       <x:c r="G381" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J381" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A382" s="0" t="s">
-        <x:v>1574</x:v>
+        <x:v>1576</x:v>
       </x:c>
       <x:c r="B382" s="0" t="s">
-        <x:v>1575</x:v>
+        <x:v>1577</x:v>
       </x:c>
       <x:c r="D382" s="0" t="s">
-        <x:v>1445</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="E382" s="0" t="s">
-        <x:v>1445</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="F382" s="0" t="s">
-        <x:v>1576</x:v>
+        <x:v>1578</x:v>
       </x:c>
       <x:c r="G382" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J382" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K382" s="0" t="s">
-        <x:v>572</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A383" s="0" t="s">
-        <x:v>1577</x:v>
+        <x:v>1579</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
-        <x:v>1578</x:v>
+        <x:v>1580</x:v>
       </x:c>
       <x:c r="D383" s="0" t="s">
-        <x:v>1579</x:v>
+        <x:v>1581</x:v>
       </x:c>
       <x:c r="E383" s="0" t="s">
-        <x:v>1445</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="F383" s="0" t="s">
-        <x:v>1580</x:v>
+        <x:v>1582</x:v>
       </x:c>
       <x:c r="G383" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J383" s="0" t="s">
-        <x:v>246</x:v>
-[...2 lines deleted...]
-        <x:v>74</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A384" s="0" t="s">
-        <x:v>1581</x:v>
+        <x:v>1583</x:v>
       </x:c>
       <x:c r="B384" s="0" t="s">
-        <x:v>1582</x:v>
+        <x:v>1584</x:v>
       </x:c>
       <x:c r="D384" s="0" t="s">
-        <x:v>1583</x:v>
+        <x:v>1585</x:v>
       </x:c>
       <x:c r="E384" s="0" t="s">
-        <x:v>1445</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="F384" s="0" t="s">
-        <x:v>1584</x:v>
+        <x:v>1586</x:v>
       </x:c>
       <x:c r="G384" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J384" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="K384" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A385" s="0" t="s">
-        <x:v>1585</x:v>
+        <x:v>1587</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
-        <x:v>1586</x:v>
+        <x:v>1588</x:v>
       </x:c>
       <x:c r="D385" s="0" t="s">
-        <x:v>1587</x:v>
+        <x:v>1546</x:v>
       </x:c>
       <x:c r="E385" s="0" t="s">
-        <x:v>1445</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="F385" s="0" t="s">
-        <x:v>1588</x:v>
+        <x:v>1589</x:v>
       </x:c>
       <x:c r="G385" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J385" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A386" s="0" t="s">
-        <x:v>1589</x:v>
+        <x:v>1590</x:v>
       </x:c>
       <x:c r="B386" s="0" t="s">
-        <x:v>1590</x:v>
+        <x:v>1591</x:v>
       </x:c>
       <x:c r="D386" s="0" t="s">
-        <x:v>1208</x:v>
+        <x:v>1592</x:v>
       </x:c>
       <x:c r="E386" s="0" t="s">
-        <x:v>1445</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="F386" s="0" t="s">
-        <x:v>1591</x:v>
+        <x:v>1593</x:v>
       </x:c>
       <x:c r="G386" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J386" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="K386" s="0" t="s">
-        <x:v>1592</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A387" s="0" t="s">
-        <x:v>1593</x:v>
+        <x:v>1594</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
-        <x:v>1594</x:v>
+        <x:v>1595</x:v>
       </x:c>
       <x:c r="D387" s="0" t="s">
-        <x:v>1208</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="E387" s="0" t="s">
-        <x:v>1445</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="F387" s="0" t="s">
-        <x:v>1595</x:v>
+        <x:v>1596</x:v>
       </x:c>
       <x:c r="G387" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J387" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="K387" s="0" t="s">
+        <x:v>589</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A388" s="0" t="s">
-        <x:v>1596</x:v>
+        <x:v>1597</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
-        <x:v>1597</x:v>
+        <x:v>1598</x:v>
       </x:c>
       <x:c r="D388" s="0" t="s">
-        <x:v>1598</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="E388" s="0" t="s">
-        <x:v>1445</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="F388" s="0" t="s">
         <x:v>1599</x:v>
       </x:c>
       <x:c r="G388" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J388" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="K388" s="0" t="s">
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A389" s="0" t="s">
         <x:v>1600</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>1601</x:v>
       </x:c>
       <x:c r="D389" s="0" t="s">
-        <x:v>1488</x:v>
+        <x:v>1602</x:v>
       </x:c>
       <x:c r="E389" s="0" t="s">
-        <x:v>1445</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="F389" s="0" t="s">
-        <x:v>1602</x:v>
+        <x:v>1603</x:v>
       </x:c>
       <x:c r="G389" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J389" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="K389" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A390" s="0" t="s">
-        <x:v>1603</x:v>
+        <x:v>1604</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s">
-        <x:v>1604</x:v>
+        <x:v>1605</x:v>
       </x:c>
       <x:c r="D390" s="0" t="s">
-        <x:v>1605</x:v>
+        <x:v>1606</x:v>
       </x:c>
       <x:c r="E390" s="0" t="s">
-        <x:v>1445</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="F390" s="0" t="s">
-        <x:v>1606</x:v>
+        <x:v>1607</x:v>
       </x:c>
       <x:c r="G390" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J390" s="0" t="s">
-        <x:v>59</x:v>
-[...2 lines deleted...]
-        <x:v>32</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A391" s="0" t="s">
-        <x:v>1607</x:v>
+        <x:v>1608</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
-        <x:v>1608</x:v>
+        <x:v>1609</x:v>
       </x:c>
       <x:c r="D391" s="0" t="s">
-        <x:v>1609</x:v>
+        <x:v>1224</x:v>
       </x:c>
       <x:c r="E391" s="0" t="s">
-        <x:v>1445</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="F391" s="0" t="s">
         <x:v>1610</x:v>
       </x:c>
       <x:c r="G391" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J391" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
-        <x:v>375</x:v>
+        <x:v>1611</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A392" s="0" t="s">
-        <x:v>1611</x:v>
+        <x:v>1612</x:v>
       </x:c>
       <x:c r="B392" s="0" t="s">
-        <x:v>1612</x:v>
+        <x:v>1613</x:v>
       </x:c>
       <x:c r="D392" s="0" t="s">
-        <x:v>1613</x:v>
+        <x:v>1224</x:v>
       </x:c>
       <x:c r="E392" s="0" t="s">
-        <x:v>1445</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="F392" s="0" t="s">
         <x:v>1614</x:v>
       </x:c>
       <x:c r="G392" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J392" s="0" t="s">
-        <x:v>31</x:v>
-[...2 lines deleted...]
-        <x:v>1615</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A393" s="0" t="s">
+        <x:v>1615</x:v>
+      </x:c>
+      <x:c r="B393" s="0" t="s">
         <x:v>1616</x:v>
       </x:c>
-      <x:c r="B393" s="0" t="s">
+      <x:c r="D393" s="0" t="s">
         <x:v>1617</x:v>
       </x:c>
-      <x:c r="D393" s="0" t="s">
+      <x:c r="E393" s="0" t="s">
+        <x:v>1466</x:v>
+      </x:c>
+      <x:c r="F393" s="0" t="s">
         <x:v>1618</x:v>
       </x:c>
-      <x:c r="E393" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G393" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J393" s="0" t="s">
-        <x:v>88</x:v>
-[...2 lines deleted...]
-        <x:v>93</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A394" s="0" t="s">
+        <x:v>1619</x:v>
+      </x:c>
+      <x:c r="B394" s="0" t="s">
         <x:v>1620</x:v>
       </x:c>
-      <x:c r="B394" s="0" t="s">
+      <x:c r="D394" s="0" t="s">
         <x:v>1621</x:v>
       </x:c>
-      <x:c r="D394" s="0" t="s">
+      <x:c r="E394" s="0" t="s">
+        <x:v>1466</x:v>
+      </x:c>
+      <x:c r="F394" s="0" t="s">
         <x:v>1622</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1623</x:v>
       </x:c>
       <x:c r="G394" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J394" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A395" s="0" t="s">
+        <x:v>1623</x:v>
+      </x:c>
+      <x:c r="B395" s="0" t="s">
         <x:v>1624</x:v>
       </x:c>
-      <x:c r="B395" s="0" t="s">
+      <x:c r="D395" s="0" t="s">
         <x:v>1625</x:v>
       </x:c>
-      <x:c r="D395" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E395" s="0" t="s">
-        <x:v>1445</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="F395" s="0" t="s">
         <x:v>1626</x:v>
       </x:c>
       <x:c r="G395" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J395" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
-        <x:v>1627</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A396" s="0" t="s">
+        <x:v>1627</x:v>
+      </x:c>
+      <x:c r="B396" s="0" t="s">
         <x:v>1628</x:v>
       </x:c>
-      <x:c r="B396" s="0" t="s">
+      <x:c r="D396" s="0" t="s">
         <x:v>1629</x:v>
       </x:c>
-      <x:c r="D396" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E396" s="0" t="s">
-        <x:v>1445</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="F396" s="0" t="s">
         <x:v>1630</x:v>
       </x:c>
       <x:c r="G396" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J396" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>545</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A397" s="0" t="s">
         <x:v>1631</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>1632</x:v>
       </x:c>
       <x:c r="D397" s="0" t="s">
-        <x:v>1208</x:v>
+        <x:v>1633</x:v>
       </x:c>
       <x:c r="E397" s="0" t="s">
-        <x:v>1445</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="F397" s="0" t="s">
-        <x:v>1633</x:v>
+        <x:v>1634</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
-        <x:v>1634</x:v>
+        <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A398" s="0" t="s">
         <x:v>1635</x:v>
       </x:c>
       <x:c r="B398" s="0" t="s">
         <x:v>1636</x:v>
       </x:c>
       <x:c r="D398" s="0" t="s">
-        <x:v>1545</x:v>
+        <x:v>1637</x:v>
       </x:c>
       <x:c r="E398" s="0" t="s">
-        <x:v>1445</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="F398" s="0" t="s">
-        <x:v>1637</x:v>
+        <x:v>1638</x:v>
       </x:c>
       <x:c r="G398" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J398" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="K398" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>1639</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A399" s="0" t="s">
-        <x:v>1638</x:v>
+        <x:v>1640</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
-        <x:v>1639</x:v>
+        <x:v>1641</x:v>
       </x:c>
       <x:c r="D399" s="0" t="s">
-        <x:v>1640</x:v>
+        <x:v>1642</x:v>
       </x:c>
       <x:c r="E399" s="0" t="s">
-        <x:v>1445</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="F399" s="0" t="s">
-        <x:v>1641</x:v>
+        <x:v>1643</x:v>
       </x:c>
       <x:c r="G399" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J399" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="K399" s="0" t="s">
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A400" s="0" t="s">
-        <x:v>1642</x:v>
+        <x:v>1644</x:v>
       </x:c>
       <x:c r="B400" s="0" t="s">
-        <x:v>1643</x:v>
+        <x:v>1645</x:v>
       </x:c>
       <x:c r="D400" s="0" t="s">
-        <x:v>1644</x:v>
+        <x:v>1646</x:v>
       </x:c>
       <x:c r="E400" s="0" t="s">
-        <x:v>1645</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="F400" s="0" t="s">
-        <x:v>1646</x:v>
+        <x:v>1647</x:v>
       </x:c>
       <x:c r="G400" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J400" s="0" t="s">
-        <x:v>229</x:v>
-[...2 lines deleted...]
-        <x:v>325</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A401" s="0" t="s">
-        <x:v>1647</x:v>
+        <x:v>1648</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
-        <x:v>1648</x:v>
+        <x:v>1649</x:v>
       </x:c>
       <x:c r="D401" s="0" t="s">
-        <x:v>1649</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="E401" s="0" t="s">
-        <x:v>1645</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="F401" s="0" t="s">
         <x:v>1650</x:v>
       </x:c>
       <x:c r="G401" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J401" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="K401" s="0" t="s">
+        <x:v>1651</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A402" s="0" t="s">
-        <x:v>1651</x:v>
+        <x:v>1652</x:v>
       </x:c>
       <x:c r="B402" s="0" t="s">
-        <x:v>1652</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="D402" s="0" t="s">
-        <x:v>1653</x:v>
+        <x:v>1224</x:v>
       </x:c>
       <x:c r="E402" s="0" t="s">
-        <x:v>1645</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="F402" s="0" t="s">
         <x:v>1654</x:v>
       </x:c>
       <x:c r="G402" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J402" s="0" t="s">
-        <x:v>252</x:v>
-[...2 lines deleted...]
-        <x:v>325</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A403" s="0" t="s">
         <x:v>1655</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>1656</x:v>
       </x:c>
       <x:c r="D403" s="0" t="s">
+        <x:v>1224</x:v>
+      </x:c>
+      <x:c r="E403" s="0" t="s">
+        <x:v>1466</x:v>
+      </x:c>
+      <x:c r="F403" s="0" t="s">
         <x:v>1657</x:v>
       </x:c>
-      <x:c r="E403" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F403" s="0" t="s">
+      <x:c r="G403" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J403" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="K403" s="0" t="s">
         <x:v>1658</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A404" s="0" t="s">
         <x:v>1659</x:v>
       </x:c>
       <x:c r="B404" s="0" t="s">
         <x:v>1660</x:v>
       </x:c>
       <x:c r="D404" s="0" t="s">
-        <x:v>1657</x:v>
+        <x:v>1661</x:v>
       </x:c>
       <x:c r="E404" s="0" t="s">
-        <x:v>1645</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="F404" s="0" t="s">
-        <x:v>1661</x:v>
+        <x:v>1662</x:v>
       </x:c>
       <x:c r="G404" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J404" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="K404" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A405" s="0" t="s">
-        <x:v>1662</x:v>
+        <x:v>1663</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
-        <x:v>1663</x:v>
+        <x:v>1664</x:v>
       </x:c>
       <x:c r="D405" s="0" t="s">
-        <x:v>1664</x:v>
+        <x:v>1665</x:v>
       </x:c>
       <x:c r="E405" s="0" t="s">
-        <x:v>1645</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="F405" s="0" t="s">
-        <x:v>1665</x:v>
+        <x:v>1666</x:v>
       </x:c>
       <x:c r="G405" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J405" s="0" t="s">
-        <x:v>229</x:v>
-[...2 lines deleted...]
-        <x:v>1666</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A406" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>1667</x:v>
       </x:c>
       <x:c r="B406" s="0" t="s">
-        <x:v>1667</x:v>
+        <x:v>1668</x:v>
       </x:c>
       <x:c r="D406" s="0" t="s">
-        <x:v>1668</x:v>
+        <x:v>1669</x:v>
       </x:c>
       <x:c r="E406" s="0" t="s">
-        <x:v>1645</x:v>
+        <x:v>1670</x:v>
       </x:c>
       <x:c r="F406" s="0" t="s">
-        <x:v>1669</x:v>
+        <x:v>1671</x:v>
       </x:c>
       <x:c r="G406" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J406" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="K406" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A407" s="0" t="s">
+        <x:v>1672</x:v>
+      </x:c>
+      <x:c r="B407" s="0" t="s">
+        <x:v>1673</x:v>
+      </x:c>
+      <x:c r="D407" s="0" t="s">
+        <x:v>1674</x:v>
+      </x:c>
+      <x:c r="E407" s="0" t="s">
         <x:v>1670</x:v>
       </x:c>
-      <x:c r="B407" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F407" s="0" t="s">
-        <x:v>1673</x:v>
+        <x:v>1675</x:v>
       </x:c>
       <x:c r="G407" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J407" s="0" t="s">
-        <x:v>59</x:v>
-[...2 lines deleted...]
-        <x:v>346</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A408" s="0" t="s">
-        <x:v>1674</x:v>
+        <x:v>1676</x:v>
       </x:c>
       <x:c r="B408" s="0" t="s">
-        <x:v>1675</x:v>
+        <x:v>1677</x:v>
       </x:c>
       <x:c r="D408" s="0" t="s">
-        <x:v>1644</x:v>
+        <x:v>1678</x:v>
       </x:c>
       <x:c r="E408" s="0" t="s">
-        <x:v>1645</x:v>
+        <x:v>1670</x:v>
       </x:c>
       <x:c r="F408" s="0" t="s">
-        <x:v>1676</x:v>
+        <x:v>1679</x:v>
       </x:c>
       <x:c r="G408" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J408" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="K408" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A409" s="0" t="s">
-        <x:v>1677</x:v>
+        <x:v>1680</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
-        <x:v>1678</x:v>
+        <x:v>1681</x:v>
       </x:c>
       <x:c r="D409" s="0" t="s">
-        <x:v>1679</x:v>
+        <x:v>1682</x:v>
       </x:c>
       <x:c r="E409" s="0" t="s">
-        <x:v>1645</x:v>
+        <x:v>1670</x:v>
       </x:c>
       <x:c r="F409" s="0" t="s">
-        <x:v>1680</x:v>
+        <x:v>1683</x:v>
       </x:c>
       <x:c r="G409" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J409" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="K409" s="0" t="s">
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A410" s="0" t="s">
-        <x:v>1681</x:v>
+        <x:v>1684</x:v>
       </x:c>
       <x:c r="B410" s="0" t="s">
+        <x:v>1685</x:v>
+      </x:c>
+      <x:c r="D410" s="0" t="s">
         <x:v>1682</x:v>
       </x:c>
-      <x:c r="D410" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E410" s="0" t="s">
-        <x:v>1645</x:v>
+        <x:v>1670</x:v>
       </x:c>
       <x:c r="F410" s="0" t="s">
-        <x:v>1684</x:v>
+        <x:v>1686</x:v>
       </x:c>
       <x:c r="G410" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J410" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="K410" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A411" s="0" t="s">
-        <x:v>1685</x:v>
+        <x:v>1687</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
-        <x:v>1686</x:v>
+        <x:v>1688</x:v>
       </x:c>
       <x:c r="D411" s="0" t="s">
-        <x:v>1653</x:v>
+        <x:v>1689</x:v>
       </x:c>
       <x:c r="E411" s="0" t="s">
-        <x:v>1645</x:v>
+        <x:v>1670</x:v>
       </x:c>
       <x:c r="F411" s="0" t="s">
-        <x:v>1687</x:v>
+        <x:v>1690</x:v>
       </x:c>
       <x:c r="G411" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J411" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
-        <x:v>1459</x:v>
+        <x:v>1691</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A412" s="0" t="s">
-        <x:v>1688</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="B412" s="0" t="s">
-        <x:v>1689</x:v>
+        <x:v>1692</x:v>
       </x:c>
       <x:c r="D412" s="0" t="s">
-        <x:v>1653</x:v>
+        <x:v>1693</x:v>
       </x:c>
       <x:c r="E412" s="0" t="s">
-        <x:v>1645</x:v>
+        <x:v>1670</x:v>
       </x:c>
       <x:c r="F412" s="0" t="s">
-        <x:v>1690</x:v>
+        <x:v>1694</x:v>
       </x:c>
       <x:c r="G412" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J412" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K412" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A413" s="0" t="s">
-        <x:v>1691</x:v>
+        <x:v>1695</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
-        <x:v>1692</x:v>
-[...2 lines deleted...]
-        <x:v>1693</x:v>
+        <x:v>1696</x:v>
       </x:c>
       <x:c r="D413" s="0" t="s">
-        <x:v>1694</x:v>
+        <x:v>1697</x:v>
       </x:c>
       <x:c r="E413" s="0" t="s">
-        <x:v>1695</x:v>
+        <x:v>1670</x:v>
       </x:c>
       <x:c r="F413" s="0" t="s">
-        <x:v>1696</x:v>
+        <x:v>1698</x:v>
       </x:c>
       <x:c r="G413" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J413" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A414" s="0" t="s">
-        <x:v>1697</x:v>
+        <x:v>1699</x:v>
       </x:c>
       <x:c r="B414" s="0" t="s">
-        <x:v>1698</x:v>
+        <x:v>1700</x:v>
       </x:c>
       <x:c r="D414" s="0" t="s">
-        <x:v>1699</x:v>
+        <x:v>1669</x:v>
       </x:c>
       <x:c r="E414" s="0" t="s">
-        <x:v>1695</x:v>
+        <x:v>1670</x:v>
       </x:c>
       <x:c r="F414" s="0" t="s">
-        <x:v>1700</x:v>
+        <x:v>1701</x:v>
       </x:c>
       <x:c r="G414" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J414" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="K414" s="0" t="s">
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A415" s="0" t="s">
-        <x:v>1701</x:v>
+        <x:v>1702</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
-        <x:v>1702</x:v>
+        <x:v>1703</x:v>
       </x:c>
       <x:c r="D415" s="0" t="s">
-        <x:v>1703</x:v>
+        <x:v>1704</x:v>
       </x:c>
       <x:c r="E415" s="0" t="s">
-        <x:v>1704</x:v>
+        <x:v>1670</x:v>
       </x:c>
       <x:c r="F415" s="0" t="s">
         <x:v>1705</x:v>
       </x:c>
       <x:c r="G415" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J415" s="0" t="s">
-        <x:v>262</x:v>
-[...2 lines deleted...]
-        <x:v>1532</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A416" s="0" t="s">
         <x:v>1706</x:v>
       </x:c>
       <x:c r="B416" s="0" t="s">
         <x:v>1707</x:v>
       </x:c>
       <x:c r="D416" s="0" t="s">
         <x:v>1708</x:v>
       </x:c>
       <x:c r="E416" s="0" t="s">
-        <x:v>1704</x:v>
+        <x:v>1670</x:v>
       </x:c>
       <x:c r="F416" s="0" t="s">
         <x:v>1709</x:v>
       </x:c>
       <x:c r="G416" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J416" s="0" t="s">
-        <x:v>369</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="K416" s="0" t="s">
-        <x:v>1710</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A417" s="0" t="s">
+        <x:v>1710</x:v>
+      </x:c>
+      <x:c r="B417" s="0" t="s">
         <x:v>1711</x:v>
       </x:c>
-      <x:c r="B417" s="0" t="s">
+      <x:c r="D417" s="0" t="s">
+        <x:v>1678</x:v>
+      </x:c>
+      <x:c r="E417" s="0" t="s">
+        <x:v>1670</x:v>
+      </x:c>
+      <x:c r="F417" s="0" t="s">
         <x:v>1712</x:v>
       </x:c>
-      <x:c r="D417" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G417" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J417" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>1480</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A418" s="0" t="s">
+        <x:v>1713</x:v>
+      </x:c>
+      <x:c r="B418" s="0" t="s">
+        <x:v>1714</x:v>
+      </x:c>
+      <x:c r="D418" s="0" t="s">
+        <x:v>1678</x:v>
+      </x:c>
+      <x:c r="E418" s="0" t="s">
+        <x:v>1670</x:v>
+      </x:c>
+      <x:c r="F418" s="0" t="s">
         <x:v>1715</x:v>
       </x:c>
-      <x:c r="B418" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G418" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J418" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K418" s="0" t="s">
-        <x:v>1718</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A419" s="0" t="s">
+        <x:v>1716</x:v>
+      </x:c>
+      <x:c r="B419" s="0" t="s">
+        <x:v>1717</x:v>
+      </x:c>
+      <x:c r="C419" s="0" t="s">
+        <x:v>1718</x:v>
+      </x:c>
+      <x:c r="D419" s="0" t="s">
         <x:v>1719</x:v>
       </x:c>
-      <x:c r="B419" s="0" t="s">
+      <x:c r="E419" s="0" t="s">
         <x:v>1720</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1704</x:v>
       </x:c>
       <x:c r="F419" s="0" t="s">
         <x:v>1721</x:v>
       </x:c>
       <x:c r="G419" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J419" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="K419" s="0" t="s">
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A420" s="0" t="s">
         <x:v>1722</x:v>
       </x:c>
       <x:c r="B420" s="0" t="s">
         <x:v>1723</x:v>
       </x:c>
+      <x:c r="C420" s="0" t="s">
+        <x:v>1724</x:v>
+      </x:c>
       <x:c r="D420" s="0" t="s">
-        <x:v>1724</x:v>
+        <x:v>1725</x:v>
       </x:c>
       <x:c r="E420" s="0" t="s">
-        <x:v>1704</x:v>
+        <x:v>1720</x:v>
       </x:c>
       <x:c r="F420" s="0" t="s">
-        <x:v>1725</x:v>
+        <x:v>1726</x:v>
       </x:c>
       <x:c r="G420" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J420" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A421" s="0" t="s">
-        <x:v>1726</x:v>
+        <x:v>1727</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
-        <x:v>1727</x:v>
+        <x:v>1728</x:v>
       </x:c>
       <x:c r="D421" s="0" t="s">
-        <x:v>1713</x:v>
+        <x:v>1729</x:v>
       </x:c>
       <x:c r="E421" s="0" t="s">
-        <x:v>1704</x:v>
+        <x:v>1730</x:v>
       </x:c>
       <x:c r="F421" s="0" t="s">
-        <x:v>1728</x:v>
+        <x:v>1731</x:v>
       </x:c>
       <x:c r="G421" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J421" s="0" t="s">
-        <x:v>369</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
-        <x:v>1729</x:v>
+        <x:v>1732</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A422" s="0" t="s">
+        <x:v>1733</x:v>
+      </x:c>
+      <x:c r="B422" s="0" t="s">
+        <x:v>1734</x:v>
+      </x:c>
+      <x:c r="D422" s="0" t="s">
+        <x:v>1735</x:v>
+      </x:c>
+      <x:c r="E422" s="0" t="s">
         <x:v>1730</x:v>
       </x:c>
-      <x:c r="B422" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="F422" s="0" t="s">
-        <x:v>1734</x:v>
+        <x:v>1736</x:v>
       </x:c>
       <x:c r="G422" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J422" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="K422" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>1737</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A423" s="0" t="s">
-        <x:v>1735</x:v>
+        <x:v>1738</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
-        <x:v>1736</x:v>
+        <x:v>1739</x:v>
       </x:c>
       <x:c r="D423" s="0" t="s">
-        <x:v>1713</x:v>
+        <x:v>1740</x:v>
       </x:c>
       <x:c r="E423" s="0" t="s">
-        <x:v>1704</x:v>
+        <x:v>1730</x:v>
       </x:c>
       <x:c r="F423" s="0" t="s">
-        <x:v>1737</x:v>
+        <x:v>1741</x:v>
       </x:c>
       <x:c r="G423" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J423" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="K423" s="0" t="s">
+        <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A424" s="0" t="s">
-        <x:v>1738</x:v>
+        <x:v>1742</x:v>
       </x:c>
       <x:c r="B424" s="0" t="s">
-        <x:v>1739</x:v>
-[...2 lines deleted...]
-        <x:v>1740</x:v>
+        <x:v>1743</x:v>
       </x:c>
       <x:c r="D424" s="0" t="s">
-        <x:v>1741</x:v>
+        <x:v>1729</x:v>
       </x:c>
       <x:c r="E424" s="0" t="s">
-        <x:v>1704</x:v>
+        <x:v>1730</x:v>
       </x:c>
       <x:c r="F424" s="0" t="s">
-        <x:v>1742</x:v>
+        <x:v>1744</x:v>
       </x:c>
       <x:c r="G424" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J424" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="K424" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>1745</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A425" s="0" t="s">
-        <x:v>1743</x:v>
+        <x:v>1746</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
-        <x:v>1744</x:v>
+        <x:v>1747</x:v>
       </x:c>
       <x:c r="D425" s="0" t="s">
-        <x:v>1745</x:v>
+        <x:v>929</x:v>
       </x:c>
       <x:c r="E425" s="0" t="s">
-        <x:v>1704</x:v>
+        <x:v>1730</x:v>
       </x:c>
       <x:c r="F425" s="0" t="s">
-        <x:v>1746</x:v>
+        <x:v>1748</x:v>
       </x:c>
       <x:c r="G425" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J425" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A426" s="0" t="s">
-        <x:v>1747</x:v>
+        <x:v>1749</x:v>
       </x:c>
       <x:c r="B426" s="0" t="s">
-        <x:v>1748</x:v>
+        <x:v>1750</x:v>
       </x:c>
       <x:c r="D426" s="0" t="s">
-        <x:v>1749</x:v>
+        <x:v>1751</x:v>
       </x:c>
       <x:c r="E426" s="0" t="s">
-        <x:v>1704</x:v>
+        <x:v>1730</x:v>
       </x:c>
       <x:c r="F426" s="0" t="s">
-        <x:v>1750</x:v>
+        <x:v>1752</x:v>
       </x:c>
       <x:c r="G426" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J426" s="0" t="s">
-        <x:v>42</x:v>
-[...1 lines deleted...]
-      <x:c r="K426" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A427" s="0" t="s">
-        <x:v>1751</x:v>
+        <x:v>1753</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
-        <x:v>1752</x:v>
+        <x:v>1754</x:v>
       </x:c>
       <x:c r="D427" s="0" t="s">
-        <x:v>1753</x:v>
+        <x:v>1740</x:v>
       </x:c>
       <x:c r="E427" s="0" t="s">
-        <x:v>1704</x:v>
+        <x:v>1730</x:v>
       </x:c>
       <x:c r="F427" s="0" t="s">
-        <x:v>1754</x:v>
+        <x:v>1755</x:v>
       </x:c>
       <x:c r="G427" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J427" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
-        <x:v>1755</x:v>
+        <x:v>1756</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A428" s="0" t="s">
-        <x:v>1756</x:v>
+        <x:v>1757</x:v>
       </x:c>
       <x:c r="B428" s="0" t="s">
-        <x:v>1757</x:v>
+        <x:v>1758</x:v>
+      </x:c>
+      <x:c r="C428" s="0" t="s">
+        <x:v>1759</x:v>
       </x:c>
       <x:c r="D428" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>1760</x:v>
       </x:c>
       <x:c r="E428" s="0" t="s">
-        <x:v>1704</x:v>
+        <x:v>1730</x:v>
       </x:c>
       <x:c r="F428" s="0" t="s">
-        <x:v>1758</x:v>
+        <x:v>1761</x:v>
       </x:c>
       <x:c r="G428" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J428" s="0" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="K428" s="0" t="s">
         <x:v>252</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A429" s="0" t="s">
-        <x:v>1759</x:v>
+        <x:v>1762</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
-        <x:v>1760</x:v>
+        <x:v>1763</x:v>
       </x:c>
       <x:c r="D429" s="0" t="s">
-        <x:v>1761</x:v>
+        <x:v>1740</x:v>
       </x:c>
       <x:c r="E429" s="0" t="s">
-        <x:v>1704</x:v>
+        <x:v>1730</x:v>
       </x:c>
       <x:c r="F429" s="0" t="s">
-        <x:v>1762</x:v>
+        <x:v>1764</x:v>
       </x:c>
       <x:c r="G429" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J429" s="0" t="s">
-        <x:v>224</x:v>
-[...2 lines deleted...]
-        <x:v>884</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A430" s="0" t="s">
-        <x:v>1763</x:v>
+        <x:v>1765</x:v>
       </x:c>
       <x:c r="B430" s="0" t="s">
-        <x:v>1764</x:v>
+        <x:v>1766</x:v>
       </x:c>
       <x:c r="D430" s="0" t="s">
-        <x:v>1708</x:v>
+        <x:v>1767</x:v>
       </x:c>
       <x:c r="E430" s="0" t="s">
-        <x:v>1704</x:v>
+        <x:v>1730</x:v>
       </x:c>
       <x:c r="F430" s="0" t="s">
-        <x:v>1765</x:v>
+        <x:v>1768</x:v>
       </x:c>
       <x:c r="G430" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J430" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="K430" s="0" t="s">
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A431" s="0" t="s">
-        <x:v>1766</x:v>
+        <x:v>1769</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
-        <x:v>1767</x:v>
+        <x:v>1770</x:v>
       </x:c>
       <x:c r="D431" s="0" t="s">
-        <x:v>1768</x:v>
+        <x:v>1771</x:v>
       </x:c>
       <x:c r="E431" s="0" t="s">
-        <x:v>1704</x:v>
+        <x:v>1730</x:v>
       </x:c>
       <x:c r="F431" s="0" t="s">
-        <x:v>1769</x:v>
+        <x:v>1772</x:v>
       </x:c>
       <x:c r="G431" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J431" s="0" t="s">
-        <x:v>73</x:v>
-[...2 lines deleted...]
-        <x:v>981</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A432" s="0" t="s">
-        <x:v>1770</x:v>
+        <x:v>1773</x:v>
       </x:c>
       <x:c r="B432" s="0" t="s">
-        <x:v>1771</x:v>
+        <x:v>1774</x:v>
       </x:c>
       <x:c r="D432" s="0" t="s">
-        <x:v>1772</x:v>
+        <x:v>1775</x:v>
       </x:c>
       <x:c r="E432" s="0" t="s">
-        <x:v>1704</x:v>
+        <x:v>1730</x:v>
       </x:c>
       <x:c r="F432" s="0" t="s">
-        <x:v>1773</x:v>
+        <x:v>1776</x:v>
       </x:c>
       <x:c r="G432" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J432" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K432" s="0" t="s">
-        <x:v>1774</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A433" s="0" t="s">
-        <x:v>1775</x:v>
+        <x:v>1777</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
-        <x:v>1776</x:v>
+        <x:v>1778</x:v>
       </x:c>
       <x:c r="D433" s="0" t="s">
-        <x:v>1777</x:v>
+        <x:v>1779</x:v>
       </x:c>
       <x:c r="E433" s="0" t="s">
-        <x:v>1704</x:v>
+        <x:v>1730</x:v>
       </x:c>
       <x:c r="F433" s="0" t="s">
-        <x:v>1778</x:v>
+        <x:v>1780</x:v>
       </x:c>
       <x:c r="G433" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J433" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
-        <x:v>920</x:v>
+        <x:v>1781</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A434" s="0" t="s">
-        <x:v>1779</x:v>
+        <x:v>1782</x:v>
       </x:c>
       <x:c r="B434" s="0" t="s">
-        <x:v>1780</x:v>
+        <x:v>1783</x:v>
       </x:c>
       <x:c r="D434" s="0" t="s">
-        <x:v>1777</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="E434" s="0" t="s">
-        <x:v>1704</x:v>
+        <x:v>1730</x:v>
       </x:c>
       <x:c r="F434" s="0" t="s">
-        <x:v>1781</x:v>
+        <x:v>1784</x:v>
       </x:c>
       <x:c r="G434" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J434" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="K434" s="0" t="s">
-        <x:v>972</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A435" s="0" t="s">
-        <x:v>1782</x:v>
+        <x:v>1785</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
-        <x:v>1783</x:v>
+        <x:v>1786</x:v>
       </x:c>
       <x:c r="D435" s="0" t="s">
-        <x:v>1784</x:v>
+        <x:v>1787</x:v>
       </x:c>
       <x:c r="E435" s="0" t="s">
-        <x:v>1704</x:v>
+        <x:v>1730</x:v>
       </x:c>
       <x:c r="F435" s="0" t="s">
-        <x:v>1785</x:v>
+        <x:v>1788</x:v>
       </x:c>
       <x:c r="G435" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J435" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="K435" s="0" t="s">
+        <x:v>899</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A436" s="0" t="s">
-        <x:v>1786</x:v>
+        <x:v>1789</x:v>
       </x:c>
       <x:c r="B436" s="0" t="s">
-        <x:v>1787</x:v>
+        <x:v>1790</x:v>
       </x:c>
       <x:c r="D436" s="0" t="s">
-        <x:v>1777</x:v>
+        <x:v>1735</x:v>
       </x:c>
       <x:c r="E436" s="0" t="s">
-        <x:v>1704</x:v>
+        <x:v>1730</x:v>
       </x:c>
       <x:c r="F436" s="0" t="s">
-        <x:v>1788</x:v>
+        <x:v>1791</x:v>
       </x:c>
       <x:c r="G436" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J436" s="0" t="s">
-        <x:v>65</x:v>
-[...2 lines deleted...]
-        <x:v>32</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A437" s="0" t="s">
-        <x:v>1789</x:v>
+        <x:v>1792</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
-        <x:v>1790</x:v>
+        <x:v>1793</x:v>
       </x:c>
       <x:c r="D437" s="0" t="s">
-        <x:v>1791</x:v>
+        <x:v>1794</x:v>
       </x:c>
       <x:c r="E437" s="0" t="s">
-        <x:v>1704</x:v>
+        <x:v>1730</x:v>
       </x:c>
       <x:c r="F437" s="0" t="s">
-        <x:v>1792</x:v>
+        <x:v>1795</x:v>
       </x:c>
       <x:c r="G437" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J437" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="K437" s="0" t="s">
+        <x:v>996</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A438" s="0" t="s">
-        <x:v>1793</x:v>
+        <x:v>1796</x:v>
       </x:c>
       <x:c r="B438" s="0" t="s">
-        <x:v>1794</x:v>
+        <x:v>1797</x:v>
       </x:c>
       <x:c r="D438" s="0" t="s">
-        <x:v>1703</x:v>
+        <x:v>1798</x:v>
       </x:c>
       <x:c r="E438" s="0" t="s">
-        <x:v>1704</x:v>
+        <x:v>1730</x:v>
       </x:c>
       <x:c r="F438" s="0" t="s">
-        <x:v>1795</x:v>
+        <x:v>1799</x:v>
       </x:c>
       <x:c r="G438" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J438" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K438" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>1800</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A439" s="0" t="s">
-        <x:v>1796</x:v>
+        <x:v>1801</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
-        <x:v>1797</x:v>
+        <x:v>1802</x:v>
       </x:c>
       <x:c r="D439" s="0" t="s">
-        <x:v>1798</x:v>
+        <x:v>1803</x:v>
       </x:c>
       <x:c r="E439" s="0" t="s">
-        <x:v>1704</x:v>
+        <x:v>1730</x:v>
       </x:c>
       <x:c r="F439" s="0" t="s">
-        <x:v>1799</x:v>
+        <x:v>1804</x:v>
       </x:c>
       <x:c r="G439" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J439" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="K439" s="0" t="s">
+        <x:v>935</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A440" s="0" t="s">
-        <x:v>1800</x:v>
+        <x:v>1805</x:v>
       </x:c>
       <x:c r="B440" s="0" t="s">
-        <x:v>1801</x:v>
+        <x:v>1806</x:v>
       </x:c>
       <x:c r="D440" s="0" t="s">
-        <x:v>1708</x:v>
+        <x:v>1803</x:v>
       </x:c>
       <x:c r="E440" s="0" t="s">
-        <x:v>1704</x:v>
+        <x:v>1730</x:v>
       </x:c>
       <x:c r="F440" s="0" t="s">
-        <x:v>1802</x:v>
+        <x:v>1807</x:v>
       </x:c>
       <x:c r="G440" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J440" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="K440" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>987</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A441" s="0" t="s">
-        <x:v>1803</x:v>
+        <x:v>1808</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
-        <x:v>1804</x:v>
+        <x:v>1809</x:v>
       </x:c>
       <x:c r="D441" s="0" t="s">
-        <x:v>1708</x:v>
+        <x:v>1810</x:v>
       </x:c>
       <x:c r="E441" s="0" t="s">
-        <x:v>1704</x:v>
+        <x:v>1730</x:v>
       </x:c>
       <x:c r="F441" s="0" t="s">
-        <x:v>1805</x:v>
+        <x:v>1811</x:v>
       </x:c>
       <x:c r="G441" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J441" s="0" t="s">
-        <x:v>37</x:v>
-[...2 lines deleted...]
-        <x:v>98</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A442" s="0" t="s">
-        <x:v>1806</x:v>
+        <x:v>1812</x:v>
       </x:c>
       <x:c r="B442" s="0" t="s">
-        <x:v>1807</x:v>
+        <x:v>1813</x:v>
       </x:c>
       <x:c r="D442" s="0" t="s">
-        <x:v>1713</x:v>
+        <x:v>1803</x:v>
       </x:c>
       <x:c r="E442" s="0" t="s">
-        <x:v>1704</x:v>
+        <x:v>1730</x:v>
       </x:c>
       <x:c r="F442" s="0" t="s">
-        <x:v>1808</x:v>
+        <x:v>1814</x:v>
       </x:c>
       <x:c r="G442" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J442" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K442" s="0" t="s">
-        <x:v>1809</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A443" s="0" t="s">
-        <x:v>1810</x:v>
+        <x:v>1815</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
-        <x:v>1811</x:v>
+        <x:v>1816</x:v>
       </x:c>
       <x:c r="D443" s="0" t="s">
-        <x:v>1777</x:v>
+        <x:v>1817</x:v>
       </x:c>
       <x:c r="E443" s="0" t="s">
-        <x:v>1704</x:v>
+        <x:v>1730</x:v>
       </x:c>
       <x:c r="F443" s="0" t="s">
-        <x:v>1812</x:v>
+        <x:v>1818</x:v>
       </x:c>
       <x:c r="G443" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J443" s="0" t="s">
-        <x:v>229</x:v>
-[...2 lines deleted...]
-        <x:v>693</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A444" s="0" t="s">
-        <x:v>1813</x:v>
+        <x:v>1819</x:v>
       </x:c>
       <x:c r="B444" s="0" t="s">
-        <x:v>1814</x:v>
+        <x:v>1820</x:v>
       </x:c>
       <x:c r="D444" s="0" t="s">
-        <x:v>1708</x:v>
+        <x:v>1729</x:v>
       </x:c>
       <x:c r="E444" s="0" t="s">
-        <x:v>1704</x:v>
+        <x:v>1730</x:v>
       </x:c>
       <x:c r="F444" s="0" t="s">
-        <x:v>1815</x:v>
+        <x:v>1821</x:v>
       </x:c>
       <x:c r="G444" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J444" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K444" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A445" s="0" t="s">
-        <x:v>1816</x:v>
+        <x:v>1822</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
-        <x:v>1817</x:v>
+        <x:v>1823</x:v>
       </x:c>
       <x:c r="D445" s="0" t="s">
-        <x:v>1708</x:v>
+        <x:v>1824</x:v>
       </x:c>
       <x:c r="E445" s="0" t="s">
-        <x:v>1704</x:v>
+        <x:v>1730</x:v>
       </x:c>
       <x:c r="F445" s="0" t="s">
-        <x:v>1818</x:v>
+        <x:v>1825</x:v>
       </x:c>
       <x:c r="G445" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J445" s="0" t="s">
-        <x:v>246</x:v>
-[...2 lines deleted...]
-        <x:v>51</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A446" s="0" t="s">
-        <x:v>1819</x:v>
+        <x:v>1826</x:v>
       </x:c>
       <x:c r="B446" s="0" t="s">
-        <x:v>1820</x:v>
+        <x:v>1827</x:v>
       </x:c>
       <x:c r="D446" s="0" t="s">
-        <x:v>1777</x:v>
+        <x:v>1735</x:v>
       </x:c>
       <x:c r="E446" s="0" t="s">
-        <x:v>1704</x:v>
+        <x:v>1730</x:v>
       </x:c>
       <x:c r="F446" s="0" t="s">
-        <x:v>1821</x:v>
+        <x:v>1828</x:v>
       </x:c>
       <x:c r="G446" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J446" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="K446" s="0" t="s">
-        <x:v>595</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A447" s="0" t="s">
-        <x:v>1822</x:v>
+        <x:v>1829</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
-        <x:v>1823</x:v>
-[...2 lines deleted...]
-        <x:v>1824</x:v>
+        <x:v>1830</x:v>
       </x:c>
       <x:c r="D447" s="0" t="s">
-        <x:v>1713</x:v>
+        <x:v>1831</x:v>
       </x:c>
       <x:c r="E447" s="0" t="s">
-        <x:v>1704</x:v>
+        <x:v>1730</x:v>
       </x:c>
       <x:c r="F447" s="0" t="s">
-        <x:v>1825</x:v>
+        <x:v>1832</x:v>
       </x:c>
       <x:c r="G447" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J447" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K447" s="0" t="s">
-        <x:v>1459</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A448" s="0" t="s">
-        <x:v>1826</x:v>
+        <x:v>1833</x:v>
       </x:c>
       <x:c r="B448" s="0" t="s">
-        <x:v>1827</x:v>
+        <x:v>1834</x:v>
       </x:c>
       <x:c r="D448" s="0" t="s">
-        <x:v>1828</x:v>
+        <x:v>1740</x:v>
       </x:c>
       <x:c r="E448" s="0" t="s">
-        <x:v>1704</x:v>
+        <x:v>1730</x:v>
       </x:c>
       <x:c r="F448" s="0" t="s">
-        <x:v>1829</x:v>
+        <x:v>1835</x:v>
       </x:c>
       <x:c r="G448" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J448" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="K448" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>1836</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A449" s="0" t="s">
-        <x:v>1830</x:v>
+        <x:v>1837</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
-        <x:v>1831</x:v>
+        <x:v>1838</x:v>
       </x:c>
       <x:c r="D449" s="0" t="s">
-        <x:v>1021</x:v>
+        <x:v>1803</x:v>
       </x:c>
       <x:c r="E449" s="0" t="s">
-        <x:v>1832</x:v>
+        <x:v>1730</x:v>
       </x:c>
       <x:c r="F449" s="0" t="s">
-        <x:v>1833</x:v>
+        <x:v>1839</x:v>
       </x:c>
       <x:c r="G449" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J449" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="K449" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>708</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A450" s="0" t="s">
-        <x:v>1834</x:v>
+        <x:v>1840</x:v>
       </x:c>
       <x:c r="B450" s="0" t="s">
-        <x:v>1835</x:v>
+        <x:v>1841</x:v>
       </x:c>
       <x:c r="D450" s="0" t="s">
-        <x:v>1021</x:v>
+        <x:v>1735</x:v>
       </x:c>
       <x:c r="E450" s="0" t="s">
-        <x:v>1832</x:v>
+        <x:v>1730</x:v>
       </x:c>
       <x:c r="F450" s="0" t="s">
-        <x:v>1836</x:v>
+        <x:v>1842</x:v>
       </x:c>
       <x:c r="G450" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J450" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="K450" s="0" t="s">
-        <x:v>1809</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A451" s="0" t="s">
-        <x:v>1837</x:v>
+        <x:v>1843</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
-        <x:v>1838</x:v>
+        <x:v>1844</x:v>
       </x:c>
       <x:c r="D451" s="0" t="s">
-        <x:v>1021</x:v>
+        <x:v>1735</x:v>
       </x:c>
       <x:c r="E451" s="0" t="s">
-        <x:v>1832</x:v>
+        <x:v>1730</x:v>
       </x:c>
       <x:c r="F451" s="0" t="s">
-        <x:v>1839</x:v>
+        <x:v>1845</x:v>
       </x:c>
       <x:c r="G451" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J451" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="K451" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A452" s="0" t="s">
-        <x:v>1840</x:v>
+        <x:v>1846</x:v>
       </x:c>
       <x:c r="B452" s="0" t="s">
-        <x:v>1841</x:v>
+        <x:v>1847</x:v>
       </x:c>
       <x:c r="D452" s="0" t="s">
-        <x:v>1842</x:v>
+        <x:v>1803</x:v>
       </x:c>
       <x:c r="E452" s="0" t="s">
-        <x:v>1832</x:v>
+        <x:v>1730</x:v>
       </x:c>
       <x:c r="F452" s="0" t="s">
-        <x:v>1843</x:v>
+        <x:v>1839</x:v>
       </x:c>
       <x:c r="G452" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J452" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="K452" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>610</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A453" s="0" t="s">
-        <x:v>1844</x:v>
+        <x:v>1848</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
-        <x:v>1845</x:v>
+        <x:v>1849</x:v>
       </x:c>
       <x:c r="D453" s="0" t="s">
-        <x:v>1021</x:v>
+        <x:v>1740</x:v>
       </x:c>
       <x:c r="E453" s="0" t="s">
-        <x:v>1832</x:v>
+        <x:v>1730</x:v>
       </x:c>
       <x:c r="F453" s="0" t="s">
-        <x:v>1846</x:v>
+        <x:v>1850</x:v>
       </x:c>
       <x:c r="G453" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J453" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>1480</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A454" s="0" t="s">
-        <x:v>1847</x:v>
+        <x:v>1851</x:v>
       </x:c>
       <x:c r="B454" s="0" t="s">
-        <x:v>1848</x:v>
+        <x:v>1852</x:v>
       </x:c>
       <x:c r="D454" s="0" t="s">
-        <x:v>1849</x:v>
+        <x:v>1853</x:v>
       </x:c>
       <x:c r="E454" s="0" t="s">
-        <x:v>1850</x:v>
+        <x:v>1730</x:v>
       </x:c>
       <x:c r="F454" s="0" t="s">
-        <x:v>1851</x:v>
+        <x:v>1854</x:v>
       </x:c>
       <x:c r="G454" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J454" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="K454" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A455" s="0" t="s">
-        <x:v>1852</x:v>
+        <x:v>1855</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
-        <x:v>1853</x:v>
+        <x:v>1856</x:v>
       </x:c>
       <x:c r="D455" s="0" t="s">
-        <x:v>1854</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="E455" s="0" t="s">
-        <x:v>1850</x:v>
+        <x:v>1857</x:v>
       </x:c>
       <x:c r="F455" s="0" t="s">
-        <x:v>1855</x:v>
+        <x:v>1858</x:v>
       </x:c>
       <x:c r="G455" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J455" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="K455" s="0" t="s">
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A456" s="0" t="s">
-        <x:v>1856</x:v>
+        <x:v>1859</x:v>
       </x:c>
       <x:c r="B456" s="0" t="s">
+        <x:v>1860</x:v>
+      </x:c>
+      <x:c r="D456" s="0" t="s">
+        <x:v>1038</x:v>
+      </x:c>
+      <x:c r="E456" s="0" t="s">
         <x:v>1857</x:v>
       </x:c>
-      <x:c r="D456" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F456" s="0" t="s">
-        <x:v>1859</x:v>
+        <x:v>1861</x:v>
       </x:c>
       <x:c r="G456" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J456" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="K456" s="0" t="s">
+        <x:v>1836</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A457" s="0" t="s">
-        <x:v>1860</x:v>
+        <x:v>1862</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
-        <x:v>1861</x:v>
+        <x:v>1863</x:v>
       </x:c>
       <x:c r="D457" s="0" t="s">
-        <x:v>1849</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="E457" s="0" t="s">
-        <x:v>1850</x:v>
+        <x:v>1857</x:v>
       </x:c>
       <x:c r="F457" s="0" t="s">
-        <x:v>1862</x:v>
+        <x:v>1864</x:v>
       </x:c>
       <x:c r="G457" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J457" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
-        <x:v>1018</x:v>
+        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A458" s="0" t="s">
-        <x:v>1863</x:v>
+        <x:v>1865</x:v>
       </x:c>
       <x:c r="B458" s="0" t="s">
-        <x:v>1864</x:v>
+        <x:v>1866</x:v>
+      </x:c>
+      <x:c r="C458" s="0" t="s">
+        <x:v>1867</x:v>
       </x:c>
       <x:c r="D458" s="0" t="s">
-        <x:v>1865</x:v>
+        <x:v>1868</x:v>
       </x:c>
       <x:c r="E458" s="0" t="s">
-        <x:v>1850</x:v>
+        <x:v>1857</x:v>
       </x:c>
       <x:c r="F458" s="0" t="s">
-        <x:v>1866</x:v>
+        <x:v>1869</x:v>
       </x:c>
       <x:c r="G458" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J458" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="K458" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A459" s="0" t="s">
-        <x:v>1867</x:v>
+        <x:v>1870</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
-        <x:v>1868</x:v>
+        <x:v>1871</x:v>
       </x:c>
       <x:c r="D459" s="0" t="s">
-        <x:v>1828</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="E459" s="0" t="s">
-        <x:v>1850</x:v>
+        <x:v>1857</x:v>
       </x:c>
       <x:c r="F459" s="0" t="s">
-        <x:v>1869</x:v>
+        <x:v>1872</x:v>
       </x:c>
       <x:c r="G459" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J459" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K459" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A460" s="0" t="s">
-        <x:v>1870</x:v>
+        <x:v>1873</x:v>
       </x:c>
       <x:c r="B460" s="0" t="s">
-        <x:v>1871</x:v>
+        <x:v>1874</x:v>
       </x:c>
       <x:c r="D460" s="0" t="s">
-        <x:v>1865</x:v>
+        <x:v>1875</x:v>
       </x:c>
       <x:c r="E460" s="0" t="s">
-        <x:v>1850</x:v>
+        <x:v>1876</x:v>
       </x:c>
       <x:c r="F460" s="0" t="s">
-        <x:v>1872</x:v>
+        <x:v>1877</x:v>
       </x:c>
       <x:c r="G460" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J460" s="0" t="s">
-        <x:v>59</x:v>
-[...2 lines deleted...]
-        <x:v>346</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A461" s="0" t="s">
-        <x:v>1873</x:v>
+        <x:v>1878</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
-        <x:v>1874</x:v>
+        <x:v>1879</x:v>
       </x:c>
       <x:c r="D461" s="0" t="s">
-        <x:v>1865</x:v>
+        <x:v>1880</x:v>
       </x:c>
       <x:c r="E461" s="0" t="s">
-        <x:v>1850</x:v>
+        <x:v>1876</x:v>
       </x:c>
       <x:c r="F461" s="0" t="s">
-        <x:v>1875</x:v>
+        <x:v>1881</x:v>
       </x:c>
       <x:c r="G461" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J461" s="0" t="s">
-        <x:v>112</x:v>
-[...2 lines deleted...]
-        <x:v>1876</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A462" s="0" t="s">
-        <x:v>1877</x:v>
+        <x:v>1882</x:v>
       </x:c>
       <x:c r="B462" s="0" t="s">
-        <x:v>1878</x:v>
+        <x:v>1883</x:v>
       </x:c>
       <x:c r="D462" s="0" t="s">
-        <x:v>896</x:v>
+        <x:v>1884</x:v>
       </x:c>
       <x:c r="E462" s="0" t="s">
-        <x:v>1850</x:v>
+        <x:v>1876</x:v>
       </x:c>
       <x:c r="F462" s="0" t="s">
-        <x:v>1879</x:v>
+        <x:v>1885</x:v>
       </x:c>
       <x:c r="G462" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J462" s="0" t="s">
-        <x:v>117</x:v>
-[...2 lines deleted...]
-        <x:v>123</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A463" s="0" t="s">
-        <x:v>1880</x:v>
+        <x:v>1886</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
-        <x:v>1881</x:v>
+        <x:v>1887</x:v>
       </x:c>
       <x:c r="D463" s="0" t="s">
-        <x:v>1882</x:v>
+        <x:v>1875</x:v>
       </x:c>
       <x:c r="E463" s="0" t="s">
-        <x:v>1850</x:v>
+        <x:v>1876</x:v>
       </x:c>
       <x:c r="F463" s="0" t="s">
-        <x:v>1883</x:v>
+        <x:v>1888</x:v>
       </x:c>
       <x:c r="G463" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J463" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>1035</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A464" s="0" t="s">
-        <x:v>1884</x:v>
+        <x:v>1889</x:v>
       </x:c>
       <x:c r="B464" s="0" t="s">
-        <x:v>1885</x:v>
+        <x:v>1890</x:v>
       </x:c>
       <x:c r="D464" s="0" t="s">
-        <x:v>1865</x:v>
+        <x:v>1891</x:v>
       </x:c>
       <x:c r="E464" s="0" t="s">
-        <x:v>1850</x:v>
+        <x:v>1876</x:v>
       </x:c>
       <x:c r="F464" s="0" t="s">
-        <x:v>1872</x:v>
+        <x:v>1892</x:v>
       </x:c>
       <x:c r="G464" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J464" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="K464" s="0" t="s">
-        <x:v>1886</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A465" s="0" t="s">
-        <x:v>1887</x:v>
+        <x:v>1893</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
-        <x:v>1888</x:v>
+        <x:v>1894</x:v>
       </x:c>
       <x:c r="D465" s="0" t="s">
-        <x:v>1889</x:v>
+        <x:v>1853</x:v>
       </x:c>
       <x:c r="E465" s="0" t="s">
-        <x:v>1850</x:v>
+        <x:v>1876</x:v>
       </x:c>
       <x:c r="F465" s="0" t="s">
-        <x:v>1890</x:v>
+        <x:v>1895</x:v>
       </x:c>
       <x:c r="G465" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J465" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="K465" s="0" t="s">
-        <x:v>1891</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A466" s="0" t="s">
-        <x:v>1892</x:v>
+        <x:v>1896</x:v>
       </x:c>
       <x:c r="B466" s="0" t="s">
-        <x:v>1893</x:v>
+        <x:v>1897</x:v>
       </x:c>
       <x:c r="D466" s="0" t="s">
-        <x:v>1894</x:v>
+        <x:v>1891</x:v>
       </x:c>
       <x:c r="E466" s="0" t="s">
-        <x:v>1850</x:v>
+        <x:v>1876</x:v>
       </x:c>
       <x:c r="F466" s="0" t="s">
-        <x:v>1895</x:v>
+        <x:v>1898</x:v>
       </x:c>
       <x:c r="G466" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J466" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K466" s="0" t="s">
-        <x:v>1896</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A467" s="0" t="s">
-        <x:v>1897</x:v>
+        <x:v>1899</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
-        <x:v>1898</x:v>
+        <x:v>1900</x:v>
       </x:c>
       <x:c r="D467" s="0" t="s">
-        <x:v>1865</x:v>
+        <x:v>1901</x:v>
       </x:c>
       <x:c r="E467" s="0" t="s">
-        <x:v>1850</x:v>
+        <x:v>1876</x:v>
       </x:c>
       <x:c r="F467" s="0" t="s">
-        <x:v>1872</x:v>
+        <x:v>1902</x:v>
       </x:c>
       <x:c r="G467" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J467" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="K467" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>1903</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A468" s="0" t="s">
-        <x:v>1899</x:v>
+        <x:v>1904</x:v>
       </x:c>
       <x:c r="B468" s="0" t="s">
-        <x:v>1900</x:v>
+        <x:v>1905</x:v>
       </x:c>
       <x:c r="D468" s="0" t="s">
-        <x:v>1901</x:v>
+        <x:v>911</x:v>
       </x:c>
       <x:c r="E468" s="0" t="s">
-        <x:v>1850</x:v>
+        <x:v>1876</x:v>
       </x:c>
       <x:c r="F468" s="0" t="s">
-        <x:v>1902</x:v>
+        <x:v>1906</x:v>
       </x:c>
       <x:c r="G468" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J468" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="K468" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A469" s="0" t="s">
-        <x:v>1903</x:v>
+        <x:v>1907</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
-        <x:v>1904</x:v>
+        <x:v>1908</x:v>
       </x:c>
       <x:c r="D469" s="0" t="s">
-        <x:v>1865</x:v>
+        <x:v>1909</x:v>
       </x:c>
       <x:c r="E469" s="0" t="s">
-        <x:v>1850</x:v>
+        <x:v>1876</x:v>
       </x:c>
       <x:c r="F469" s="0" t="s">
-        <x:v>1905</x:v>
+        <x:v>1910</x:v>
       </x:c>
       <x:c r="G469" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J469" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="K469" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A470" s="0" t="s">
-        <x:v>1906</x:v>
+        <x:v>1911</x:v>
       </x:c>
       <x:c r="B470" s="0" t="s">
-        <x:v>1907</x:v>
+        <x:v>1912</x:v>
       </x:c>
       <x:c r="D470" s="0" t="s">
-        <x:v>1908</x:v>
+        <x:v>1891</x:v>
       </x:c>
       <x:c r="E470" s="0" t="s">
-        <x:v>1850</x:v>
+        <x:v>1876</x:v>
       </x:c>
       <x:c r="F470" s="0" t="s">
-        <x:v>1909</x:v>
+        <x:v>1913</x:v>
       </x:c>
       <x:c r="G470" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J470" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="K470" s="0" t="s">
-        <x:v>993</x:v>
+        <x:v>1914</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A471" s="0" t="s">
-        <x:v>1910</x:v>
+        <x:v>1915</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
-        <x:v>1911</x:v>
+        <x:v>1916</x:v>
       </x:c>
       <x:c r="D471" s="0" t="s">
-        <x:v>1865</x:v>
+        <x:v>1917</x:v>
       </x:c>
       <x:c r="E471" s="0" t="s">
-        <x:v>1850</x:v>
+        <x:v>1876</x:v>
       </x:c>
       <x:c r="F471" s="0" t="s">
-        <x:v>1912</x:v>
+        <x:v>1918</x:v>
       </x:c>
       <x:c r="G471" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J471" s="0" t="s">
-        <x:v>369</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K471" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>1919</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A472" s="0" t="s">
-        <x:v>1913</x:v>
+        <x:v>1920</x:v>
       </x:c>
       <x:c r="B472" s="0" t="s">
-        <x:v>1914</x:v>
+        <x:v>1921</x:v>
       </x:c>
       <x:c r="D472" s="0" t="s">
-        <x:v>1865</x:v>
+        <x:v>1922</x:v>
       </x:c>
       <x:c r="E472" s="0" t="s">
-        <x:v>1850</x:v>
+        <x:v>1876</x:v>
       </x:c>
       <x:c r="F472" s="0" t="s">
-        <x:v>1915</x:v>
+        <x:v>1923</x:v>
       </x:c>
       <x:c r="G472" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J472" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K472" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>1924</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A473" s="0" t="s">
-        <x:v>1916</x:v>
+        <x:v>1925</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
-        <x:v>1917</x:v>
+        <x:v>1926</x:v>
       </x:c>
       <x:c r="D473" s="0" t="s">
-        <x:v>1865</x:v>
+        <x:v>1891</x:v>
       </x:c>
       <x:c r="E473" s="0" t="s">
-        <x:v>1850</x:v>
+        <x:v>1876</x:v>
       </x:c>
       <x:c r="F473" s="0" t="s">
-        <x:v>1905</x:v>
+        <x:v>1898</x:v>
       </x:c>
       <x:c r="G473" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J473" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="K473" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>464</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A474" s="0" t="s">
-        <x:v>1918</x:v>
+        <x:v>1927</x:v>
       </x:c>
       <x:c r="B474" s="0" t="s">
-        <x:v>1919</x:v>
-[...2 lines deleted...]
-        <x:v>1920</x:v>
+        <x:v>1928</x:v>
       </x:c>
       <x:c r="D474" s="0" t="s">
-        <x:v>1849</x:v>
+        <x:v>1929</x:v>
       </x:c>
       <x:c r="E474" s="0" t="s">
-        <x:v>1850</x:v>
+        <x:v>1876</x:v>
       </x:c>
       <x:c r="F474" s="0" t="s">
-        <x:v>1862</x:v>
+        <x:v>1930</x:v>
       </x:c>
       <x:c r="G474" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J474" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="K474" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A475" s="0" t="s">
-        <x:v>1921</x:v>
+        <x:v>1931</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
-        <x:v>1922</x:v>
+        <x:v>1932</x:v>
+      </x:c>
+      <x:c r="C475" s="0" t="s">
+        <x:v>1933</x:v>
       </x:c>
       <x:c r="D475" s="0" t="s">
-        <x:v>1923</x:v>
+        <x:v>1891</x:v>
       </x:c>
       <x:c r="E475" s="0" t="s">
-        <x:v>1850</x:v>
+        <x:v>1876</x:v>
       </x:c>
       <x:c r="F475" s="0" t="s">
-        <x:v>1924</x:v>
+        <x:v>1934</x:v>
       </x:c>
       <x:c r="G475" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J475" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K475" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A476" s="0" t="s">
-        <x:v>1925</x:v>
+        <x:v>1935</x:v>
       </x:c>
       <x:c r="B476" s="0" t="s">
-        <x:v>1926</x:v>
+        <x:v>1936</x:v>
       </x:c>
       <x:c r="D476" s="0" t="s">
-        <x:v>1858</x:v>
+        <x:v>1937</x:v>
       </x:c>
       <x:c r="E476" s="0" t="s">
-        <x:v>1850</x:v>
+        <x:v>1876</x:v>
       </x:c>
       <x:c r="F476" s="0" t="s">
-        <x:v>1927</x:v>
+        <x:v>1938</x:v>
       </x:c>
       <x:c r="G476" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J476" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="K476" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>1009</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A477" s="0" t="s">
-        <x:v>1928</x:v>
+        <x:v>1939</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
-        <x:v>1929</x:v>
+        <x:v>1940</x:v>
       </x:c>
       <x:c r="D477" s="0" t="s">
-        <x:v>1923</x:v>
+        <x:v>1891</x:v>
       </x:c>
       <x:c r="E477" s="0" t="s">
-        <x:v>1850</x:v>
+        <x:v>1876</x:v>
       </x:c>
       <x:c r="F477" s="0" t="s">
-        <x:v>1930</x:v>
+        <x:v>1941</x:v>
       </x:c>
       <x:c r="G477" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J477" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="K477" s="0" t="s">
-        <x:v>655</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A478" s="0" t="s">
-        <x:v>1931</x:v>
+        <x:v>1942</x:v>
       </x:c>
       <x:c r="B478" s="0" t="s">
-        <x:v>1932</x:v>
+        <x:v>1943</x:v>
       </x:c>
       <x:c r="D478" s="0" t="s">
-        <x:v>1849</x:v>
+        <x:v>1891</x:v>
       </x:c>
       <x:c r="E478" s="0" t="s">
-        <x:v>1850</x:v>
+        <x:v>1876</x:v>
       </x:c>
       <x:c r="F478" s="0" t="s">
-        <x:v>1933</x:v>
+        <x:v>1944</x:v>
       </x:c>
       <x:c r="G478" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J478" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="K478" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A479" s="0" t="s">
+        <x:v>1945</x:v>
+      </x:c>
+      <x:c r="B479" s="0" t="s">
+        <x:v>1946</x:v>
+      </x:c>
+      <x:c r="D479" s="0" t="s">
+        <x:v>1891</x:v>
+      </x:c>
+      <x:c r="E479" s="0" t="s">
+        <x:v>1876</x:v>
+      </x:c>
+      <x:c r="F479" s="0" t="s">
         <x:v>1934</x:v>
       </x:c>
-      <x:c r="B479" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G479" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J479" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="K479" s="0" t="s">
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A480" s="0" t="s">
-        <x:v>1937</x:v>
+        <x:v>1947</x:v>
       </x:c>
       <x:c r="B480" s="0" t="s">
-        <x:v>1938</x:v>
-[...2 lines deleted...]
-        <x:v>1939</x:v>
+        <x:v>1948</x:v>
       </x:c>
       <x:c r="D480" s="0" t="s">
-        <x:v>1849</x:v>
+        <x:v>1875</x:v>
       </x:c>
       <x:c r="E480" s="0" t="s">
-        <x:v>1850</x:v>
+        <x:v>1876</x:v>
       </x:c>
       <x:c r="F480" s="0" t="s">
-        <x:v>1940</x:v>
+        <x:v>1888</x:v>
       </x:c>
       <x:c r="G480" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J480" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="K480" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A481" s="0" t="s">
-        <x:v>1941</x:v>
+        <x:v>1949</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
-        <x:v>1942</x:v>
+        <x:v>1950</x:v>
       </x:c>
       <x:c r="D481" s="0" t="s">
-        <x:v>1849</x:v>
+        <x:v>1951</x:v>
       </x:c>
       <x:c r="E481" s="0" t="s">
-        <x:v>1850</x:v>
+        <x:v>1876</x:v>
       </x:c>
       <x:c r="F481" s="0" t="s">
-        <x:v>1943</x:v>
+        <x:v>1952</x:v>
       </x:c>
       <x:c r="G481" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J481" s="0" t="s">
-        <x:v>369</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K481" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A482" s="0" t="s">
-        <x:v>1944</x:v>
+        <x:v>1953</x:v>
       </x:c>
       <x:c r="B482" s="0" t="s">
-        <x:v>1945</x:v>
+        <x:v>1954</x:v>
       </x:c>
       <x:c r="D482" s="0" t="s">
-        <x:v>1946</x:v>
+        <x:v>1884</x:v>
       </x:c>
       <x:c r="E482" s="0" t="s">
-        <x:v>1850</x:v>
+        <x:v>1876</x:v>
       </x:c>
       <x:c r="F482" s="0" t="s">
-        <x:v>1947</x:v>
+        <x:v>1955</x:v>
       </x:c>
       <x:c r="G482" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J482" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="K482" s="0" t="s">
-        <x:v>1948</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A483" s="0" t="s">
-        <x:v>1949</x:v>
+        <x:v>1956</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
-        <x:v>1950</x:v>
+        <x:v>1957</x:v>
       </x:c>
       <x:c r="D483" s="0" t="s">
         <x:v>1951</x:v>
       </x:c>
       <x:c r="E483" s="0" t="s">
-        <x:v>1850</x:v>
+        <x:v>1876</x:v>
       </x:c>
       <x:c r="F483" s="0" t="s">
-        <x:v>1952</x:v>
+        <x:v>1958</x:v>
       </x:c>
       <x:c r="G483" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J483" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K483" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>670</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A484" s="0" t="s">
-        <x:v>1953</x:v>
+        <x:v>1959</x:v>
       </x:c>
       <x:c r="B484" s="0" t="s">
-        <x:v>1954</x:v>
+        <x:v>1960</x:v>
       </x:c>
       <x:c r="D484" s="0" t="s">
-        <x:v>1955</x:v>
+        <x:v>1875</x:v>
       </x:c>
       <x:c r="E484" s="0" t="s">
-        <x:v>1956</x:v>
+        <x:v>1876</x:v>
       </x:c>
       <x:c r="F484" s="0" t="s">
-        <x:v>1957</x:v>
+        <x:v>1961</x:v>
       </x:c>
       <x:c r="G484" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J484" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K484" s="0" t="s">
-        <x:v>572</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A485" s="0" t="s">
-        <x:v>1958</x:v>
+        <x:v>1962</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
-        <x:v>1959</x:v>
+        <x:v>1963</x:v>
       </x:c>
       <x:c r="D485" s="0" t="s">
-        <x:v>1960</x:v>
+        <x:v>1875</x:v>
       </x:c>
       <x:c r="E485" s="0" t="s">
-        <x:v>1956</x:v>
+        <x:v>1876</x:v>
       </x:c>
       <x:c r="F485" s="0" t="s">
-        <x:v>1961</x:v>
+        <x:v>1964</x:v>
       </x:c>
       <x:c r="G485" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J485" s="0" t="s">
-        <x:v>500</x:v>
-[...2 lines deleted...]
-        <x:v>1962</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A486" s="0" t="s">
-        <x:v>1963</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="B486" s="0" t="s">
-        <x:v>1964</x:v>
+        <x:v>1966</x:v>
+      </x:c>
+      <x:c r="C486" s="0" t="s">
+        <x:v>1967</x:v>
+      </x:c>
+      <x:c r="D486" s="0" t="s">
+        <x:v>1875</x:v>
       </x:c>
       <x:c r="E486" s="0" t="s">
-        <x:v>1965</x:v>
+        <x:v>1876</x:v>
       </x:c>
       <x:c r="F486" s="0" t="s">
-        <x:v>1966</x:v>
+        <x:v>1968</x:v>
       </x:c>
       <x:c r="G486" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J486" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="K486" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A487" s="0" t="s">
-        <x:v>1967</x:v>
+        <x:v>1969</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
-        <x:v>1968</x:v>
+        <x:v>1970</x:v>
       </x:c>
       <x:c r="D487" s="0" t="s">
-        <x:v>1969</x:v>
+        <x:v>1875</x:v>
       </x:c>
       <x:c r="E487" s="0" t="s">
-        <x:v>1965</x:v>
+        <x:v>1876</x:v>
       </x:c>
       <x:c r="F487" s="0" t="s">
-        <x:v>1970</x:v>
+        <x:v>1971</x:v>
       </x:c>
       <x:c r="G487" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J487" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="K487" s="0" t="s">
-        <x:v>1971</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A488" s="0" t="s">
         <x:v>1972</x:v>
       </x:c>
       <x:c r="B488" s="0" t="s">
         <x:v>1973</x:v>
       </x:c>
       <x:c r="D488" s="0" t="s">
         <x:v>1974</x:v>
       </x:c>
       <x:c r="E488" s="0" t="s">
-        <x:v>1965</x:v>
+        <x:v>1876</x:v>
       </x:c>
       <x:c r="F488" s="0" t="s">
         <x:v>1975</x:v>
       </x:c>
       <x:c r="G488" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J488" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="K488" s="0" t="s">
+        <x:v>1976</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A489" s="0" t="s">
-        <x:v>1976</x:v>
+        <x:v>1977</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
-        <x:v>1977</x:v>
-[...1 lines deleted...]
-      <x:c r="C489" s="0" t="s">
         <x:v>1978</x:v>
       </x:c>
       <x:c r="D489" s="0" t="s">
-        <x:v>1969</x:v>
+        <x:v>1979</x:v>
       </x:c>
       <x:c r="E489" s="0" t="s">
-        <x:v>1965</x:v>
+        <x:v>1876</x:v>
       </x:c>
       <x:c r="F489" s="0" t="s">
-        <x:v>1979</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="G489" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J489" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K489" s="0" t="s">
-        <x:v>1980</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A490" s="0" t="s">
         <x:v>1981</x:v>
       </x:c>
       <x:c r="B490" s="0" t="s">
         <x:v>1982</x:v>
       </x:c>
       <x:c r="D490" s="0" t="s">
-        <x:v>1228</x:v>
+        <x:v>1983</x:v>
       </x:c>
       <x:c r="E490" s="0" t="s">
-        <x:v>1965</x:v>
+        <x:v>1984</x:v>
       </x:c>
       <x:c r="F490" s="0" t="s">
-        <x:v>1983</x:v>
+        <x:v>1985</x:v>
       </x:c>
       <x:c r="G490" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J490" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="K490" s="0" t="s">
+        <x:v>589</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A491" s="0" t="s">
+        <x:v>1986</x:v>
+      </x:c>
+      <x:c r="B491" s="0" t="s">
+        <x:v>1987</x:v>
+      </x:c>
+      <x:c r="D491" s="0" t="s">
+        <x:v>1988</x:v>
+      </x:c>
+      <x:c r="E491" s="0" t="s">
         <x:v>1984</x:v>
       </x:c>
-      <x:c r="B491" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F491" s="0" t="s">
-        <x:v>1986</x:v>
+        <x:v>1989</x:v>
       </x:c>
       <x:c r="G491" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J491" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="K491" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>1990</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A492" s="0" t="s">
-        <x:v>1987</x:v>
+        <x:v>1991</x:v>
       </x:c>
       <x:c r="B492" s="0" t="s">
-        <x:v>1988</x:v>
+        <x:v>1992</x:v>
       </x:c>
       <x:c r="D492" s="0" t="s">
-        <x:v>1664</x:v>
+        <x:v>1993</x:v>
       </x:c>
       <x:c r="E492" s="0" t="s">
-        <x:v>1965</x:v>
+        <x:v>1994</x:v>
       </x:c>
       <x:c r="F492" s="0" t="s">
-        <x:v>1989</x:v>
+        <x:v>1995</x:v>
       </x:c>
       <x:c r="G492" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J492" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="K492" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A493" s="0" t="s">
-        <x:v>1990</x:v>
+        <x:v>1996</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
-        <x:v>1991</x:v>
+        <x:v>1997</x:v>
       </x:c>
       <x:c r="D493" s="0" t="s">
-        <x:v>1992</x:v>
+        <x:v>1998</x:v>
       </x:c>
       <x:c r="E493" s="0" t="s">
-        <x:v>1965</x:v>
+        <x:v>1994</x:v>
       </x:c>
       <x:c r="F493" s="0" t="s">
-        <x:v>1993</x:v>
+        <x:v>1999</x:v>
       </x:c>
       <x:c r="G493" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J493" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="K493" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>2000</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A494" s="0" t="s">
+        <x:v>2001</x:v>
+      </x:c>
+      <x:c r="B494" s="0" t="s">
+        <x:v>2002</x:v>
+      </x:c>
+      <x:c r="D494" s="0" t="s">
+        <x:v>2003</x:v>
+      </x:c>
+      <x:c r="E494" s="0" t="s">
         <x:v>1994</x:v>
       </x:c>
-      <x:c r="B494" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F494" s="0" t="s">
-        <x:v>1997</x:v>
+        <x:v>2004</x:v>
       </x:c>
       <x:c r="G494" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J494" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A495" s="0" t="s">
+        <x:v>2005</x:v>
+      </x:c>
+      <x:c r="B495" s="0" t="s">
+        <x:v>2006</x:v>
+      </x:c>
+      <x:c r="C495" s="0" t="s">
+        <x:v>2007</x:v>
+      </x:c>
+      <x:c r="D495" s="0" t="s">
         <x:v>1998</x:v>
       </x:c>
-      <x:c r="B495" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E495" s="0" t="s">
-        <x:v>1965</x:v>
+        <x:v>1994</x:v>
       </x:c>
       <x:c r="F495" s="0" t="s">
-        <x:v>2000</x:v>
+        <x:v>2008</x:v>
       </x:c>
       <x:c r="G495" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J495" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="K495" s="0" t="s">
+        <x:v>2009</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A496" s="0" t="s">
-        <x:v>2001</x:v>
+        <x:v>2010</x:v>
       </x:c>
       <x:c r="B496" s="0" t="s">
-        <x:v>2002</x:v>
+        <x:v>2011</x:v>
       </x:c>
       <x:c r="D496" s="0" t="s">
-        <x:v>2003</x:v>
+        <x:v>1244</x:v>
       </x:c>
       <x:c r="E496" s="0" t="s">
-        <x:v>2004</x:v>
+        <x:v>1994</x:v>
       </x:c>
       <x:c r="F496" s="0" t="s">
-        <x:v>2005</x:v>
+        <x:v>2012</x:v>
       </x:c>
       <x:c r="G496" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J496" s="0" t="s">
-        <x:v>448</x:v>
-[...2 lines deleted...]
-        <x:v>449</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A497" s="0" t="s">
-        <x:v>2006</x:v>
+        <x:v>2013</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
-        <x:v>2007</x:v>
+        <x:v>2014</x:v>
       </x:c>
       <x:c r="D497" s="0" t="s">
-        <x:v>2008</x:v>
+        <x:v>1244</x:v>
       </x:c>
       <x:c r="E497" s="0" t="s">
-        <x:v>2004</x:v>
+        <x:v>1994</x:v>
       </x:c>
       <x:c r="F497" s="0" t="s">
-        <x:v>2009</x:v>
+        <x:v>2015</x:v>
       </x:c>
       <x:c r="G497" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="I497" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J497" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="K497" s="0" t="s">
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A498" s="0" t="s">
-        <x:v>2011</x:v>
+        <x:v>2016</x:v>
       </x:c>
       <x:c r="B498" s="0" t="s">
-        <x:v>2012</x:v>
+        <x:v>2017</x:v>
       </x:c>
       <x:c r="D498" s="0" t="s">
-        <x:v>2003</x:v>
+        <x:v>1689</x:v>
       </x:c>
       <x:c r="E498" s="0" t="s">
-        <x:v>2004</x:v>
+        <x:v>1994</x:v>
       </x:c>
       <x:c r="F498" s="0" t="s">
-        <x:v>2013</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="G498" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J498" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K498" s="0" t="s">
-        <x:v>1485</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A499" s="0" t="s">
-        <x:v>2014</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
-        <x:v>2015</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="D499" s="0" t="s">
-        <x:v>2016</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="E499" s="0" t="s">
-        <x:v>2017</x:v>
+        <x:v>1994</x:v>
       </x:c>
       <x:c r="F499" s="0" t="s">
-        <x:v>2018</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="G499" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J499" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="K499" s="0" t="s">
-        <x:v>993</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A500" s="0" t="s">
-        <x:v>2019</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B500" s="0" t="s">
-        <x:v>2020</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="D500" s="0" t="s">
-        <x:v>1228</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="E500" s="0" t="s">
-        <x:v>2017</x:v>
+        <x:v>1994</x:v>
       </x:c>
       <x:c r="F500" s="0" t="s">
-        <x:v>2021</x:v>
+        <x:v>2026</x:v>
       </x:c>
       <x:c r="G500" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J500" s="0" t="s">
-        <x:v>37</x:v>
-[...2 lines deleted...]
-        <x:v>98</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A501" s="0" t="s">
-        <x:v>2022</x:v>
+        <x:v>2027</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
-        <x:v>2023</x:v>
+        <x:v>2028</x:v>
       </x:c>
       <x:c r="D501" s="0" t="s">
-        <x:v>2016</x:v>
+        <x:v>1244</x:v>
       </x:c>
       <x:c r="E501" s="0" t="s">
-        <x:v>2017</x:v>
+        <x:v>1994</x:v>
       </x:c>
       <x:c r="F501" s="0" t="s">
-        <x:v>2024</x:v>
+        <x:v>2029</x:v>
       </x:c>
       <x:c r="G501" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J501" s="0" t="s">
-        <x:v>224</x:v>
-[...2 lines deleted...]
-        <x:v>102</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A502" s="0" t="s">
-        <x:v>2025</x:v>
+        <x:v>2030</x:v>
       </x:c>
       <x:c r="B502" s="0" t="s">
-        <x:v>2026</x:v>
+        <x:v>2031</x:v>
       </x:c>
       <x:c r="D502" s="0" t="s">
-        <x:v>2016</x:v>
+        <x:v>2032</x:v>
       </x:c>
       <x:c r="E502" s="0" t="s">
-        <x:v>2017</x:v>
+        <x:v>1994</x:v>
       </x:c>
       <x:c r="F502" s="0" t="s">
-        <x:v>2027</x:v>
+        <x:v>2033</x:v>
       </x:c>
       <x:c r="G502" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J502" s="0" t="s">
-        <x:v>36</x:v>
-[...2 lines deleted...]
-        <x:v>55</x:v>
+        <x:v>545</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A503" s="0" t="s">
-        <x:v>2028</x:v>
+        <x:v>2034</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
-        <x:v>2029</x:v>
+        <x:v>2035</x:v>
       </x:c>
       <x:c r="D503" s="0" t="s">
-        <x:v>2030</x:v>
+        <x:v>2036</x:v>
       </x:c>
       <x:c r="E503" s="0" t="s">
-        <x:v>2017</x:v>
+        <x:v>2037</x:v>
       </x:c>
       <x:c r="F503" s="0" t="s">
-        <x:v>2031</x:v>
+        <x:v>2038</x:v>
       </x:c>
       <x:c r="G503" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J503" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="K503" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>455</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A504" s="0" t="s">
-        <x:v>2032</x:v>
+        <x:v>2039</x:v>
       </x:c>
       <x:c r="B504" s="0" t="s">
-        <x:v>2033</x:v>
-[...2 lines deleted...]
-        <x:v>2034</x:v>
+        <x:v>2040</x:v>
       </x:c>
       <x:c r="D504" s="0" t="s">
-        <x:v>2035</x:v>
+        <x:v>2041</x:v>
       </x:c>
       <x:c r="E504" s="0" t="s">
-        <x:v>2017</x:v>
+        <x:v>2037</x:v>
       </x:c>
       <x:c r="F504" s="0" t="s">
-        <x:v>2036</x:v>
+        <x:v>2042</x:v>
       </x:c>
       <x:c r="G504" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
+      <x:c r="I504" s="0" t="s">
+        <x:v>2043</x:v>
+      </x:c>
       <x:c r="J504" s="0" t="s">
-        <x:v>65</x:v>
-[...2 lines deleted...]
-        <x:v>520</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A505" s="0" t="s">
+        <x:v>2044</x:v>
+      </x:c>
+      <x:c r="B505" s="0" t="s">
+        <x:v>2045</x:v>
+      </x:c>
+      <x:c r="C505" s="0" t="s">
+        <x:v>2046</x:v>
+      </x:c>
+      <x:c r="D505" s="0" t="s">
+        <x:v>2036</x:v>
+      </x:c>
+      <x:c r="E505" s="0" t="s">
         <x:v>2037</x:v>
       </x:c>
-      <x:c r="B505" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F505" s="0" t="s">
-        <x:v>2039</x:v>
+        <x:v>2047</x:v>
       </x:c>
       <x:c r="G505" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J505" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="K505" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>1506</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A506" s="0" t="s">
-        <x:v>2040</x:v>
+        <x:v>2048</x:v>
       </x:c>
       <x:c r="B506" s="0" t="s">
-        <x:v>2041</x:v>
-[...2 lines deleted...]
-        <x:v>2042</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="D506" s="0" t="s">
-        <x:v>2035</x:v>
+        <x:v>2050</x:v>
       </x:c>
       <x:c r="E506" s="0" t="s">
-        <x:v>2017</x:v>
+        <x:v>2051</x:v>
       </x:c>
       <x:c r="F506" s="0" t="s">
-        <x:v>2036</x:v>
+        <x:v>2052</x:v>
       </x:c>
       <x:c r="G506" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J506" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="K506" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>1009</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A507" s="0" t="s">
-        <x:v>2043</x:v>
+        <x:v>2053</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
-        <x:v>2044</x:v>
-[...2 lines deleted...]
-        <x:v>2045</x:v>
+        <x:v>2054</x:v>
       </x:c>
       <x:c r="D507" s="0" t="s">
-        <x:v>2035</x:v>
+        <x:v>1244</x:v>
       </x:c>
       <x:c r="E507" s="0" t="s">
-        <x:v>2017</x:v>
+        <x:v>2051</x:v>
       </x:c>
       <x:c r="F507" s="0" t="s">
-        <x:v>2036</x:v>
+        <x:v>2055</x:v>
       </x:c>
       <x:c r="G507" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J507" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K507" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A508" s="0" t="s">
-        <x:v>2046</x:v>
+        <x:v>2056</x:v>
       </x:c>
       <x:c r="B508" s="0" t="s">
-        <x:v>2047</x:v>
+        <x:v>2057</x:v>
       </x:c>
       <x:c r="D508" s="0" t="s">
-        <x:v>2048</x:v>
+        <x:v>2050</x:v>
       </x:c>
       <x:c r="E508" s="0" t="s">
-        <x:v>2049</x:v>
+        <x:v>2051</x:v>
       </x:c>
       <x:c r="F508" s="0" t="s">
-        <x:v>2050</x:v>
+        <x:v>2058</x:v>
       </x:c>
       <x:c r="G508" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J508" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="K508" s="0" t="s">
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A509" s="0" t="s">
+        <x:v>2059</x:v>
+      </x:c>
+      <x:c r="B509" s="0" t="s">
+        <x:v>2060</x:v>
+      </x:c>
+      <x:c r="D509" s="0" t="s">
+        <x:v>2050</x:v>
+      </x:c>
+      <x:c r="E509" s="0" t="s">
         <x:v>2051</x:v>
       </x:c>
-      <x:c r="B509" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F509" s="0" t="s">
-        <x:v>2054</x:v>
+        <x:v>2061</x:v>
       </x:c>
       <x:c r="G509" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J509" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="K509" s="0" t="s">
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A510" s="0" t="s">
-        <x:v>2055</x:v>
+        <x:v>2062</x:v>
       </x:c>
       <x:c r="B510" s="0" t="s">
-        <x:v>2056</x:v>
+        <x:v>2063</x:v>
+      </x:c>
+      <x:c r="C510" s="0" t="s">
+        <x:v>2064</x:v>
       </x:c>
       <x:c r="D510" s="0" t="s">
-        <x:v>2057</x:v>
+        <x:v>2065</x:v>
       </x:c>
       <x:c r="E510" s="0" t="s">
-        <x:v>2049</x:v>
+        <x:v>2051</x:v>
       </x:c>
       <x:c r="F510" s="0" t="s">
-        <x:v>2058</x:v>
+        <x:v>2066</x:v>
       </x:c>
       <x:c r="G510" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J510" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K510" s="0" t="s">
-        <x:v>93</x:v>
-[...2 lines deleted...]
-    <x:row r="511" spans="1:11" ht="28.5" customHeight="1">
+        <x:v>326</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="511" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A511" s="0" t="s">
-        <x:v>2059</x:v>
+        <x:v>2067</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
-        <x:v>2060</x:v>
+        <x:v>2068</x:v>
       </x:c>
       <x:c r="D511" s="0" t="s">
-        <x:v>2061</x:v>
+        <x:v>2069</x:v>
       </x:c>
       <x:c r="E511" s="0" t="s">
-        <x:v>2049</x:v>
+        <x:v>2051</x:v>
       </x:c>
       <x:c r="F511" s="0" t="s">
-        <x:v>2062</x:v>
+        <x:v>2070</x:v>
       </x:c>
       <x:c r="G511" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="I511" s="2" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J511" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="K511" s="0" t="s">
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A512" s="0" t="s">
-        <x:v>2064</x:v>
+        <x:v>2071</x:v>
       </x:c>
       <x:c r="B512" s="0" t="s">
-        <x:v>2065</x:v>
+        <x:v>2072</x:v>
       </x:c>
       <x:c r="D512" s="0" t="s">
-        <x:v>2066</x:v>
+        <x:v>2069</x:v>
       </x:c>
       <x:c r="E512" s="0" t="s">
-        <x:v>2049</x:v>
+        <x:v>2051</x:v>
       </x:c>
       <x:c r="F512" s="0" t="s">
-        <x:v>2067</x:v>
+        <x:v>2073</x:v>
       </x:c>
       <x:c r="G512" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J512" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K512" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A513" s="0" t="s">
-        <x:v>2068</x:v>
+        <x:v>2074</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
+        <x:v>2075</x:v>
+      </x:c>
+      <x:c r="C513" s="0" t="s">
+        <x:v>2076</x:v>
+      </x:c>
+      <x:c r="D513" s="0" t="s">
         <x:v>2069</x:v>
       </x:c>
-      <x:c r="D513" s="0" t="s">
+      <x:c r="E513" s="0" t="s">
+        <x:v>2051</x:v>
+      </x:c>
+      <x:c r="F513" s="0" t="s">
         <x:v>2070</x:v>
       </x:c>
-      <x:c r="E513" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G513" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J513" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K513" s="0" t="s">
-        <x:v>2072</x:v>
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A514" s="0" t="s">
-        <x:v>2073</x:v>
+        <x:v>2077</x:v>
       </x:c>
       <x:c r="B514" s="0" t="s">
-        <x:v>2074</x:v>
+        <x:v>2078</x:v>
       </x:c>
       <x:c r="D514" s="0" t="s">
-        <x:v>2075</x:v>
+        <x:v>2069</x:v>
       </x:c>
       <x:c r="E514" s="0" t="s">
-        <x:v>2049</x:v>
+        <x:v>2051</x:v>
       </x:c>
       <x:c r="F514" s="0" t="s">
-        <x:v>2076</x:v>
+        <x:v>2070</x:v>
       </x:c>
       <x:c r="G514" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J514" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K514" s="0" t="s">
-        <x:v>693</x:v>
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A515" s="0" t="s">
-        <x:v>2077</x:v>
+        <x:v>2079</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
-        <x:v>2078</x:v>
+        <x:v>2080</x:v>
       </x:c>
       <x:c r="D515" s="0" t="s">
-        <x:v>2079</x:v>
+        <x:v>2081</x:v>
       </x:c>
       <x:c r="E515" s="0" t="s">
-        <x:v>2049</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="F515" s="0" t="s">
-        <x:v>2080</x:v>
+        <x:v>2083</x:v>
       </x:c>
       <x:c r="G515" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J515" s="0" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-        <x:v>758</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A516" s="0" t="s">
-        <x:v>2081</x:v>
+        <x:v>2084</x:v>
       </x:c>
       <x:c r="B516" s="0" t="s">
+        <x:v>2085</x:v>
+      </x:c>
+      <x:c r="D516" s="0" t="s">
+        <x:v>2086</x:v>
+      </x:c>
+      <x:c r="E516" s="0" t="s">
         <x:v>2082</x:v>
       </x:c>
-      <x:c r="D516" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F516" s="0" t="s">
-        <x:v>2084</x:v>
+        <x:v>2087</x:v>
       </x:c>
       <x:c r="G516" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J516" s="0" t="s">
-        <x:v>42</x:v>
-[...2 lines deleted...]
-        <x:v>51</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A517" s="0" t="s">
-        <x:v>2085</x:v>
+        <x:v>2088</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
-        <x:v>2086</x:v>
+        <x:v>2089</x:v>
       </x:c>
       <x:c r="D517" s="0" t="s">
-        <x:v>2087</x:v>
+        <x:v>2090</x:v>
       </x:c>
       <x:c r="E517" s="0" t="s">
-        <x:v>2049</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="F517" s="0" t="s">
-        <x:v>2088</x:v>
+        <x:v>2091</x:v>
       </x:c>
       <x:c r="G517" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J517" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K517" s="0" t="s">
-        <x:v>102</x:v>
-[...2 lines deleted...]
-    <x:row r="518" spans="1:11" ht="14.25" customHeight="1">
+        <x:v>93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="518" spans="1:11" ht="28.5" customHeight="1">
       <x:c r="A518" s="0" t="s">
-        <x:v>2089</x:v>
+        <x:v>2092</x:v>
       </x:c>
       <x:c r="B518" s="0" t="s">
-        <x:v>2090</x:v>
+        <x:v>2093</x:v>
       </x:c>
       <x:c r="D518" s="0" t="s">
-        <x:v>2070</x:v>
+        <x:v>2094</x:v>
       </x:c>
       <x:c r="E518" s="0" t="s">
-        <x:v>2049</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="F518" s="0" t="s">
-        <x:v>2091</x:v>
+        <x:v>2095</x:v>
       </x:c>
       <x:c r="G518" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
+      <x:c r="I518" s="2" t="s">
+        <x:v>2096</x:v>
+      </x:c>
       <x:c r="J518" s="0" t="s">
-        <x:v>73</x:v>
-[...2 lines deleted...]
-        <x:v>2092</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A519" s="0" t="s">
-        <x:v>2093</x:v>
+        <x:v>2097</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
-        <x:v>2094</x:v>
+        <x:v>2098</x:v>
       </x:c>
       <x:c r="D519" s="0" t="s">
-        <x:v>2048</x:v>
+        <x:v>2081</x:v>
       </x:c>
       <x:c r="E519" s="0" t="s">
-        <x:v>2049</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="F519" s="0" t="s">
-        <x:v>2050</x:v>
+        <x:v>2083</x:v>
       </x:c>
       <x:c r="G519" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J519" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
+      <x:c r="K519" s="0" t="s">
+        <x:v>306</x:v>
+      </x:c>
     </x:row>
     <x:row r="520" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A520" s="0" t="s">
-        <x:v>2095</x:v>
+        <x:v>2099</x:v>
       </x:c>
       <x:c r="B520" s="0" t="s">
-        <x:v>2096</x:v>
+        <x:v>2100</x:v>
       </x:c>
       <x:c r="D520" s="0" t="s">
-        <x:v>2097</x:v>
+        <x:v>2101</x:v>
       </x:c>
       <x:c r="E520" s="0" t="s">
-        <x:v>2049</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="F520" s="0" t="s">
-        <x:v>2098</x:v>
+        <x:v>2102</x:v>
       </x:c>
       <x:c r="G520" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J520" s="0" t="s">
-        <x:v>448</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="K520" s="0" t="s">
-        <x:v>1390</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A521" s="0" t="s">
-        <x:v>2099</x:v>
+        <x:v>2103</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
-        <x:v>2100</x:v>
+        <x:v>2104</x:v>
       </x:c>
       <x:c r="D521" s="0" t="s">
-        <x:v>2101</x:v>
+        <x:v>2105</x:v>
       </x:c>
       <x:c r="E521" s="0" t="s">
-        <x:v>2049</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="F521" s="0" t="s">
-        <x:v>2102</x:v>
+        <x:v>2106</x:v>
       </x:c>
       <x:c r="G521" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J521" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="K521" s="0" t="s">
-        <x:v>2103</x:v>
+        <x:v>2107</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:11" ht="14.25" customHeight="1">
-      <x:c r="A522" s="2" t="s">
-        <x:v>2104</x:v>
+      <x:c r="A522" s="0" t="s">
+        <x:v>2108</x:v>
       </x:c>
       <x:c r="B522" s="0" t="s">
-        <x:v>2105</x:v>
+        <x:v>2109</x:v>
       </x:c>
       <x:c r="D522" s="0" t="s">
-        <x:v>2097</x:v>
+        <x:v>2110</x:v>
       </x:c>
       <x:c r="E522" s="0" t="s">
-        <x:v>2049</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="F522" s="0" t="s">
-        <x:v>2098</x:v>
+        <x:v>2111</x:v>
       </x:c>
       <x:c r="G522" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="I522" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J522" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="K522" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>708</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A523" s="0" t="s">
-        <x:v>2107</x:v>
+        <x:v>2112</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
-        <x:v>2108</x:v>
+        <x:v>2113</x:v>
       </x:c>
       <x:c r="D523" s="0" t="s">
-        <x:v>2101</x:v>
+        <x:v>2114</x:v>
       </x:c>
       <x:c r="E523" s="0" t="s">
-        <x:v>2049</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="F523" s="0" t="s">
-        <x:v>2109</x:v>
+        <x:v>2115</x:v>
       </x:c>
       <x:c r="G523" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J523" s="0" t="s">
-        <x:v>369</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K523" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>774</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A524" s="0" t="s">
-        <x:v>2110</x:v>
+        <x:v>2116</x:v>
       </x:c>
       <x:c r="B524" s="0" t="s">
-        <x:v>2111</x:v>
+        <x:v>2117</x:v>
       </x:c>
       <x:c r="D524" s="0" t="s">
-        <x:v>2112</x:v>
+        <x:v>2118</x:v>
       </x:c>
       <x:c r="E524" s="0" t="s">
-        <x:v>2049</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="F524" s="0" t="s">
-        <x:v>2113</x:v>
+        <x:v>2119</x:v>
       </x:c>
       <x:c r="G524" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J524" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K524" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A525" s="0" t="s">
-        <x:v>2114</x:v>
+        <x:v>2120</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
-        <x:v>2115</x:v>
+        <x:v>2121</x:v>
       </x:c>
       <x:c r="D525" s="0" t="s">
-        <x:v>2116</x:v>
+        <x:v>2122</x:v>
       </x:c>
       <x:c r="E525" s="0" t="s">
-        <x:v>2049</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="F525" s="0" t="s">
-        <x:v>2117</x:v>
+        <x:v>2123</x:v>
       </x:c>
       <x:c r="G525" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J525" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K525" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A526" s="0" t="s">
-        <x:v>2118</x:v>
+        <x:v>2124</x:v>
       </x:c>
       <x:c r="B526" s="0" t="s">
-        <x:v>2119</x:v>
+        <x:v>2125</x:v>
       </x:c>
       <x:c r="D526" s="0" t="s">
-        <x:v>2120</x:v>
+        <x:v>2105</x:v>
       </x:c>
       <x:c r="E526" s="0" t="s">
-        <x:v>2049</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="F526" s="0" t="s">
-        <x:v>2121</x:v>
+        <x:v>2106</x:v>
       </x:c>
       <x:c r="G526" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J526" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K526" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>2126</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A527" s="0" t="s">
-        <x:v>2122</x:v>
+        <x:v>2127</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
-        <x:v>2123</x:v>
+        <x:v>2128</x:v>
       </x:c>
       <x:c r="D527" s="0" t="s">
-        <x:v>2057</x:v>
+        <x:v>2129</x:v>
       </x:c>
       <x:c r="E527" s="0" t="s">
-        <x:v>2049</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="F527" s="0" t="s">
-        <x:v>2124</x:v>
+        <x:v>2130</x:v>
       </x:c>
       <x:c r="G527" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J527" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="K527" s="0" t="s">
-        <x:v>2125</x:v>
+        <x:v>1406</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A528" s="0" t="s">
-        <x:v>2126</x:v>
+        <x:v>2131</x:v>
       </x:c>
       <x:c r="B528" s="0" t="s">
-        <x:v>2127</x:v>
+        <x:v>2132</x:v>
       </x:c>
       <x:c r="D528" s="0" t="s">
-        <x:v>2128</x:v>
+        <x:v>2133</x:v>
       </x:c>
       <x:c r="E528" s="0" t="s">
-        <x:v>2049</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="F528" s="0" t="s">
+        <x:v>2134</x:v>
+      </x:c>
+      <x:c r="G528" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J528" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="K528" s="0" t="s">
+        <x:v>2135</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="529" spans="1:11" ht="14.25" customHeight="1">
+      <x:c r="A529" s="2" t="s">
+        <x:v>2136</x:v>
+      </x:c>
+      <x:c r="B529" s="0" t="s">
+        <x:v>2137</x:v>
+      </x:c>
+      <x:c r="D529" s="0" t="s">
         <x:v>2129</x:v>
       </x:c>
-      <x:c r="G528" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="J528" s="0" t="s">
+      <x:c r="E529" s="0" t="s">
+        <x:v>2082</x:v>
+      </x:c>
+      <x:c r="F529" s="0" t="s">
+        <x:v>2130</x:v>
+      </x:c>
+      <x:c r="G529" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I529" s="0" t="s">
+        <x:v>2138</x:v>
+      </x:c>
+      <x:c r="J529" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
-      <x:c r="K528" s="0" t="s">
+      <x:c r="K529" s="0" t="s">
         <x:v>93</x:v>
-      </x:c>
-[...24 lines deleted...]
-        <x:v>2134</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A530" s="0" t="s">
-        <x:v>2135</x:v>
+        <x:v>2139</x:v>
       </x:c>
       <x:c r="B530" s="0" t="s">
-        <x:v>2136</x:v>
+        <x:v>2140</x:v>
       </x:c>
       <x:c r="D530" s="0" t="s">
-        <x:v>2132</x:v>
+        <x:v>2133</x:v>
       </x:c>
       <x:c r="E530" s="0" t="s">
-        <x:v>2049</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="F530" s="0" t="s">
-        <x:v>2137</x:v>
+        <x:v>2141</x:v>
       </x:c>
       <x:c r="G530" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J530" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>374</x:v>
+      </x:c>
+      <x:c r="K530" s="0" t="s">
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A531" s="0" t="s">
-        <x:v>2138</x:v>
+        <x:v>2142</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
-        <x:v>2139</x:v>
+        <x:v>2143</x:v>
       </x:c>
       <x:c r="D531" s="0" t="s">
-        <x:v>2140</x:v>
+        <x:v>2144</x:v>
       </x:c>
       <x:c r="E531" s="0" t="s">
-        <x:v>2049</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="F531" s="0" t="s">
-        <x:v>2141</x:v>
+        <x:v>2145</x:v>
       </x:c>
       <x:c r="G531" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J531" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="K531" s="0" t="s">
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A532" s="0" t="s">
-        <x:v>2142</x:v>
+        <x:v>2146</x:v>
       </x:c>
       <x:c r="B532" s="0" t="s">
-        <x:v>2143</x:v>
+        <x:v>2147</x:v>
       </x:c>
       <x:c r="D532" s="0" t="s">
-        <x:v>2097</x:v>
+        <x:v>2148</x:v>
       </x:c>
       <x:c r="E532" s="0" t="s">
-        <x:v>2049</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="F532" s="0" t="s">
-        <x:v>2144</x:v>
+        <x:v>2149</x:v>
       </x:c>
       <x:c r="G532" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J532" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="K532" s="0" t="s">
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A533" s="0" t="s">
-        <x:v>2145</x:v>
+        <x:v>2150</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
-        <x:v>2146</x:v>
+        <x:v>2151</x:v>
       </x:c>
       <x:c r="D533" s="0" t="s">
-        <x:v>2147</x:v>
+        <x:v>2152</x:v>
       </x:c>
       <x:c r="E533" s="0" t="s">
-        <x:v>2049</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="F533" s="0" t="s">
-        <x:v>2148</x:v>
+        <x:v>2153</x:v>
       </x:c>
       <x:c r="G533" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="I533" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J533" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K533" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A534" s="0" t="s">
-        <x:v>2150</x:v>
+        <x:v>2154</x:v>
       </x:c>
       <x:c r="B534" s="0" t="s">
-        <x:v>2151</x:v>
+        <x:v>2155</x:v>
       </x:c>
       <x:c r="D534" s="0" t="s">
-        <x:v>2097</x:v>
+        <x:v>2156</x:v>
       </x:c>
       <x:c r="E534" s="0" t="s">
-        <x:v>2049</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="F534" s="0" t="s">
-        <x:v>2152</x:v>
+        <x:v>2091</x:v>
       </x:c>
       <x:c r="G534" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J534" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="K534" s="0" t="s">
+        <x:v>2157</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A535" s="0" t="s">
-        <x:v>2153</x:v>
+        <x:v>2158</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
-        <x:v>2154</x:v>
+        <x:v>2159</x:v>
       </x:c>
       <x:c r="D535" s="0" t="s">
-        <x:v>2097</x:v>
+        <x:v>2160</x:v>
       </x:c>
       <x:c r="E535" s="0" t="s">
-        <x:v>2049</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="F535" s="0" t="s">
-        <x:v>2098</x:v>
+        <x:v>2161</x:v>
       </x:c>
       <x:c r="G535" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="I535" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J535" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K535" s="0" t="s">
-        <x:v>1329</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A536" s="0" t="s">
-        <x:v>2156</x:v>
+        <x:v>2162</x:v>
       </x:c>
       <x:c r="B536" s="0" t="s">
-        <x:v>2157</x:v>
+        <x:v>2163</x:v>
       </x:c>
       <x:c r="D536" s="0" t="s">
-        <x:v>2158</x:v>
+        <x:v>2164</x:v>
       </x:c>
       <x:c r="E536" s="0" t="s">
-        <x:v>2049</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="F536" s="0" t="s">
-        <x:v>2159</x:v>
+        <x:v>2165</x:v>
       </x:c>
       <x:c r="G536" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J536" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K536" s="0" t="s">
-        <x:v>51</x:v>
-[...4 lines deleted...]
-        <x:v>2160</x:v>
+        <x:v>2166</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="537" spans="1:11" ht="14.25" customHeight="1">
+      <x:c r="A537" s="0" t="s">
+        <x:v>2167</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
-        <x:v>2161</x:v>
+        <x:v>2168</x:v>
       </x:c>
       <x:c r="D537" s="0" t="s">
-        <x:v>2162</x:v>
+        <x:v>2164</x:v>
       </x:c>
       <x:c r="E537" s="0" t="s">
-        <x:v>2049</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="F537" s="0" t="s">
-        <x:v>2163</x:v>
+        <x:v>2169</x:v>
       </x:c>
       <x:c r="G537" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J537" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A538" s="0" t="s">
-        <x:v>2164</x:v>
+        <x:v>2170</x:v>
       </x:c>
       <x:c r="B538" s="0" t="s">
-        <x:v>2165</x:v>
+        <x:v>2171</x:v>
       </x:c>
       <x:c r="D538" s="0" t="s">
-        <x:v>2097</x:v>
+        <x:v>2172</x:v>
       </x:c>
       <x:c r="E538" s="0" t="s">
-        <x:v>2049</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="F538" s="0" t="s">
-        <x:v>2166</x:v>
+        <x:v>2173</x:v>
       </x:c>
       <x:c r="G538" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J538" s="0" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A539" s="0" t="s">
-        <x:v>2167</x:v>
+        <x:v>2174</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
-        <x:v>2168</x:v>
+        <x:v>2175</x:v>
       </x:c>
       <x:c r="D539" s="0" t="s">
-        <x:v>2097</x:v>
+        <x:v>2129</x:v>
       </x:c>
       <x:c r="E539" s="0" t="s">
-        <x:v>2049</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="F539" s="0" t="s">
-        <x:v>2169</x:v>
+        <x:v>2176</x:v>
       </x:c>
       <x:c r="G539" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J539" s="0" t="s">
-        <x:v>229</x:v>
-[...2 lines deleted...]
-        <x:v>1718</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A540" s="0" t="s">
-        <x:v>2170</x:v>
+        <x:v>2177</x:v>
       </x:c>
       <x:c r="B540" s="0" t="s">
-        <x:v>2171</x:v>
+        <x:v>2178</x:v>
       </x:c>
       <x:c r="D540" s="0" t="s">
-        <x:v>2097</x:v>
+        <x:v>2179</x:v>
       </x:c>
       <x:c r="E540" s="0" t="s">
-        <x:v>2049</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="F540" s="0" t="s">
-        <x:v>2172</x:v>
+        <x:v>2180</x:v>
       </x:c>
       <x:c r="G540" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J540" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="K540" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>2181</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A541" s="0" t="s">
-        <x:v>2173</x:v>
+        <x:v>2182</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
-        <x:v>2174</x:v>
+        <x:v>2183</x:v>
       </x:c>
       <x:c r="D541" s="0" t="s">
-        <x:v>2101</x:v>
+        <x:v>2129</x:v>
       </x:c>
       <x:c r="E541" s="0" t="s">
-        <x:v>2049</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="F541" s="0" t="s">
-        <x:v>2175</x:v>
+        <x:v>2184</x:v>
       </x:c>
       <x:c r="G541" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J541" s="0" t="s">
-        <x:v>331</x:v>
-[...2 lines deleted...]
-        <x:v>332</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A542" s="0" t="s">
-        <x:v>2176</x:v>
+        <x:v>2185</x:v>
       </x:c>
       <x:c r="B542" s="0" t="s">
-        <x:v>2177</x:v>
+        <x:v>2186</x:v>
       </x:c>
       <x:c r="D542" s="0" t="s">
-        <x:v>2178</x:v>
+        <x:v>2129</x:v>
       </x:c>
       <x:c r="E542" s="0" t="s">
-        <x:v>2049</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="F542" s="0" t="s">
-        <x:v>2179</x:v>
+        <x:v>2130</x:v>
       </x:c>
       <x:c r="G542" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J542" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K542" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>2187</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A543" s="0" t="s">
-        <x:v>2180</x:v>
+        <x:v>2188</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
-        <x:v>2181</x:v>
+        <x:v>2189</x:v>
       </x:c>
       <x:c r="D543" s="0" t="s">
-        <x:v>2182</x:v>
+        <x:v>2190</x:v>
       </x:c>
       <x:c r="E543" s="0" t="s">
-        <x:v>2049</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="F543" s="0" t="s">
-        <x:v>2058</x:v>
+        <x:v>2191</x:v>
       </x:c>
       <x:c r="G543" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J543" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K543" s="0" t="s">
-        <x:v>395</x:v>
-[...4 lines deleted...]
-        <x:v>2183</x:v>
+        <x:v>51</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="544" spans="1:11" ht="28.5" customHeight="1">
+      <x:c r="A544" s="2" t="s">
+        <x:v>2192</x:v>
       </x:c>
       <x:c r="B544" s="0" t="s">
-        <x:v>2184</x:v>
+        <x:v>2193</x:v>
       </x:c>
       <x:c r="D544" s="0" t="s">
-        <x:v>2185</x:v>
+        <x:v>2194</x:v>
       </x:c>
       <x:c r="E544" s="0" t="s">
-        <x:v>2049</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="F544" s="0" t="s">
-        <x:v>2186</x:v>
+        <x:v>2195</x:v>
       </x:c>
       <x:c r="G544" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J544" s="0" t="s">
-        <x:v>36</x:v>
-[...2 lines deleted...]
-        <x:v>132</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A545" s="0" t="s">
-        <x:v>2187</x:v>
+        <x:v>2196</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
-        <x:v>2188</x:v>
+        <x:v>2197</x:v>
       </x:c>
       <x:c r="D545" s="0" t="s">
-        <x:v>2083</x:v>
+        <x:v>2129</x:v>
       </x:c>
       <x:c r="E545" s="0" t="s">
-        <x:v>2049</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="F545" s="0" t="s">
-        <x:v>2189</x:v>
+        <x:v>2198</x:v>
       </x:c>
       <x:c r="G545" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J545" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="K545" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A546" s="0" t="s">
-        <x:v>2190</x:v>
+        <x:v>2199</x:v>
       </x:c>
       <x:c r="B546" s="0" t="s">
-        <x:v>2191</x:v>
+        <x:v>2200</x:v>
       </x:c>
       <x:c r="D546" s="0" t="s">
-        <x:v>2070</x:v>
+        <x:v>2129</x:v>
       </x:c>
       <x:c r="E546" s="0" t="s">
-        <x:v>2049</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="F546" s="0" t="s">
-        <x:v>2192</x:v>
+        <x:v>2201</x:v>
       </x:c>
       <x:c r="G546" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J546" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="K546" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>1745</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A547" s="0" t="s">
-        <x:v>2193</x:v>
+        <x:v>2202</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
-        <x:v>2194</x:v>
+        <x:v>2203</x:v>
       </x:c>
       <x:c r="D547" s="0" t="s">
-        <x:v>2097</x:v>
+        <x:v>2129</x:v>
       </x:c>
       <x:c r="E547" s="0" t="s">
-        <x:v>2049</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="F547" s="0" t="s">
-        <x:v>2195</x:v>
+        <x:v>2204</x:v>
       </x:c>
       <x:c r="G547" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J547" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K547" s="0" t="s">
-        <x:v>2196</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A548" s="0" t="s">
-        <x:v>2197</x:v>
+        <x:v>2205</x:v>
       </x:c>
       <x:c r="B548" s="0" t="s">
-        <x:v>2198</x:v>
+        <x:v>2206</x:v>
       </x:c>
       <x:c r="D548" s="0" t="s">
-        <x:v>2199</x:v>
+        <x:v>2133</x:v>
       </x:c>
       <x:c r="E548" s="0" t="s">
-        <x:v>2049</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="F548" s="0" t="s">
-        <x:v>2200</x:v>
+        <x:v>2207</x:v>
       </x:c>
       <x:c r="G548" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J548" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="K548" s="0" t="s">
+        <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A549" s="0" t="s">
-        <x:v>2201</x:v>
+        <x:v>2208</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
-        <x:v>2202</x:v>
+        <x:v>2209</x:v>
       </x:c>
       <x:c r="D549" s="0" t="s">
-        <x:v>2097</x:v>
+        <x:v>2210</x:v>
       </x:c>
       <x:c r="E549" s="0" t="s">
-        <x:v>2049</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="F549" s="0" t="s">
-        <x:v>2203</x:v>
+        <x:v>2211</x:v>
       </x:c>
       <x:c r="G549" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J549" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="K549" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A550" s="0" t="s">
-        <x:v>2204</x:v>
+        <x:v>2212</x:v>
       </x:c>
       <x:c r="B550" s="0" t="s">
-        <x:v>2205</x:v>
+        <x:v>2213</x:v>
       </x:c>
       <x:c r="D550" s="0" t="s">
-        <x:v>2206</x:v>
+        <x:v>2214</x:v>
       </x:c>
       <x:c r="E550" s="0" t="s">
-        <x:v>2049</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="F550" s="0" t="s">
-        <x:v>2207</x:v>
+        <x:v>2091</x:v>
       </x:c>
       <x:c r="G550" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J550" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="K550" s="0" t="s">
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A551" s="0" t="s">
-        <x:v>2208</x:v>
+        <x:v>2215</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
-        <x:v>2209</x:v>
+        <x:v>2216</x:v>
       </x:c>
       <x:c r="D551" s="0" t="s">
-        <x:v>2097</x:v>
+        <x:v>2217</x:v>
       </x:c>
       <x:c r="E551" s="0" t="s">
-        <x:v>2049</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="F551" s="0" t="s">
-        <x:v>2210</x:v>
+        <x:v>2218</x:v>
       </x:c>
       <x:c r="G551" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J551" s="0" t="s">
-        <x:v>369</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K551" s="0" t="s">
-        <x:v>2211</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A552" s="0" t="s">
-        <x:v>2212</x:v>
+        <x:v>2219</x:v>
       </x:c>
       <x:c r="B552" s="0" t="s">
-        <x:v>2213</x:v>
+        <x:v>2220</x:v>
       </x:c>
       <x:c r="D552" s="0" t="s">
-        <x:v>2097</x:v>
+        <x:v>2118</x:v>
       </x:c>
       <x:c r="E552" s="0" t="s">
-        <x:v>2049</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="F552" s="0" t="s">
-        <x:v>2214</x:v>
+        <x:v>2221</x:v>
       </x:c>
       <x:c r="G552" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J552" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A553" s="0" t="s">
-        <x:v>2215</x:v>
+        <x:v>2222</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
-        <x:v>2216</x:v>
+        <x:v>2223</x:v>
       </x:c>
       <x:c r="D553" s="0" t="s">
-        <x:v>2097</x:v>
+        <x:v>2105</x:v>
       </x:c>
       <x:c r="E553" s="0" t="s">
-        <x:v>2049</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="F553" s="0" t="s">
-        <x:v>2217</x:v>
+        <x:v>2224</x:v>
       </x:c>
       <x:c r="G553" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J553" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="K553" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A554" s="0" t="s">
-        <x:v>2218</x:v>
+        <x:v>2225</x:v>
       </x:c>
       <x:c r="B554" s="0" t="s">
-        <x:v>2219</x:v>
+        <x:v>2226</x:v>
       </x:c>
       <x:c r="D554" s="0" t="s">
-        <x:v>2158</x:v>
+        <x:v>2129</x:v>
       </x:c>
       <x:c r="E554" s="0" t="s">
-        <x:v>2049</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="F554" s="0" t="s">
-        <x:v>2159</x:v>
+        <x:v>2227</x:v>
       </x:c>
       <x:c r="G554" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J554" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="K554" s="0" t="s">
+        <x:v>2228</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A555" s="0" t="s">
-        <x:v>2220</x:v>
+        <x:v>2229</x:v>
       </x:c>
       <x:c r="B555" s="0" t="s">
-        <x:v>2221</x:v>
+        <x:v>2230</x:v>
       </x:c>
       <x:c r="D555" s="0" t="s">
-        <x:v>2222</x:v>
+        <x:v>2231</x:v>
       </x:c>
       <x:c r="E555" s="0" t="s">
-        <x:v>2049</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="F555" s="0" t="s">
-        <x:v>2223</x:v>
+        <x:v>2232</x:v>
       </x:c>
       <x:c r="G555" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J555" s="0" t="s">
-        <x:v>153</x:v>
-[...2 lines deleted...]
-        <x:v>154</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A556" s="0" t="s">
-        <x:v>2224</x:v>
+        <x:v>2233</x:v>
       </x:c>
       <x:c r="B556" s="0" t="s">
-        <x:v>2225</x:v>
+        <x:v>2234</x:v>
       </x:c>
       <x:c r="D556" s="0" t="s">
-        <x:v>2101</x:v>
+        <x:v>2129</x:v>
       </x:c>
       <x:c r="E556" s="0" t="s">
-        <x:v>2049</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="F556" s="0" t="s">
-        <x:v>2226</x:v>
+        <x:v>2235</x:v>
       </x:c>
       <x:c r="G556" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J556" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="K556" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A557" s="0" t="s">
-        <x:v>2227</x:v>
+        <x:v>2236</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
-        <x:v>2228</x:v>
+        <x:v>2237</x:v>
       </x:c>
       <x:c r="D557" s="0" t="s">
-        <x:v>2101</x:v>
+        <x:v>2238</x:v>
       </x:c>
       <x:c r="E557" s="0" t="s">
-        <x:v>2049</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="F557" s="0" t="s">
-        <x:v>2229</x:v>
+        <x:v>2239</x:v>
       </x:c>
       <x:c r="G557" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J557" s="0" t="s">
-        <x:v>224</x:v>
-[...2 lines deleted...]
-        <x:v>102</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A558" s="0" t="s">
-        <x:v>2230</x:v>
+        <x:v>2240</x:v>
       </x:c>
       <x:c r="B558" s="0" t="s">
-        <x:v>2231</x:v>
+        <x:v>2241</x:v>
       </x:c>
       <x:c r="D558" s="0" t="s">
-        <x:v>1784</x:v>
+        <x:v>2129</x:v>
       </x:c>
       <x:c r="E558" s="0" t="s">
-        <x:v>2049</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="F558" s="0" t="s">
-        <x:v>2232</x:v>
+        <x:v>2242</x:v>
       </x:c>
       <x:c r="G558" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J558" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="K558" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>2243</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A559" s="0" t="s">
-        <x:v>2233</x:v>
+        <x:v>2244</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
-        <x:v>2234</x:v>
+        <x:v>2245</x:v>
       </x:c>
       <x:c r="D559" s="0" t="s">
-        <x:v>2235</x:v>
+        <x:v>2129</x:v>
       </x:c>
       <x:c r="E559" s="0" t="s">
-        <x:v>2049</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="F559" s="0" t="s">
-        <x:v>2236</x:v>
+        <x:v>2246</x:v>
       </x:c>
       <x:c r="G559" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J559" s="0" t="s">
-        <x:v>36</x:v>
-[...2 lines deleted...]
-        <x:v>2237</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A560" s="0" t="s">
-        <x:v>2238</x:v>
+        <x:v>2247</x:v>
       </x:c>
       <x:c r="B560" s="0" t="s">
-        <x:v>2239</x:v>
+        <x:v>2248</x:v>
       </x:c>
       <x:c r="D560" s="0" t="s">
-        <x:v>2097</x:v>
+        <x:v>2249</x:v>
       </x:c>
       <x:c r="E560" s="0" t="s">
-        <x:v>2049</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="F560" s="0" t="s">
-        <x:v>2098</x:v>
+        <x:v>2250</x:v>
       </x:c>
       <x:c r="G560" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J560" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K560" s="0" t="s">
-        <x:v>920</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A561" s="0" t="s">
-        <x:v>2240</x:v>
+        <x:v>2251</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
-        <x:v>2241</x:v>
+        <x:v>2252</x:v>
       </x:c>
       <x:c r="D561" s="0" t="s">
-        <x:v>2101</x:v>
+        <x:v>2253</x:v>
       </x:c>
       <x:c r="E561" s="0" t="s">
-        <x:v>2049</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="F561" s="0" t="s">
-        <x:v>2242</x:v>
+        <x:v>2191</x:v>
       </x:c>
       <x:c r="G561" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J561" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A562" s="0" t="s">
-        <x:v>2243</x:v>
+        <x:v>2254</x:v>
       </x:c>
       <x:c r="B562" s="0" t="s">
-        <x:v>2244</x:v>
+        <x:v>2255</x:v>
       </x:c>
       <x:c r="D562" s="0" t="s">
-        <x:v>2132</x:v>
+        <x:v>2194</x:v>
       </x:c>
       <x:c r="E562" s="0" t="s">
-        <x:v>2049</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="F562" s="0" t="s">
-        <x:v>2245</x:v>
+        <x:v>2256</x:v>
       </x:c>
       <x:c r="G562" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J562" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="K562" s="0" t="s">
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A563" s="0" t="s">
-        <x:v>2246</x:v>
+        <x:v>2257</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
-        <x:v>2247</x:v>
+        <x:v>2258</x:v>
       </x:c>
       <x:c r="D563" s="0" t="s">
-        <x:v>2048</x:v>
+        <x:v>2133</x:v>
       </x:c>
       <x:c r="E563" s="0" t="s">
-        <x:v>2049</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="F563" s="0" t="s">
-        <x:v>2248</x:v>
+        <x:v>2259</x:v>
       </x:c>
       <x:c r="G563" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="I563" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J563" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A564" s="0" t="s">
-        <x:v>2250</x:v>
+        <x:v>2260</x:v>
       </x:c>
       <x:c r="B564" s="0" t="s">
-        <x:v>2251</x:v>
+        <x:v>2261</x:v>
       </x:c>
       <x:c r="D564" s="0" t="s">
-        <x:v>2097</x:v>
+        <x:v>2133</x:v>
       </x:c>
       <x:c r="E564" s="0" t="s">
-        <x:v>2049</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="F564" s="0" t="s">
-        <x:v>2098</x:v>
+        <x:v>2262</x:v>
       </x:c>
       <x:c r="G564" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J564" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="K564" s="0" t="s">
-        <x:v>2252</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A565" s="0" t="s">
-        <x:v>2253</x:v>
+        <x:v>2263</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
-        <x:v>2254</x:v>
+        <x:v>2264</x:v>
       </x:c>
       <x:c r="D565" s="0" t="s">
-        <x:v>2255</x:v>
+        <x:v>1810</x:v>
       </x:c>
       <x:c r="E565" s="0" t="s">
-        <x:v>2049</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="F565" s="0" t="s">
-        <x:v>2256</x:v>
+        <x:v>2265</x:v>
       </x:c>
       <x:c r="G565" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J565" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K565" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A566" s="0" t="s">
-        <x:v>2257</x:v>
+        <x:v>2266</x:v>
       </x:c>
       <x:c r="B566" s="0" t="s">
-        <x:v>2258</x:v>
+        <x:v>2267</x:v>
       </x:c>
       <x:c r="D566" s="0" t="s">
-        <x:v>2057</x:v>
+        <x:v>2268</x:v>
       </x:c>
       <x:c r="E566" s="0" t="s">
-        <x:v>2049</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="F566" s="0" t="s">
-        <x:v>2058</x:v>
+        <x:v>2269</x:v>
       </x:c>
       <x:c r="G566" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J566" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K566" s="0" t="s">
-        <x:v>572</x:v>
+        <x:v>2270</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A567" s="0" t="s">
-        <x:v>2259</x:v>
+        <x:v>2271</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
-        <x:v>2260</x:v>
+        <x:v>2272</x:v>
       </x:c>
       <x:c r="D567" s="0" t="s">
-        <x:v>2261</x:v>
+        <x:v>2249</x:v>
       </x:c>
       <x:c r="E567" s="0" t="s">
-        <x:v>2049</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="F567" s="0" t="s">
-        <x:v>2262</x:v>
+        <x:v>2130</x:v>
       </x:c>
       <x:c r="G567" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J567" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="K567" s="0" t="s">
+        <x:v>935</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A568" s="0" t="s">
-        <x:v>2263</x:v>
+        <x:v>2273</x:v>
       </x:c>
       <x:c r="B568" s="0" t="s">
-        <x:v>2264</x:v>
+        <x:v>2274</x:v>
       </x:c>
       <x:c r="D568" s="0" t="s">
-        <x:v>2057</x:v>
+        <x:v>2133</x:v>
       </x:c>
       <x:c r="E568" s="0" t="s">
-        <x:v>2049</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="F568" s="0" t="s">
-        <x:v>2265</x:v>
+        <x:v>2141</x:v>
       </x:c>
       <x:c r="G568" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J568" s="0" t="s">
-        <x:v>237</x:v>
-[...2 lines deleted...]
-        <x:v>51</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A569" s="0" t="s">
-        <x:v>2266</x:v>
+        <x:v>2275</x:v>
       </x:c>
       <x:c r="B569" s="0" t="s">
-        <x:v>2267</x:v>
+        <x:v>2276</x:v>
       </x:c>
       <x:c r="D569" s="0" t="s">
-        <x:v>2101</x:v>
+        <x:v>2164</x:v>
       </x:c>
       <x:c r="E569" s="0" t="s">
-        <x:v>2049</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="F569" s="0" t="s">
-        <x:v>2268</x:v>
+        <x:v>2277</x:v>
       </x:c>
       <x:c r="G569" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J569" s="0" t="s">
-        <x:v>65</x:v>
-[...2 lines deleted...]
-        <x:v>931</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A570" s="0" t="s">
-        <x:v>2269</x:v>
+        <x:v>2278</x:v>
       </x:c>
       <x:c r="B570" s="0" t="s">
-        <x:v>2270</x:v>
+        <x:v>2279</x:v>
       </x:c>
       <x:c r="D570" s="0" t="s">
-        <x:v>2178</x:v>
+        <x:v>2280</x:v>
       </x:c>
       <x:c r="E570" s="0" t="s">
-        <x:v>2049</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="F570" s="0" t="s">
-        <x:v>2271</x:v>
+        <x:v>2281</x:v>
       </x:c>
       <x:c r="G570" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
+      <x:c r="I570" s="0" t="s">
+        <x:v>2282</x:v>
+      </x:c>
       <x:c r="J570" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A571" s="0" t="s">
-        <x:v>2272</x:v>
+        <x:v>2283</x:v>
       </x:c>
       <x:c r="B571" s="0" t="s">
-        <x:v>2273</x:v>
+        <x:v>2284</x:v>
       </x:c>
       <x:c r="D571" s="0" t="s">
-        <x:v>2070</x:v>
+        <x:v>2129</x:v>
       </x:c>
       <x:c r="E571" s="0" t="s">
-        <x:v>2049</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="F571" s="0" t="s">
-        <x:v>2071</x:v>
+        <x:v>2130</x:v>
       </x:c>
       <x:c r="G571" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J571" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="K571" s="0" t="s">
-        <x:v>2274</x:v>
+        <x:v>2285</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A572" s="0" t="s">
-        <x:v>2275</x:v>
+        <x:v>2286</x:v>
       </x:c>
       <x:c r="B572" s="0" t="s">
-        <x:v>2276</x:v>
+        <x:v>2287</x:v>
       </x:c>
       <x:c r="D572" s="0" t="s">
-        <x:v>2101</x:v>
+        <x:v>2288</x:v>
       </x:c>
       <x:c r="E572" s="0" t="s">
-        <x:v>2049</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="F572" s="0" t="s">
-        <x:v>2277</x:v>
+        <x:v>2289</x:v>
       </x:c>
       <x:c r="G572" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J572" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="K572" s="0" t="s">
-        <x:v>2274</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A573" s="0" t="s">
-        <x:v>2278</x:v>
+        <x:v>2290</x:v>
       </x:c>
       <x:c r="B573" s="0" t="s">
-        <x:v>2279</x:v>
+        <x:v>2291</x:v>
       </x:c>
       <x:c r="D573" s="0" t="s">
-        <x:v>2097</x:v>
+        <x:v>2090</x:v>
       </x:c>
       <x:c r="E573" s="0" t="s">
-        <x:v>2049</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="F573" s="0" t="s">
-        <x:v>2098</x:v>
+        <x:v>2091</x:v>
       </x:c>
       <x:c r="G573" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J573" s="0" t="s">
-        <x:v>448</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="K573" s="0" t="s">
-        <x:v>2280</x:v>
+        <x:v>589</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A574" s="0" t="s">
-        <x:v>2281</x:v>
+        <x:v>2292</x:v>
       </x:c>
       <x:c r="B574" s="0" t="s">
-        <x:v>2282</x:v>
+        <x:v>2293</x:v>
       </x:c>
       <x:c r="D574" s="0" t="s">
-        <x:v>2112</x:v>
+        <x:v>2294</x:v>
       </x:c>
       <x:c r="E574" s="0" t="s">
-        <x:v>2049</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="F574" s="0" t="s">
-        <x:v>2283</x:v>
+        <x:v>2295</x:v>
       </x:c>
       <x:c r="G574" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J574" s="0" t="s">
-        <x:v>153</x:v>
-[...2 lines deleted...]
-        <x:v>154</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A575" s="0" t="s">
-        <x:v>2284</x:v>
+        <x:v>2296</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
-        <x:v>2285</x:v>
+        <x:v>2297</x:v>
       </x:c>
       <x:c r="D575" s="0" t="s">
-        <x:v>2128</x:v>
+        <x:v>2090</x:v>
       </x:c>
       <x:c r="E575" s="0" t="s">
-        <x:v>2049</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="F575" s="0" t="s">
-        <x:v>2286</x:v>
+        <x:v>2298</x:v>
       </x:c>
       <x:c r="G575" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J575" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="K575" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A576" s="0" t="s">
-        <x:v>2287</x:v>
+        <x:v>2299</x:v>
       </x:c>
       <x:c r="B576" s="0" t="s">
-        <x:v>2288</x:v>
+        <x:v>2300</x:v>
       </x:c>
       <x:c r="D576" s="0" t="s">
-        <x:v>2101</x:v>
+        <x:v>2133</x:v>
       </x:c>
       <x:c r="E576" s="0" t="s">
-        <x:v>2049</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="F576" s="0" t="s">
-        <x:v>2289</x:v>
+        <x:v>2301</x:v>
       </x:c>
       <x:c r="G576" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J576" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K576" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>1320</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A577" s="0" t="s">
-        <x:v>2290</x:v>
+        <x:v>2302</x:v>
       </x:c>
       <x:c r="B577" s="0" t="s">
-        <x:v>2291</x:v>
+        <x:v>2303</x:v>
       </x:c>
       <x:c r="D577" s="0" t="s">
-        <x:v>2292</x:v>
+        <x:v>2210</x:v>
       </x:c>
       <x:c r="E577" s="0" t="s">
-        <x:v>2293</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="F577" s="0" t="s">
-        <x:v>2294</x:v>
+        <x:v>2304</x:v>
       </x:c>
       <x:c r="G577" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J577" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A578" s="0" t="s">
-        <x:v>2295</x:v>
+        <x:v>2305</x:v>
       </x:c>
       <x:c r="B578" s="0" t="s">
-        <x:v>2296</x:v>
+        <x:v>2306</x:v>
       </x:c>
       <x:c r="D578" s="0" t="s">
-        <x:v>2297</x:v>
+        <x:v>2307</x:v>
       </x:c>
       <x:c r="E578" s="0" t="s">
-        <x:v>2293</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="F578" s="0" t="s">
-        <x:v>2298</x:v>
+        <x:v>2106</x:v>
       </x:c>
       <x:c r="G578" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J578" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="K578" s="0" t="s">
+        <x:v>2308</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A579" s="0" t="s">
-        <x:v>2299</x:v>
+        <x:v>2309</x:v>
       </x:c>
       <x:c r="B579" s="0" t="s">
-        <x:v>2300</x:v>
+        <x:v>2310</x:v>
       </x:c>
       <x:c r="D579" s="0" t="s">
-        <x:v>2301</x:v>
+        <x:v>2311</x:v>
       </x:c>
       <x:c r="E579" s="0" t="s">
-        <x:v>2293</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="F579" s="0" t="s">
-        <x:v>2302</x:v>
+        <x:v>2312</x:v>
       </x:c>
       <x:c r="G579" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J579" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="K579" s="0" t="s">
+        <x:v>2308</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A580" s="0" t="s">
-        <x:v>2303</x:v>
+        <x:v>2313</x:v>
       </x:c>
       <x:c r="B580" s="0" t="s">
-        <x:v>2304</x:v>
+        <x:v>2314</x:v>
       </x:c>
       <x:c r="D580" s="0" t="s">
-        <x:v>2305</x:v>
+        <x:v>2129</x:v>
       </x:c>
       <x:c r="E580" s="0" t="s">
-        <x:v>2306</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="F580" s="0" t="s">
-        <x:v>2307</x:v>
+        <x:v>2130</x:v>
       </x:c>
       <x:c r="G580" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J580" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="K580" s="0" t="s">
-        <x:v>2308</x:v>
+        <x:v>2315</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A581" s="0" t="s">
-        <x:v>2309</x:v>
+        <x:v>2316</x:v>
       </x:c>
       <x:c r="B581" s="0" t="s">
-        <x:v>2310</x:v>
+        <x:v>2317</x:v>
       </x:c>
       <x:c r="D581" s="0" t="s">
-        <x:v>2311</x:v>
+        <x:v>2129</x:v>
       </x:c>
       <x:c r="E581" s="0" t="s">
-        <x:v>2306</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="F581" s="0" t="s">
-        <x:v>2312</x:v>
+        <x:v>2130</x:v>
       </x:c>
       <x:c r="G581" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J581" s="0" t="s">
-        <x:v>17</x:v>
-[...2 lines deleted...]
-        <x:v>2313</x:v>
+        <x:v>545</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A582" s="0" t="s">
-        <x:v>2314</x:v>
+        <x:v>2318</x:v>
       </x:c>
       <x:c r="B582" s="0" t="s">
-        <x:v>2315</x:v>
+        <x:v>2319</x:v>
       </x:c>
       <x:c r="D582" s="0" t="s">
-        <x:v>2316</x:v>
+        <x:v>2144</x:v>
       </x:c>
       <x:c r="E582" s="0" t="s">
-        <x:v>2317</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="F582" s="0" t="s">
-        <x:v>2318</x:v>
+        <x:v>2320</x:v>
       </x:c>
       <x:c r="G582" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J582" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="K582" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A583" s="0" t="s">
-        <x:v>2319</x:v>
+        <x:v>2321</x:v>
       </x:c>
       <x:c r="B583" s="0" t="s">
-        <x:v>2320</x:v>
+        <x:v>2322</x:v>
       </x:c>
       <x:c r="D583" s="0" t="s">
-        <x:v>2321</x:v>
+        <x:v>2323</x:v>
       </x:c>
       <x:c r="E583" s="0" t="s">
-        <x:v>2317</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="F583" s="0" t="s">
-        <x:v>2322</x:v>
+        <x:v>2324</x:v>
       </x:c>
       <x:c r="G583" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J583" s="0" t="s">
-        <x:v>369</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K583" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A584" s="0" t="s">
-        <x:v>2323</x:v>
+        <x:v>2325</x:v>
       </x:c>
       <x:c r="B584" s="0" t="s">
-        <x:v>2324</x:v>
+        <x:v>2326</x:v>
       </x:c>
       <x:c r="D584" s="0" t="s">
-        <x:v>2325</x:v>
+        <x:v>2133</x:v>
       </x:c>
       <x:c r="E584" s="0" t="s">
-        <x:v>2317</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="F584" s="0" t="s">
-        <x:v>2326</x:v>
+        <x:v>2327</x:v>
       </x:c>
       <x:c r="G584" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J584" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="K584" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A585" s="0" t="s">
-        <x:v>2327</x:v>
+        <x:v>2328</x:v>
       </x:c>
       <x:c r="B585" s="0" t="s">
-        <x:v>2328</x:v>
-[...1 lines deleted...]
-      <x:c r="C585" s="0" t="s">
         <x:v>2329</x:v>
       </x:c>
       <x:c r="D585" s="0" t="s">
         <x:v>2330</x:v>
       </x:c>
       <x:c r="E585" s="0" t="s">
-        <x:v>2317</x:v>
+        <x:v>2331</x:v>
       </x:c>
       <x:c r="F585" s="0" t="s">
-        <x:v>2331</x:v>
+        <x:v>2332</x:v>
       </x:c>
       <x:c r="G585" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J585" s="0" t="s">
-        <x:v>331</x:v>
-[...2 lines deleted...]
-        <x:v>1634</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A586" s="0" t="s">
-        <x:v>2332</x:v>
+        <x:v>2333</x:v>
       </x:c>
       <x:c r="B586" s="0" t="s">
-        <x:v>2333</x:v>
+        <x:v>2334</x:v>
       </x:c>
       <x:c r="D586" s="0" t="s">
-        <x:v>2334</x:v>
+        <x:v>2335</x:v>
       </x:c>
       <x:c r="E586" s="0" t="s">
-        <x:v>2317</x:v>
+        <x:v>2331</x:v>
       </x:c>
       <x:c r="F586" s="0" t="s">
-        <x:v>2335</x:v>
+        <x:v>2336</x:v>
       </x:c>
       <x:c r="G586" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J586" s="0" t="s">
-        <x:v>31</x:v>
-[...2 lines deleted...]
-        <x:v>972</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A587" s="0" t="s">
-        <x:v>2336</x:v>
+        <x:v>2337</x:v>
       </x:c>
       <x:c r="B587" s="0" t="s">
-        <x:v>2337</x:v>
+        <x:v>2338</x:v>
       </x:c>
       <x:c r="D587" s="0" t="s">
-        <x:v>2338</x:v>
+        <x:v>2339</x:v>
       </x:c>
       <x:c r="E587" s="0" t="s">
-        <x:v>2317</x:v>
+        <x:v>2331</x:v>
       </x:c>
       <x:c r="F587" s="0" t="s">
-        <x:v>2339</x:v>
+        <x:v>2340</x:v>
       </x:c>
       <x:c r="G587" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J587" s="0" t="s">
-        <x:v>224</x:v>
-[...2 lines deleted...]
-        <x:v>102</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A588" s="0" t="s">
-        <x:v>2340</x:v>
+        <x:v>2341</x:v>
       </x:c>
       <x:c r="B588" s="0" t="s">
-        <x:v>2341</x:v>
+        <x:v>2342</x:v>
       </x:c>
       <x:c r="D588" s="0" t="s">
-        <x:v>2342</x:v>
+        <x:v>2343</x:v>
       </x:c>
       <x:c r="E588" s="0" t="s">
-        <x:v>2317</x:v>
+        <x:v>2344</x:v>
       </x:c>
       <x:c r="F588" s="0" t="s">
-        <x:v>2343</x:v>
+        <x:v>2345</x:v>
       </x:c>
       <x:c r="G588" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J588" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="K588" s="0" t="s">
+        <x:v>2346</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A589" s="0" t="s">
+        <x:v>2347</x:v>
+      </x:c>
+      <x:c r="B589" s="0" t="s">
+        <x:v>2348</x:v>
+      </x:c>
+      <x:c r="D589" s="0" t="s">
+        <x:v>2349</x:v>
+      </x:c>
+      <x:c r="E589" s="0" t="s">
         <x:v>2344</x:v>
       </x:c>
-      <x:c r="B589" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F589" s="0" t="s">
-        <x:v>2347</x:v>
+        <x:v>2350</x:v>
       </x:c>
       <x:c r="G589" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J589" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="K589" s="0" t="s">
+        <x:v>2351</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A590" s="0" t="s">
-        <x:v>2348</x:v>
+        <x:v>2352</x:v>
       </x:c>
       <x:c r="B590" s="0" t="s">
-        <x:v>2349</x:v>
+        <x:v>2353</x:v>
       </x:c>
       <x:c r="D590" s="0" t="s">
-        <x:v>2350</x:v>
+        <x:v>2354</x:v>
       </x:c>
       <x:c r="E590" s="0" t="s">
-        <x:v>2317</x:v>
+        <x:v>2355</x:v>
       </x:c>
       <x:c r="F590" s="0" t="s">
-        <x:v>2351</x:v>
+        <x:v>2356</x:v>
       </x:c>
       <x:c r="G590" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J590" s="0" t="s">
-        <x:v>369</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K590" s="0" t="s">
-        <x:v>949</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A591" s="0" t="s">
-        <x:v>2352</x:v>
+        <x:v>2357</x:v>
       </x:c>
       <x:c r="B591" s="0" t="s">
-        <x:v>2353</x:v>
+        <x:v>2358</x:v>
       </x:c>
       <x:c r="D591" s="0" t="s">
-        <x:v>2354</x:v>
+        <x:v>2359</x:v>
       </x:c>
       <x:c r="E591" s="0" t="s">
-        <x:v>2317</x:v>
+        <x:v>2355</x:v>
       </x:c>
       <x:c r="F591" s="0" t="s">
-        <x:v>2355</x:v>
+        <x:v>2360</x:v>
       </x:c>
       <x:c r="G591" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J591" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="K591" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A592" s="0" t="s">
-        <x:v>2356</x:v>
+        <x:v>2361</x:v>
       </x:c>
       <x:c r="B592" s="0" t="s">
-        <x:v>2357</x:v>
+        <x:v>2362</x:v>
       </x:c>
       <x:c r="D592" s="0" t="s">
-        <x:v>2358</x:v>
+        <x:v>2363</x:v>
       </x:c>
       <x:c r="E592" s="0" t="s">
-        <x:v>2317</x:v>
+        <x:v>2355</x:v>
       </x:c>
       <x:c r="F592" s="0" t="s">
-        <x:v>2359</x:v>
+        <x:v>2364</x:v>
       </x:c>
       <x:c r="G592" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J592" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="K592" s="0" t="s">
-        <x:v>1279</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A593" s="0" t="s">
-        <x:v>2360</x:v>
+        <x:v>2365</x:v>
       </x:c>
       <x:c r="B593" s="0" t="s">
-        <x:v>2361</x:v>
+        <x:v>2366</x:v>
       </x:c>
       <x:c r="D593" s="0" t="s">
-        <x:v>2346</x:v>
+        <x:v>2367</x:v>
       </x:c>
       <x:c r="E593" s="0" t="s">
-        <x:v>2317</x:v>
+        <x:v>2355</x:v>
       </x:c>
       <x:c r="F593" s="0" t="s">
-        <x:v>2362</x:v>
+        <x:v>2368</x:v>
       </x:c>
       <x:c r="G593" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J593" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="K593" s="0" t="s">
+        <x:v>1658</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A594" s="0" t="s">
-        <x:v>2363</x:v>
+        <x:v>2369</x:v>
       </x:c>
       <x:c r="B594" s="0" t="s">
-        <x:v>2364</x:v>
+        <x:v>2370</x:v>
       </x:c>
       <x:c r="D594" s="0" t="s">
-        <x:v>2365</x:v>
+        <x:v>2371</x:v>
       </x:c>
       <x:c r="E594" s="0" t="s">
-        <x:v>2317</x:v>
+        <x:v>2355</x:v>
       </x:c>
       <x:c r="F594" s="0" t="s">
-        <x:v>2366</x:v>
+        <x:v>2372</x:v>
       </x:c>
       <x:c r="G594" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J594" s="0" t="s">
-        <x:v>369</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="K594" s="0" t="s">
-        <x:v>2367</x:v>
+        <x:v>987</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A595" s="0" t="s">
-        <x:v>2368</x:v>
+        <x:v>2373</x:v>
       </x:c>
       <x:c r="B595" s="0" t="s">
-        <x:v>2369</x:v>
+        <x:v>2374</x:v>
       </x:c>
       <x:c r="D595" s="0" t="s">
-        <x:v>2316</x:v>
+        <x:v>2375</x:v>
       </x:c>
       <x:c r="E595" s="0" t="s">
-        <x:v>2317</x:v>
+        <x:v>2355</x:v>
       </x:c>
       <x:c r="F595" s="0" t="s">
-        <x:v>2370</x:v>
+        <x:v>2376</x:v>
       </x:c>
       <x:c r="G595" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J595" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="K595" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A596" s="0" t="s">
-        <x:v>2371</x:v>
+        <x:v>2377</x:v>
       </x:c>
       <x:c r="B596" s="0" t="s">
-        <x:v>2372</x:v>
+        <x:v>2378</x:v>
       </x:c>
       <x:c r="D596" s="0" t="s">
-        <x:v>2373</x:v>
+        <x:v>2379</x:v>
       </x:c>
       <x:c r="E596" s="0" t="s">
-        <x:v>2317</x:v>
+        <x:v>2355</x:v>
       </x:c>
       <x:c r="F596" s="0" t="s">
-        <x:v>2374</x:v>
+        <x:v>2380</x:v>
       </x:c>
       <x:c r="G596" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J596" s="0" t="s">
-        <x:v>42</x:v>
-[...2 lines deleted...]
-        <x:v>51</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A597" s="0" t="s">
-        <x:v>2375</x:v>
+        <x:v>2381</x:v>
       </x:c>
       <x:c r="B597" s="0" t="s">
-        <x:v>2376</x:v>
+        <x:v>2382</x:v>
       </x:c>
       <x:c r="D597" s="0" t="s">
-        <x:v>2377</x:v>
+        <x:v>2383</x:v>
       </x:c>
       <x:c r="E597" s="0" t="s">
-        <x:v>2317</x:v>
+        <x:v>2355</x:v>
       </x:c>
       <x:c r="F597" s="0" t="s">
-        <x:v>2378</x:v>
+        <x:v>2384</x:v>
       </x:c>
       <x:c r="G597" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J597" s="0" t="s">
-        <x:v>36</x:v>
-[...2 lines deleted...]
-        <x:v>1980</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A598" s="0" t="s">
-        <x:v>2379</x:v>
+        <x:v>2385</x:v>
       </x:c>
       <x:c r="B598" s="0" t="s">
-        <x:v>2380</x:v>
+        <x:v>2386</x:v>
       </x:c>
       <x:c r="D598" s="0" t="s">
-        <x:v>2381</x:v>
+        <x:v>2387</x:v>
       </x:c>
       <x:c r="E598" s="0" t="s">
-        <x:v>2317</x:v>
+        <x:v>2355</x:v>
       </x:c>
       <x:c r="F598" s="0" t="s">
-        <x:v>2382</x:v>
+        <x:v>2388</x:v>
       </x:c>
       <x:c r="G598" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J598" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="K598" s="0" t="s">
-        <x:v>1279</x:v>
+        <x:v>964</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A599" s="0" t="s">
-        <x:v>2383</x:v>
+        <x:v>2389</x:v>
       </x:c>
       <x:c r="B599" s="0" t="s">
-        <x:v>2384</x:v>
+        <x:v>2390</x:v>
       </x:c>
       <x:c r="D599" s="0" t="s">
-        <x:v>2377</x:v>
+        <x:v>2391</x:v>
       </x:c>
       <x:c r="E599" s="0" t="s">
-        <x:v>2317</x:v>
+        <x:v>2355</x:v>
       </x:c>
       <x:c r="F599" s="0" t="s">
-        <x:v>2385</x:v>
+        <x:v>2392</x:v>
       </x:c>
       <x:c r="G599" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J599" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K599" s="0" t="s">
-        <x:v>675</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A600" s="0" t="s">
-        <x:v>2386</x:v>
+        <x:v>2393</x:v>
       </x:c>
       <x:c r="B600" s="0" t="s">
-        <x:v>2387</x:v>
+        <x:v>2394</x:v>
       </x:c>
       <x:c r="D600" s="0" t="s">
-        <x:v>2388</x:v>
+        <x:v>2395</x:v>
       </x:c>
       <x:c r="E600" s="0" t="s">
-        <x:v>2317</x:v>
+        <x:v>2355</x:v>
       </x:c>
       <x:c r="F600" s="0" t="s">
-        <x:v>2389</x:v>
+        <x:v>2396</x:v>
       </x:c>
       <x:c r="G600" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J600" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="K600" s="0" t="s">
+        <x:v>1295</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A601" s="0" t="s">
-        <x:v>2390</x:v>
+        <x:v>2397</x:v>
       </x:c>
       <x:c r="B601" s="0" t="s">
-        <x:v>2391</x:v>
+        <x:v>2398</x:v>
       </x:c>
       <x:c r="D601" s="0" t="s">
-        <x:v>2392</x:v>
+        <x:v>2383</x:v>
       </x:c>
       <x:c r="E601" s="0" t="s">
-        <x:v>2317</x:v>
+        <x:v>2355</x:v>
       </x:c>
       <x:c r="F601" s="0" t="s">
-        <x:v>2393</x:v>
+        <x:v>2399</x:v>
       </x:c>
       <x:c r="G601" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J601" s="0" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A602" s="0" t="s">
-        <x:v>2394</x:v>
+        <x:v>2400</x:v>
       </x:c>
       <x:c r="B602" s="0" t="s">
-        <x:v>2395</x:v>
+        <x:v>2401</x:v>
       </x:c>
       <x:c r="D602" s="0" t="s">
-        <x:v>2396</x:v>
+        <x:v>2402</x:v>
       </x:c>
       <x:c r="E602" s="0" t="s">
-        <x:v>2317</x:v>
+        <x:v>2355</x:v>
       </x:c>
       <x:c r="F602" s="0" t="s">
-        <x:v>2397</x:v>
+        <x:v>2403</x:v>
       </x:c>
       <x:c r="G602" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J602" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="K602" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>2404</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A603" s="0" t="s">
-        <x:v>2398</x:v>
+        <x:v>2405</x:v>
       </x:c>
       <x:c r="B603" s="0" t="s">
-        <x:v>2399</x:v>
+        <x:v>2406</x:v>
       </x:c>
       <x:c r="D603" s="0" t="s">
-        <x:v>2400</x:v>
+        <x:v>2354</x:v>
       </x:c>
       <x:c r="E603" s="0" t="s">
-        <x:v>2317</x:v>
+        <x:v>2355</x:v>
       </x:c>
       <x:c r="F603" s="0" t="s">
-        <x:v>2401</x:v>
+        <x:v>2407</x:v>
       </x:c>
       <x:c r="G603" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J603" s="0" t="s">
-        <x:v>252</x:v>
-[...2 lines deleted...]
-        <x:v>2402</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A604" s="0" t="s">
-        <x:v>2403</x:v>
+        <x:v>2408</x:v>
       </x:c>
       <x:c r="B604" s="0" t="s">
-        <x:v>2404</x:v>
+        <x:v>2409</x:v>
       </x:c>
       <x:c r="D604" s="0" t="s">
-        <x:v>2396</x:v>
+        <x:v>2410</x:v>
       </x:c>
       <x:c r="E604" s="0" t="s">
-        <x:v>2317</x:v>
+        <x:v>2355</x:v>
       </x:c>
       <x:c r="F604" s="0" t="s">
-        <x:v>2405</x:v>
+        <x:v>2411</x:v>
       </x:c>
       <x:c r="G604" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J604" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K604" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A605" s="0" t="s">
-        <x:v>2406</x:v>
+        <x:v>2412</x:v>
       </x:c>
       <x:c r="B605" s="0" t="s">
-        <x:v>2407</x:v>
+        <x:v>2413</x:v>
       </x:c>
       <x:c r="D605" s="0" t="s">
-        <x:v>2408</x:v>
+        <x:v>2414</x:v>
       </x:c>
       <x:c r="E605" s="0" t="s">
-        <x:v>2317</x:v>
+        <x:v>2355</x:v>
       </x:c>
       <x:c r="F605" s="0" t="s">
-        <x:v>2409</x:v>
+        <x:v>2415</x:v>
       </x:c>
       <x:c r="G605" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J605" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K605" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>2009</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A606" s="0" t="s">
-        <x:v>2410</x:v>
+        <x:v>2416</x:v>
       </x:c>
       <x:c r="B606" s="0" t="s">
-        <x:v>2411</x:v>
+        <x:v>2417</x:v>
       </x:c>
       <x:c r="D606" s="0" t="s">
-        <x:v>2412</x:v>
+        <x:v>2418</x:v>
       </x:c>
       <x:c r="E606" s="0" t="s">
-        <x:v>2317</x:v>
+        <x:v>2355</x:v>
       </x:c>
       <x:c r="F606" s="0" t="s">
-        <x:v>2413</x:v>
+        <x:v>2419</x:v>
       </x:c>
       <x:c r="G606" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J606" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K606" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>1295</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A607" s="0" t="s">
+        <x:v>2420</x:v>
+      </x:c>
+      <x:c r="B607" s="0" t="s">
+        <x:v>2421</x:v>
+      </x:c>
+      <x:c r="D607" s="0" t="s">
         <x:v>2414</x:v>
       </x:c>
-      <x:c r="B607" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E607" s="0" t="s">
-        <x:v>2317</x:v>
+        <x:v>2355</x:v>
       </x:c>
       <x:c r="F607" s="0" t="s">
-        <x:v>2416</x:v>
+        <x:v>2422</x:v>
       </x:c>
       <x:c r="G607" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J607" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="K607" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>690</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A608" s="0" t="s">
-        <x:v>2417</x:v>
+        <x:v>2423</x:v>
       </x:c>
       <x:c r="B608" s="0" t="s">
-        <x:v>2418</x:v>
+        <x:v>2424</x:v>
       </x:c>
       <x:c r="D608" s="0" t="s">
-        <x:v>2255</x:v>
+        <x:v>2425</x:v>
       </x:c>
       <x:c r="E608" s="0" t="s">
-        <x:v>2317</x:v>
+        <x:v>2355</x:v>
       </x:c>
       <x:c r="F608" s="0" t="s">
-        <x:v>2419</x:v>
+        <x:v>2426</x:v>
       </x:c>
       <x:c r="G608" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J608" s="0" t="s">
-        <x:v>252</x:v>
-[...2 lines deleted...]
-        <x:v>253</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A609" s="0" t="s">
-        <x:v>2420</x:v>
+        <x:v>2427</x:v>
       </x:c>
       <x:c r="B609" s="0" t="s">
-        <x:v>2421</x:v>
+        <x:v>2428</x:v>
       </x:c>
       <x:c r="D609" s="0" t="s">
-        <x:v>2325</x:v>
+        <x:v>2429</x:v>
       </x:c>
       <x:c r="E609" s="0" t="s">
-        <x:v>2317</x:v>
+        <x:v>2355</x:v>
       </x:c>
       <x:c r="F609" s="0" t="s">
-        <x:v>2422</x:v>
+        <x:v>2430</x:v>
       </x:c>
       <x:c r="G609" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J609" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K609" s="0" t="s">
-        <x:v>2423</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A610" s="0" t="s">
-        <x:v>2424</x:v>
+        <x:v>2431</x:v>
       </x:c>
       <x:c r="B610" s="0" t="s">
-        <x:v>2425</x:v>
+        <x:v>2432</x:v>
       </x:c>
       <x:c r="D610" s="0" t="s">
-        <x:v>1130</x:v>
+        <x:v>2433</x:v>
       </x:c>
       <x:c r="E610" s="0" t="s">
-        <x:v>2317</x:v>
+        <x:v>2355</x:v>
       </x:c>
       <x:c r="F610" s="0" t="s">
-        <x:v>2426</x:v>
+        <x:v>2434</x:v>
       </x:c>
       <x:c r="G610" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J610" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="K610" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A611" s="0" t="s">
-        <x:v>2427</x:v>
+        <x:v>2435</x:v>
       </x:c>
       <x:c r="B611" s="0" t="s">
-        <x:v>2428</x:v>
+        <x:v>2436</x:v>
       </x:c>
       <x:c r="D611" s="0" t="s">
-        <x:v>2429</x:v>
+        <x:v>2437</x:v>
       </x:c>
       <x:c r="E611" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>2355</x:v>
       </x:c>
       <x:c r="F611" s="0" t="s">
-        <x:v>2430</x:v>
+        <x:v>2438</x:v>
       </x:c>
       <x:c r="G611" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J611" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="K611" s="0" t="s">
+        <x:v>2439</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A612" s="0" t="s">
-        <x:v>2431</x:v>
+        <x:v>2440</x:v>
       </x:c>
       <x:c r="B612" s="0" t="s">
-        <x:v>2432</x:v>
+        <x:v>2441</x:v>
       </x:c>
       <x:c r="D612" s="0" t="s">
         <x:v>2433</x:v>
       </x:c>
       <x:c r="E612" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>2355</x:v>
       </x:c>
       <x:c r="F612" s="0" t="s">
-        <x:v>2434</x:v>
+        <x:v>2442</x:v>
       </x:c>
       <x:c r="G612" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J612" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="K612" s="0" t="s">
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A613" s="0" t="s">
-        <x:v>2435</x:v>
+        <x:v>2443</x:v>
       </x:c>
       <x:c r="B613" s="0" t="s">
-        <x:v>2436</x:v>
+        <x:v>2444</x:v>
       </x:c>
       <x:c r="D613" s="0" t="s">
-        <x:v>2437</x:v>
+        <x:v>2445</x:v>
       </x:c>
       <x:c r="E613" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>2355</x:v>
       </x:c>
       <x:c r="F613" s="0" t="s">
-        <x:v>2438</x:v>
+        <x:v>2446</x:v>
       </x:c>
       <x:c r="G613" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J613" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="K613" s="0" t="s">
-        <x:v>2211</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A614" s="0" t="s">
-        <x:v>2439</x:v>
+        <x:v>2447</x:v>
       </x:c>
       <x:c r="B614" s="0" t="s">
-        <x:v>2440</x:v>
+        <x:v>2448</x:v>
       </x:c>
       <x:c r="D614" s="0" t="s">
-        <x:v>2429</x:v>
+        <x:v>2449</x:v>
       </x:c>
       <x:c r="E614" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>2355</x:v>
       </x:c>
       <x:c r="F614" s="0" t="s">
-        <x:v>2441</x:v>
+        <x:v>2450</x:v>
       </x:c>
       <x:c r="G614" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J614" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="K614" s="0" t="s">
-        <x:v>2367</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A615" s="0" t="s">
-        <x:v>2442</x:v>
+        <x:v>2451</x:v>
       </x:c>
       <x:c r="B615" s="0" t="s">
-        <x:v>2443</x:v>
+        <x:v>2452</x:v>
+      </x:c>
+      <x:c r="C615" s="0" t="s">
+        <x:v>2453</x:v>
       </x:c>
       <x:c r="D615" s="0" t="s">
-        <x:v>2429</x:v>
+        <x:v>2418</x:v>
       </x:c>
       <x:c r="E615" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>2355</x:v>
       </x:c>
       <x:c r="F615" s="0" t="s">
-        <x:v>2444</x:v>
+        <x:v>2454</x:v>
       </x:c>
       <x:c r="G615" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J615" s="0" t="s">
-        <x:v>2445</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K615" s="0" t="s">
-        <x:v>2446</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A616" s="0" t="s">
-        <x:v>2447</x:v>
+        <x:v>2455</x:v>
       </x:c>
       <x:c r="B616" s="0" t="s">
-        <x:v>2448</x:v>
+        <x:v>2456</x:v>
       </x:c>
       <x:c r="D616" s="0" t="s">
-        <x:v>2449</x:v>
+        <x:v>2288</x:v>
       </x:c>
       <x:c r="E616" s="0" t="s">
-        <x:v>2450</x:v>
+        <x:v>2355</x:v>
       </x:c>
       <x:c r="F616" s="0" t="s">
-        <x:v>2451</x:v>
+        <x:v>2457</x:v>
       </x:c>
       <x:c r="G616" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J616" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="K616" s="0" t="s">
-        <x:v>595</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A617" s="0" t="s">
-        <x:v>2452</x:v>
+        <x:v>2458</x:v>
       </x:c>
       <x:c r="B617" s="0" t="s">
-        <x:v>2453</x:v>
+        <x:v>2459</x:v>
       </x:c>
       <x:c r="D617" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>2363</x:v>
       </x:c>
       <x:c r="E617" s="0" t="s">
-        <x:v>2454</x:v>
+        <x:v>2355</x:v>
       </x:c>
       <x:c r="F617" s="0" t="s">
-        <x:v>2455</x:v>
+        <x:v>2460</x:v>
       </x:c>
       <x:c r="G617" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J617" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K617" s="0" t="s">
-        <x:v>884</x:v>
+        <x:v>2461</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A618" s="0" t="s">
-        <x:v>2456</x:v>
+        <x:v>2462</x:v>
       </x:c>
       <x:c r="B618" s="0" t="s">
-        <x:v>2457</x:v>
+        <x:v>2463</x:v>
       </x:c>
       <x:c r="D618" s="0" t="s">
-        <x:v>2458</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="E618" s="0" t="s">
-        <x:v>2454</x:v>
+        <x:v>2355</x:v>
       </x:c>
       <x:c r="F618" s="0" t="s">
-        <x:v>2459</x:v>
+        <x:v>2464</x:v>
       </x:c>
       <x:c r="G618" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J618" s="0" t="s">
-        <x:v>448</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="K618" s="0" t="s">
-        <x:v>1390</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A619" s="0" t="s">
-        <x:v>2460</x:v>
+        <x:v>2465</x:v>
       </x:c>
       <x:c r="B619" s="0" t="s">
-        <x:v>2461</x:v>
-[...2 lines deleted...]
-        <x:v>2462</x:v>
+        <x:v>2466</x:v>
       </x:c>
       <x:c r="D619" s="0" t="s">
-        <x:v>2458</x:v>
+        <x:v>2467</x:v>
       </x:c>
       <x:c r="E619" s="0" t="s">
-        <x:v>2454</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="F619" s="0" t="s">
-        <x:v>2463</x:v>
+        <x:v>2468</x:v>
       </x:c>
       <x:c r="G619" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J619" s="0" t="s">
-        <x:v>59</x:v>
-[...2 lines deleted...]
-        <x:v>2464</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A620" s="0" t="s">
-        <x:v>2465</x:v>
+        <x:v>2469</x:v>
       </x:c>
       <x:c r="B620" s="0" t="s">
-        <x:v>2466</x:v>
+        <x:v>2470</x:v>
       </x:c>
       <x:c r="D620" s="0" t="s">
-        <x:v>2458</x:v>
+        <x:v>2471</x:v>
       </x:c>
       <x:c r="E620" s="0" t="s">
-        <x:v>2454</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="F620" s="0" t="s">
-        <x:v>2463</x:v>
+        <x:v>2472</x:v>
       </x:c>
       <x:c r="G620" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J620" s="0" t="s">
-        <x:v>65</x:v>
-[...2 lines deleted...]
-        <x:v>931</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A621" s="0" t="s">
-        <x:v>2467</x:v>
+        <x:v>2473</x:v>
       </x:c>
       <x:c r="B621" s="0" t="s">
-        <x:v>2468</x:v>
+        <x:v>2474</x:v>
       </x:c>
       <x:c r="D621" s="0" t="s">
-        <x:v>2469</x:v>
+        <x:v>2475</x:v>
       </x:c>
       <x:c r="E621" s="0" t="s">
-        <x:v>2454</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="F621" s="0" t="s">
-        <x:v>2470</x:v>
+        <x:v>2476</x:v>
       </x:c>
       <x:c r="G621" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J621" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="K621" s="0" t="s">
+        <x:v>2243</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A622" s="0" t="s">
-        <x:v>2471</x:v>
+        <x:v>2477</x:v>
       </x:c>
       <x:c r="B622" s="0" t="s">
-        <x:v>2472</x:v>
+        <x:v>2478</x:v>
       </x:c>
       <x:c r="D622" s="0" t="s">
-        <x:v>2473</x:v>
+        <x:v>2479</x:v>
       </x:c>
       <x:c r="E622" s="0" t="s">
-        <x:v>2454</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="F622" s="0" t="s">
-        <x:v>2474</x:v>
+        <x:v>2480</x:v>
       </x:c>
       <x:c r="G622" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J622" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="K622" s="0" t="s">
+        <x:v>2404</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A623" s="0" t="s">
-        <x:v>2475</x:v>
+        <x:v>2481</x:v>
       </x:c>
       <x:c r="B623" s="0" t="s">
-        <x:v>2476</x:v>
-[...2 lines deleted...]
-        <x:v>2477</x:v>
+        <x:v>2482</x:v>
       </x:c>
       <x:c r="D623" s="0" t="s">
-        <x:v>2478</x:v>
+        <x:v>2467</x:v>
       </x:c>
       <x:c r="E623" s="0" t="s">
-        <x:v>2454</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="F623" s="0" t="s">
-        <x:v>2479</x:v>
+        <x:v>2483</x:v>
       </x:c>
       <x:c r="G623" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J623" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>2484</x:v>
+      </x:c>
+      <x:c r="K623" s="0" t="s">
+        <x:v>2485</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A624" s="0" t="s">
-        <x:v>2480</x:v>
+        <x:v>2486</x:v>
       </x:c>
       <x:c r="B624" s="0" t="s">
-        <x:v>2481</x:v>
+        <x:v>2487</x:v>
       </x:c>
       <x:c r="D624" s="0" t="s">
-        <x:v>2482</x:v>
+        <x:v>2488</x:v>
       </x:c>
       <x:c r="E624" s="0" t="s">
-        <x:v>2454</x:v>
+        <x:v>2489</x:v>
       </x:c>
       <x:c r="F624" s="0" t="s">
-        <x:v>2483</x:v>
+        <x:v>2490</x:v>
       </x:c>
       <x:c r="G624" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J624" s="0" t="s">
-        <x:v>369</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="K624" s="0" t="s">
-        <x:v>675</x:v>
+        <x:v>610</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A625" s="0" t="s">
-        <x:v>2484</x:v>
+        <x:v>2491</x:v>
       </x:c>
       <x:c r="B625" s="0" t="s">
-        <x:v>2485</x:v>
+        <x:v>2492</x:v>
       </x:c>
       <x:c r="D625" s="0" t="s">
-        <x:v>2486</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="E625" s="0" t="s">
-        <x:v>1196</x:v>
+        <x:v>2493</x:v>
       </x:c>
       <x:c r="F625" s="0" t="s">
-        <x:v>2487</x:v>
+        <x:v>2494</x:v>
       </x:c>
       <x:c r="G625" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="I625" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J625" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="K625" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>899</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A626" s="0" t="s">
-        <x:v>2489</x:v>
+        <x:v>2495</x:v>
       </x:c>
       <x:c r="B626" s="0" t="s">
-        <x:v>2490</x:v>
+        <x:v>2496</x:v>
       </x:c>
       <x:c r="D626" s="0" t="s">
-        <x:v>2491</x:v>
+        <x:v>2497</x:v>
+      </x:c>
+      <x:c r="E626" s="0" t="s">
+        <x:v>2493</x:v>
       </x:c>
       <x:c r="F626" s="0" t="s">
-        <x:v>2492</x:v>
+        <x:v>2498</x:v>
       </x:c>
       <x:c r="G626" s="0" t="s">
-        <x:v>2493</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J626" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="K626" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>1406</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A627" s="0" t="s">
-        <x:v>2494</x:v>
+        <x:v>2499</x:v>
       </x:c>
       <x:c r="B627" s="0" t="s">
-        <x:v>2495</x:v>
+        <x:v>2500</x:v>
+      </x:c>
+      <x:c r="C627" s="0" t="s">
+        <x:v>2501</x:v>
       </x:c>
       <x:c r="D627" s="0" t="s">
-        <x:v>2496</x:v>
+        <x:v>2497</x:v>
+      </x:c>
+      <x:c r="E627" s="0" t="s">
+        <x:v>2493</x:v>
       </x:c>
       <x:c r="F627" s="0" t="s">
-        <x:v>2497</x:v>
+        <x:v>2502</x:v>
       </x:c>
       <x:c r="G627" s="0" t="s">
-        <x:v>2493</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J627" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="K627" s="0" t="s">
+        <x:v>2503</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A628" s="0" t="s">
-        <x:v>2498</x:v>
+        <x:v>2504</x:v>
       </x:c>
       <x:c r="B628" s="0" t="s">
-        <x:v>2499</x:v>
+        <x:v>2505</x:v>
       </x:c>
       <x:c r="D628" s="0" t="s">
-        <x:v>2500</x:v>
+        <x:v>2497</x:v>
+      </x:c>
+      <x:c r="E628" s="0" t="s">
+        <x:v>2493</x:v>
+      </x:c>
+      <x:c r="F628" s="0" t="s">
+        <x:v>2502</x:v>
       </x:c>
       <x:c r="G628" s="0" t="s">
-        <x:v>2501</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J628" s="0" t="s">
-        <x:v>369</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K628" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>1320</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A629" s="0" t="s">
-        <x:v>2502</x:v>
+        <x:v>2506</x:v>
       </x:c>
       <x:c r="B629" s="0" t="s">
-        <x:v>2503</x:v>
+        <x:v>2507</x:v>
       </x:c>
       <x:c r="D629" s="0" t="s">
-        <x:v>2504</x:v>
+        <x:v>2508</x:v>
+      </x:c>
+      <x:c r="E629" s="0" t="s">
+        <x:v>2493</x:v>
       </x:c>
       <x:c r="F629" s="0" t="s">
-        <x:v>2505</x:v>
+        <x:v>2509</x:v>
       </x:c>
       <x:c r="G629" s="0" t="s">
-        <x:v>2506</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J629" s="0" t="s">
-        <x:v>224</x:v>
-[...2 lines deleted...]
-        <x:v>102</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A630" s="0" t="s">
-        <x:v>2507</x:v>
+        <x:v>2510</x:v>
       </x:c>
       <x:c r="B630" s="0" t="s">
-        <x:v>2508</x:v>
+        <x:v>2511</x:v>
       </x:c>
       <x:c r="D630" s="0" t="s">
-        <x:v>2509</x:v>
+        <x:v>2512</x:v>
+      </x:c>
+      <x:c r="E630" s="0" t="s">
+        <x:v>2493</x:v>
       </x:c>
       <x:c r="F630" s="0" t="s">
-        <x:v>2510</x:v>
+        <x:v>2513</x:v>
       </x:c>
       <x:c r="G630" s="0" t="s">
-        <x:v>2511</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J630" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A631" s="0" t="s">
-        <x:v>2512</x:v>
+        <x:v>2514</x:v>
       </x:c>
       <x:c r="B631" s="0" t="s">
-        <x:v>2513</x:v>
+        <x:v>2515</x:v>
+      </x:c>
+      <x:c r="C631" s="0" t="s">
+        <x:v>2516</x:v>
       </x:c>
       <x:c r="D631" s="0" t="s">
-        <x:v>2514</x:v>
+        <x:v>2517</x:v>
+      </x:c>
+      <x:c r="E631" s="0" t="s">
+        <x:v>2493</x:v>
       </x:c>
       <x:c r="F631" s="0" t="s">
-        <x:v>2515</x:v>
+        <x:v>2518</x:v>
       </x:c>
       <x:c r="G631" s="0" t="s">
-        <x:v>2516</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J631" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A632" s="0" t="s">
-        <x:v>2517</x:v>
+        <x:v>2519</x:v>
       </x:c>
       <x:c r="B632" s="0" t="s">
-        <x:v>2518</x:v>
+        <x:v>2520</x:v>
       </x:c>
       <x:c r="D632" s="0" t="s">
-        <x:v>2519</x:v>
+        <x:v>2521</x:v>
+      </x:c>
+      <x:c r="E632" s="0" t="s">
+        <x:v>2493</x:v>
       </x:c>
       <x:c r="F632" s="0" t="s">
-        <x:v>2520</x:v>
+        <x:v>2522</x:v>
       </x:c>
       <x:c r="G632" s="0" t="s">
-        <x:v>2521</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J632" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="K632" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>690</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A633" s="0" t="s">
-        <x:v>2522</x:v>
+        <x:v>2523</x:v>
       </x:c>
       <x:c r="B633" s="0" t="s">
-        <x:v>2523</x:v>
+        <x:v>2524</x:v>
       </x:c>
       <x:c r="D633" s="0" t="s">
-        <x:v>2524</x:v>
+        <x:v>2525</x:v>
+      </x:c>
+      <x:c r="E633" s="0" t="s">
+        <x:v>1212</x:v>
       </x:c>
       <x:c r="F633" s="0" t="s">
-        <x:v>2525</x:v>
+        <x:v>2526</x:v>
       </x:c>
       <x:c r="G633" s="0" t="s">
-        <x:v>2526</x:v>
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I633" s="0" t="s">
+        <x:v>2527</x:v>
       </x:c>
       <x:c r="J633" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="K633" s="0" t="s">
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A634" s="0" t="s">
-        <x:v>2527</x:v>
+        <x:v>2528</x:v>
       </x:c>
       <x:c r="B634" s="0" t="s">
-        <x:v>2528</x:v>
+        <x:v>2529</x:v>
       </x:c>
       <x:c r="D634" s="0" t="s">
-        <x:v>2529</x:v>
+        <x:v>2530</x:v>
       </x:c>
       <x:c r="F634" s="0" t="s">
-        <x:v>2530</x:v>
+        <x:v>2531</x:v>
       </x:c>
       <x:c r="G634" s="0" t="s">
-        <x:v>2531</x:v>
+        <x:v>2532</x:v>
       </x:c>
       <x:c r="J634" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="K634" s="0" t="s">
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A635" s="0" t="s">
+        <x:v>2533</x:v>
+      </x:c>
+      <x:c r="B635" s="0" t="s">
+        <x:v>2534</x:v>
+      </x:c>
+      <x:c r="D635" s="0" t="s">
+        <x:v>2535</x:v>
+      </x:c>
+      <x:c r="F635" s="0" t="s">
+        <x:v>2536</x:v>
+      </x:c>
+      <x:c r="G635" s="0" t="s">
         <x:v>2532</x:v>
       </x:c>
-      <x:c r="B635" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="J635" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A636" s="0" t="s">
-        <x:v>2535</x:v>
+        <x:v>2537</x:v>
       </x:c>
       <x:c r="B636" s="0" t="s">
-        <x:v>2536</x:v>
+        <x:v>2538</x:v>
       </x:c>
       <x:c r="D636" s="0" t="s">
-        <x:v>2537</x:v>
-[...2 lines deleted...]
-        <x:v>2538</x:v>
+        <x:v>2539</x:v>
       </x:c>
       <x:c r="G636" s="0" t="s">
-        <x:v>2493</x:v>
+        <x:v>2540</x:v>
       </x:c>
       <x:c r="J636" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>374</x:v>
+      </x:c>
+      <x:c r="K636" s="0" t="s">
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A637" s="0" t="s">
-        <x:v>2539</x:v>
+        <x:v>2541</x:v>
       </x:c>
       <x:c r="B637" s="0" t="s">
-        <x:v>2540</x:v>
+        <x:v>2542</x:v>
       </x:c>
       <x:c r="D637" s="0" t="s">
-        <x:v>2541</x:v>
+        <x:v>2543</x:v>
       </x:c>
       <x:c r="F637" s="0" t="s">
-        <x:v>2542</x:v>
+        <x:v>2544</x:v>
       </x:c>
       <x:c r="G637" s="0" t="s">
-        <x:v>2493</x:v>
+        <x:v>2545</x:v>
       </x:c>
       <x:c r="J637" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="K637" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A638" s="0" t="s">
-        <x:v>2543</x:v>
+        <x:v>2546</x:v>
       </x:c>
       <x:c r="B638" s="0" t="s">
-        <x:v>2544</x:v>
+        <x:v>2547</x:v>
       </x:c>
       <x:c r="C638" s="0" t="s">
-        <x:v>2545</x:v>
+        <x:v>2548</x:v>
       </x:c>
       <x:c r="D638" s="0" t="s">
-        <x:v>2546</x:v>
+        <x:v>2549</x:v>
       </x:c>
       <x:c r="F638" s="0" t="s">
-        <x:v>2547</x:v>
+        <x:v>2550</x:v>
       </x:c>
       <x:c r="G638" s="0" t="s">
-        <x:v>2493</x:v>
+        <x:v>2551</x:v>
       </x:c>
       <x:c r="J638" s="0" t="s">
-        <x:v>229</x:v>
-[...2 lines deleted...]
-        <x:v>1718</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A639" s="0" t="s">
-        <x:v>2548</x:v>
+        <x:v>2552</x:v>
       </x:c>
       <x:c r="B639" s="0" t="s">
-        <x:v>2549</x:v>
-[...2 lines deleted...]
-        <x:v>2550</x:v>
+        <x:v>2553</x:v>
       </x:c>
       <x:c r="D639" s="0" t="s">
-        <x:v>2541</x:v>
+        <x:v>2554</x:v>
       </x:c>
       <x:c r="F639" s="0" t="s">
-        <x:v>2551</x:v>
+        <x:v>2555</x:v>
       </x:c>
       <x:c r="G639" s="0" t="s">
-        <x:v>2493</x:v>
+        <x:v>2556</x:v>
       </x:c>
       <x:c r="J639" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A640" s="0" t="s">
-        <x:v>2552</x:v>
+        <x:v>2557</x:v>
       </x:c>
       <x:c r="B640" s="0" t="s">
-        <x:v>2553</x:v>
-[...2 lines deleted...]
-        <x:v>2554</x:v>
+        <x:v>2558</x:v>
       </x:c>
       <x:c r="D640" s="0" t="s">
-        <x:v>2555</x:v>
+        <x:v>2559</x:v>
       </x:c>
       <x:c r="F640" s="0" t="s">
-        <x:v>2556</x:v>
+        <x:v>2560</x:v>
       </x:c>
       <x:c r="G640" s="0" t="s">
-        <x:v>2521</x:v>
+        <x:v>2561</x:v>
       </x:c>
       <x:c r="J640" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K640" s="0" t="s">
-        <x:v>1592</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A641" s="0" t="s">
-        <x:v>2557</x:v>
+        <x:v>2562</x:v>
       </x:c>
       <x:c r="B641" s="0" t="s">
-        <x:v>2558</x:v>
+        <x:v>2563</x:v>
+      </x:c>
+      <x:c r="C641" s="0" t="s">
+        <x:v>2564</x:v>
       </x:c>
       <x:c r="D641" s="0" t="s">
-        <x:v>2559</x:v>
+        <x:v>2565</x:v>
       </x:c>
       <x:c r="F641" s="0" t="s">
-        <x:v>2560</x:v>
+        <x:v>2566</x:v>
       </x:c>
       <x:c r="G641" s="0" t="s">
-        <x:v>2493</x:v>
+        <x:v>2567</x:v>
       </x:c>
       <x:c r="J641" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A642" s="0" t="s">
-        <x:v>2561</x:v>
+        <x:v>2568</x:v>
       </x:c>
       <x:c r="B642" s="0" t="s">
-        <x:v>2562</x:v>
+        <x:v>2569</x:v>
       </x:c>
       <x:c r="D642" s="0" t="s">
-        <x:v>2563</x:v>
+        <x:v>2570</x:v>
       </x:c>
       <x:c r="F642" s="0" t="s">
-        <x:v>2564</x:v>
+        <x:v>2571</x:v>
       </x:c>
       <x:c r="G642" s="0" t="s">
-        <x:v>2493</x:v>
+        <x:v>2572</x:v>
       </x:c>
       <x:c r="J642" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A643" s="0" t="s">
-        <x:v>2565</x:v>
+        <x:v>2573</x:v>
       </x:c>
       <x:c r="B643" s="0" t="s">
-        <x:v>2566</x:v>
+        <x:v>2574</x:v>
+      </x:c>
+      <x:c r="C643" s="0" t="s">
+        <x:v>2575</x:v>
       </x:c>
       <x:c r="D643" s="0" t="s">
-        <x:v>2567</x:v>
+        <x:v>2570</x:v>
       </x:c>
       <x:c r="F643" s="0" t="s">
-        <x:v>2568</x:v>
+        <x:v>2571</x:v>
       </x:c>
       <x:c r="G643" s="0" t="s">
-        <x:v>2493</x:v>
+        <x:v>2572</x:v>
       </x:c>
       <x:c r="J643" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A644" s="0" t="s">
-        <x:v>2569</x:v>
+        <x:v>2576</x:v>
       </x:c>
       <x:c r="B644" s="0" t="s">
-        <x:v>2570</x:v>
-[...2 lines deleted...]
-        <x:v>2571</x:v>
+        <x:v>2577</x:v>
       </x:c>
       <x:c r="D644" s="0" t="s">
-        <x:v>2572</x:v>
+        <x:v>2578</x:v>
       </x:c>
       <x:c r="F644" s="0" t="s">
-        <x:v>2573</x:v>
+        <x:v>2579</x:v>
       </x:c>
       <x:c r="G644" s="0" t="s">
-        <x:v>2574</x:v>
+        <x:v>2532</x:v>
       </x:c>
       <x:c r="J644" s="0" t="s">
-        <x:v>224</x:v>
-[...2 lines deleted...]
-        <x:v>102</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A645" s="0" t="s">
-        <x:v>2575</x:v>
+        <x:v>2580</x:v>
       </x:c>
       <x:c r="B645" s="0" t="s">
-        <x:v>2576</x:v>
-[...2 lines deleted...]
-        <x:v>2577</x:v>
+        <x:v>2581</x:v>
       </x:c>
       <x:c r="D645" s="0" t="s">
-        <x:v>2578</x:v>
+        <x:v>2582</x:v>
       </x:c>
       <x:c r="F645" s="0" t="s">
-        <x:v>2579</x:v>
+        <x:v>2583</x:v>
       </x:c>
       <x:c r="G645" s="0" t="s">
-        <x:v>2580</x:v>
+        <x:v>2532</x:v>
       </x:c>
       <x:c r="J645" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="K645" s="0" t="s">
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A646" s="0" t="s">
-        <x:v>2581</x:v>
+        <x:v>2584</x:v>
       </x:c>
       <x:c r="B646" s="0" t="s">
-        <x:v>2582</x:v>
+        <x:v>2585</x:v>
+      </x:c>
+      <x:c r="C646" s="0" t="s">
+        <x:v>2586</x:v>
       </x:c>
       <x:c r="D646" s="0" t="s">
-        <x:v>2583</x:v>
-[...2 lines deleted...]
-        <x:v>2584</x:v>
+        <x:v>2587</x:v>
       </x:c>
       <x:c r="F646" s="0" t="s">
-        <x:v>2585</x:v>
+        <x:v>2588</x:v>
       </x:c>
       <x:c r="G646" s="0" t="s">
-        <x:v>2586</x:v>
+        <x:v>2532</x:v>
       </x:c>
       <x:c r="J646" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="K646" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>1745</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A647" s="0" t="s">
-        <x:v>2587</x:v>
+        <x:v>2589</x:v>
       </x:c>
       <x:c r="B647" s="0" t="s">
-        <x:v>2588</x:v>
+        <x:v>2590</x:v>
       </x:c>
       <x:c r="D647" s="0" t="s">
-        <x:v>2563</x:v>
-[...2 lines deleted...]
-        <x:v>2589</x:v>
+        <x:v>2582</x:v>
       </x:c>
       <x:c r="F647" s="0" t="s">
-        <x:v>2564</x:v>
+        <x:v>2591</x:v>
       </x:c>
       <x:c r="G647" s="0" t="s">
-        <x:v>2493</x:v>
+        <x:v>2532</x:v>
       </x:c>
       <x:c r="J647" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>545</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A648" s="0" t="s">
-        <x:v>2590</x:v>
+        <x:v>2592</x:v>
       </x:c>
       <x:c r="B648" s="0" t="s">
-        <x:v>2591</x:v>
+        <x:v>2593</x:v>
+      </x:c>
+      <x:c r="C648" s="0" t="s">
+        <x:v>2594</x:v>
       </x:c>
       <x:c r="D648" s="0" t="s">
-        <x:v>2592</x:v>
-[...2 lines deleted...]
-        <x:v>183</x:v>
+        <x:v>2582</x:v>
       </x:c>
       <x:c r="F648" s="0" t="s">
-        <x:v>2593</x:v>
+        <x:v>2595</x:v>
       </x:c>
       <x:c r="G648" s="0" t="s">
-        <x:v>2594</x:v>
+        <x:v>2532</x:v>
       </x:c>
       <x:c r="J648" s="0" t="s">
+        <x:v>98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="649" spans="1:11" ht="14.25" customHeight="1">
+      <x:c r="A649" s="0" t="s">
+        <x:v>2596</x:v>
+      </x:c>
+      <x:c r="B649" s="0" t="s">
+        <x:v>2597</x:v>
+      </x:c>
+      <x:c r="C649" s="0" t="s">
+        <x:v>2598</x:v>
+      </x:c>
+      <x:c r="D649" s="0" t="s">
+        <x:v>2599</x:v>
+      </x:c>
+      <x:c r="F649" s="0" t="s">
+        <x:v>2600</x:v>
+      </x:c>
+      <x:c r="G649" s="0" t="s">
+        <x:v>2561</x:v>
+      </x:c>
+      <x:c r="J649" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="K649" s="0" t="s">
+        <x:v>1611</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="650" spans="1:11" ht="14.25" customHeight="1">
+      <x:c r="A650" s="0" t="s">
+        <x:v>2601</x:v>
+      </x:c>
+      <x:c r="B650" s="0" t="s">
+        <x:v>2602</x:v>
+      </x:c>
+      <x:c r="D650" s="0" t="s">
+        <x:v>2603</x:v>
+      </x:c>
+      <x:c r="F650" s="0" t="s">
+        <x:v>2604</x:v>
+      </x:c>
+      <x:c r="G650" s="0" t="s">
+        <x:v>2532</x:v>
+      </x:c>
+      <x:c r="J650" s="0" t="s">
+        <x:v>98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="651" spans="1:11" ht="14.25" customHeight="1">
+      <x:c r="A651" s="0" t="s">
+        <x:v>2605</x:v>
+      </x:c>
+      <x:c r="B651" s="0" t="s">
+        <x:v>2606</x:v>
+      </x:c>
+      <x:c r="D651" s="0" t="s">
+        <x:v>2582</x:v>
+      </x:c>
+      <x:c r="F651" s="0" t="s">
+        <x:v>2607</x:v>
+      </x:c>
+      <x:c r="G651" s="0" t="s">
+        <x:v>2532</x:v>
+      </x:c>
+      <x:c r="J651" s="0" t="s">
+        <x:v>98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="652" spans="1:11" ht="14.25" customHeight="1">
+      <x:c r="A652" s="0" t="s">
+        <x:v>2608</x:v>
+      </x:c>
+      <x:c r="B652" s="0" t="s">
+        <x:v>2609</x:v>
+      </x:c>
+      <x:c r="D652" s="0" t="s">
+        <x:v>2582</x:v>
+      </x:c>
+      <x:c r="F652" s="0" t="s">
+        <x:v>2610</x:v>
+      </x:c>
+      <x:c r="G652" s="0" t="s">
+        <x:v>2532</x:v>
+      </x:c>
+      <x:c r="J652" s="0" t="s">
+        <x:v>98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="653" spans="1:11" ht="14.25" customHeight="1">
+      <x:c r="A653" s="0" t="s">
+        <x:v>2611</x:v>
+      </x:c>
+      <x:c r="B653" s="0" t="s">
+        <x:v>2612</x:v>
+      </x:c>
+      <x:c r="C653" s="0" t="s">
+        <x:v>2613</x:v>
+      </x:c>
+      <x:c r="D653" s="0" t="s">
+        <x:v>2614</x:v>
+      </x:c>
+      <x:c r="F653" s="0" t="s">
+        <x:v>2615</x:v>
+      </x:c>
+      <x:c r="G653" s="0" t="s">
+        <x:v>2616</x:v>
+      </x:c>
+      <x:c r="J653" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="K653" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="654" spans="1:11" ht="14.25" customHeight="1">
+      <x:c r="A654" s="0" t="s">
+        <x:v>2617</x:v>
+      </x:c>
+      <x:c r="B654" s="0" t="s">
+        <x:v>2618</x:v>
+      </x:c>
+      <x:c r="C654" s="0" t="s">
+        <x:v>2619</x:v>
+      </x:c>
+      <x:c r="D654" s="0" t="s">
+        <x:v>2620</x:v>
+      </x:c>
+      <x:c r="F654" s="0" t="s">
+        <x:v>2621</x:v>
+      </x:c>
+      <x:c r="G654" s="0" t="s">
+        <x:v>2622</x:v>
+      </x:c>
+      <x:c r="J654" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="655" spans="1:11" ht="14.25" customHeight="1">
+      <x:c r="A655" s="0" t="s">
+        <x:v>2623</x:v>
+      </x:c>
+      <x:c r="B655" s="0" t="s">
+        <x:v>2624</x:v>
+      </x:c>
+      <x:c r="D655" s="0" t="s">
+        <x:v>2625</x:v>
+      </x:c>
+      <x:c r="E655" s="0" t="s">
+        <x:v>2626</x:v>
+      </x:c>
+      <x:c r="F655" s="0" t="s">
+        <x:v>2627</x:v>
+      </x:c>
+      <x:c r="G655" s="0" t="s">
+        <x:v>2628</x:v>
+      </x:c>
+      <x:c r="J655" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="K655" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="656" spans="1:11" ht="14.25" customHeight="1">
+      <x:c r="A656" s="0" t="s">
+        <x:v>2629</x:v>
+      </x:c>
+      <x:c r="B656" s="0" t="s">
+        <x:v>2630</x:v>
+      </x:c>
+      <x:c r="D656" s="0" t="s">
+        <x:v>2631</x:v>
+      </x:c>
+      <x:c r="E656" s="0" t="s">
+        <x:v>2632</x:v>
+      </x:c>
+      <x:c r="F656" s="0" t="s">
+        <x:v>2607</x:v>
+      </x:c>
+      <x:c r="G656" s="0" t="s">
+        <x:v>2532</x:v>
+      </x:c>
+      <x:c r="J656" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="657" spans="1:11" ht="14.25" customHeight="1">
+      <x:c r="A657" s="0" t="s">
+        <x:v>2633</x:v>
+      </x:c>
+      <x:c r="B657" s="0" t="s">
+        <x:v>2634</x:v>
+      </x:c>
+      <x:c r="D657" s="0" t="s">
+        <x:v>2635</x:v>
+      </x:c>
+      <x:c r="E657" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="F657" s="0" t="s">
+        <x:v>2636</x:v>
+      </x:c>
+      <x:c r="G657" s="0" t="s">
+        <x:v>2637</x:v>
+      </x:c>
+      <x:c r="J657" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="K648" s="0" t="s">
+      <x:c r="K657" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>Magnet Organizations</vt:lpstr>
       <vt:lpstr>Magnet Organizations!Print_Area</vt:lpstr>
       <vt:lpstr>Magnet Organizations!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>